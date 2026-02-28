--- v0 (2025-10-10)
+++ v1 (2026-02-28)
@@ -1,7141 +1,16144 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/theme/themeOverride2.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11034" w:type="dxa"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="897"/>
-[...15 lines deleted...]
-        <w:gridCol w:w="23"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="108"/>
+        <w:gridCol w:w="1730"/>
+        <w:gridCol w:w="822"/>
+        <w:gridCol w:w="175"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="47"/>
+        <w:gridCol w:w="344"/>
+        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="855"/>
         <w:gridCol w:w="792"/>
-        <w:gridCol w:w="255"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1503"/>
+        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="142"/>
+        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="718"/>
+        <w:gridCol w:w="27"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00537FD2" w:rsidRPr="004368FF" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00B7796E" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
-          <w:trHeight w:val="550"/>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11034" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C8A545C" w14:textId="6B32AE13" w:rsidR="00E12BAC" w:rsidRPr="00B7796E" w:rsidRDefault="005A2B8A" w:rsidP="00E12BAC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>DERS İZLENCESİ (SYLLABUS)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE1DD46" w14:textId="1677813C" w:rsidR="005A2B8A" w:rsidRPr="00B7796E" w:rsidRDefault="00FE481F" w:rsidP="00E12BAC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fen Edebiyat Fakültesi</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="00B7796E" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00B7796E" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin </w:t>
+            </w:r>
+            <w:r w:rsidR="00482527" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00B7796E" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="004368FF">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="000B02AA" w:rsidRDefault="00537FD2" w:rsidP="00537FD2">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00B7796E" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-[...9 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00B7796E" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CE5" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Değeri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="00B7796E" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD4430" w14:textId="665F7196" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="009A14F3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>FLF 4</w:t>
+            </w:r>
+            <w:r w:rsidR="0072513D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332DDDD9" w14:textId="79C028AA" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="00700824" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İkinci Yabancı Dil I (Fransızca)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A4A3C7" w14:textId="06D57D5A" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="00700824" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(3-0-3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242BC9E2" w14:textId="08F2D8A9" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="00173970" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="00B7796E" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="00681162" w:rsidP="00FB3417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ön</w:t>
+            </w:r>
+            <w:r w:rsidR="007625C6" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>koşul Dersler</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC4E30B" w14:textId="32CF4793" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="009A14F3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>FLF</w:t>
+            </w:r>
+            <w:r w:rsidR="003226E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1, FLF 10</w:t>
+            </w:r>
+            <w:r w:rsidR="003226E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, FLF 201, FLF 20</w:t>
+            </w:r>
+            <w:r w:rsidR="003226E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,FLF 301, FLF 302</w:t>
+            </w:r>
+            <w:r w:rsidR="005B6706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, FLF401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="00B7796E" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Dili</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CBDD8E" w14:textId="1DD386DB" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="00700824" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fransızca</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...253 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders İşleme Tarzı</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3630" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608EE131" w14:textId="14CAA741" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="00700824" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yüz yüze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="00B7796E" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin Türü </w:t>
+            </w:r>
+            <w:r w:rsidR="00A8173B" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Düzeyi</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D6D351" w14:textId="63C14FF7" w:rsidR="00681162" w:rsidRPr="00B7796E" w:rsidRDefault="003360EF" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005B6706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Seçmeli Zorunlu / Bahar</w:t>
+            </w:r>
+            <w:r w:rsidR="006F1A2D" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dönemi / Lisans</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00B7796E" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="00B7796E">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="00B7796E" w:rsidRDefault="00F96934" w:rsidP="00F96934">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersi</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğretim Üyesinin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Unvanı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00B7796E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00B7796E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Görüşme Saatleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3468" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00B7796E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00B7796E" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="00B7796E">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A5B147" w14:textId="77777777" w:rsidR="006F1A2D" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="006F1A2D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğretim Görevlisi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68DC02A2" w14:textId="738ECDDA" w:rsidR="00F96934" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="006F1A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Christelle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clemençon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-Gülmez</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA1D381" w14:textId="20061EBE" w:rsidR="00B7796E" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00B7796E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SALI</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B42852D" w14:textId="4F676530" w:rsidR="00CB39B4" w:rsidRPr="00B7796E" w:rsidRDefault="00CB39B4" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...12 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B5DF00B" w14:textId="70375209" w:rsidR="00F96934" w:rsidRPr="00B7796E" w:rsidRDefault="00B7796E" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="006B6908" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>00-12</w:t>
+            </w:r>
+            <w:r w:rsidR="006F1A2D" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="006B6908" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD9F4BE" w14:textId="77777777" w:rsidR="006F1A2D" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="006F1A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Çarşamba </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="668EC76E" w14:textId="0C9C70CE" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13.00-15.00 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DCEC51D" w14:textId="25D63485" w:rsidR="00F96934" w:rsidRPr="00B7796E" w:rsidRDefault="00F96934" w:rsidP="006F1A2D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3468" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="406CD1B0" w14:textId="4FA0195A" w:rsidR="00F96934" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>christelleclemencon@cag.edu.tr</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00B7796E" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00B7796E">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3240" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1719" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00F96934" w:rsidRPr="00B7796E" w:rsidRDefault="00F96934" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Koordinatörü</w:t>
+            </w:r>
+            <w:r w:rsidR="00833C72" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9138" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A336A8" w14:textId="77777777" w:rsidR="00B7796E" w:rsidRDefault="00B7796E" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1872C83F" w14:textId="77777777" w:rsidR="00F96934" w:rsidRDefault="006F1A2D" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>Dersin</w:t>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Christelle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>Dili</w:t>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clemençon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...87 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-Gülmez</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0678E2D8" w14:textId="77777777" w:rsidR="00B7796E" w:rsidRDefault="00B7796E" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C3B751E" w14:textId="0AAF9015" w:rsidR="00B7796E" w:rsidRPr="00B7796E" w:rsidRDefault="00B7796E" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="003537D4" w:rsidRPr="00B7796E" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3240" w:type="dxa"/>
-[...43 lines deleted...]
-              <w:t>İkinci yabancı dil/ zorunlu seçmeli</w:t>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EAB58D" w14:textId="50B5CF6A" w:rsidR="003537D4" w:rsidRPr="00B7796E" w:rsidRDefault="003537D4" w:rsidP="003537D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Amacı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
-[...552 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
-          </w:tcPr>
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="00A8173B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Öğrenme Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Program Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...53 lines deleted...]
-              <w:t>İlişkiler</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Net Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...9 lines deleted...]
-            <w:tcW w:w="693" w:type="dxa"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="659C2DB8" w14:textId="4887F44D" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="00C14819" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Günlük yaşamda kullanılan basit ifadeleri ve açık konuşmaları anlayabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3392DE1D" w14:textId="0C37194C" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="245FC917" w14:textId="0025FC3D" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...103 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5676F5CC" w14:textId="443589AC" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="00C14819" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kısa ve basit metinleri okuyabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC074F8" w14:textId="38D23DC5" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5938" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E540A1C" w14:textId="1C122BC6" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...35 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B3CF6" w14:textId="7F5B6EB7" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="00C14819" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kendini tanıtabilir, kişisel bilgiler hakkında basit sorular sorabilir ve yanıtlayabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="130E6C82" w14:textId="74987B24" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B65611D" w14:textId="3B1B2974" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C26084B" w14:textId="142F5300" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="00C14819" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Günlük sosyal etkileşimlerde uygun ifadeleri kullanabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18E382" w14:textId="18B90659" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCF042" w14:textId="28DCD66F" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...40 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C60B735" w14:textId="3F4C0287" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="00C14819" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Basit formlar doldurabilir ve kısa kişisel notlar yazabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1561474B" w14:textId="0D3537F6" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF8D652" w14:textId="6606AB0C" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97A7BA" w14:textId="4AB7EC61" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="00C14819" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fransızca konuşulan ülkelerdeki temel sosyal etkileşim normlarını tanıyabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070A6310" w14:textId="4DB0919D" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34872425" w14:textId="09CF0530" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62644321" w14:textId="3DEFC0FC" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="003A0CE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B702992" w14:textId="1E931B3E" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="00C14819" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Derste kullanılan dijital araçlar: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Quizizz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wordwall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, çevrimiçi sözlükler.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F7A50C" w14:textId="4C4A5134" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F83A37D" w14:textId="5A1A15B3" w:rsidR="003A0CE5" w:rsidRPr="00B7796E" w:rsidRDefault="006F1A2D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="00B7796E" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="001B5C97" w:rsidRPr="00B7796E" w:rsidRDefault="001B5C97" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin İçeriği:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C0DADC" w14:textId="77777777" w:rsidR="004539E3" w:rsidRPr="00B7796E" w:rsidRDefault="004539E3" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C173BAA" w14:textId="77777777" w:rsidR="004539E3" w:rsidRPr="00B7796E" w:rsidRDefault="004539E3" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05C4D7FB" w14:textId="77777777" w:rsidR="00B7796E" w:rsidRPr="00B7796E" w:rsidRDefault="00B7796E" w:rsidP="00B7796E">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu dersin amacı, öğrencilerin </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Avrupa Dilleri Ortak Başvuru Çerçevesi (CEFR)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’ne göre </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>A2 düzeyinde Fransızca iletişim becerilerini geliştirmektir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Dersin sonunda öğrenciler, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>kişisel ve ailevi bilgiler, alışveriş, yerel coğrafya, iş, eğitim ve günlük yaşam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gibi konularla ilgili cümleleri ve sık kullanılan ifadeleri anlayıp kullanabileceklerdir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B9E630A" w14:textId="77777777" w:rsidR="00B7796E" w:rsidRPr="00B7796E" w:rsidRDefault="00B7796E" w:rsidP="00B7796E">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ders, öğrencilerin </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>dört temel dil becerisini — dinleme, konuşma, okuma ve yazma — geliştirmeye</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> odaklanırken, aynı zamanda </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fransız ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Frankofon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kültürünün temel yönleriyle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de tanıştırır. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Etkileşimli etkinlikler, rol oyunları ve özgün materyaller</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aracılığıyla öğrenciler, bilgi alışverişi gerektiren </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rStyle w:val="Strong"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>basit ve günlük durumlarda iletişim kurmayı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> öğreneceklerdir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5258DE52" w14:textId="77777777" w:rsidR="004539E3" w:rsidRDefault="004539E3" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="3C7C2484" w:rsidR="004539E3" w:rsidRPr="00B7796E" w:rsidRDefault="004539E3" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00B7796E" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00B7796E" w:rsidRDefault="003360EF" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ders İçerikleri:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(Haftalık Ders Planı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00B7796E" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00B7796E" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="003360EF" w:rsidRPr="00B7796E" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00B7796E" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...23 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00B7796E" w:rsidRDefault="00A566C4" w:rsidP="00466279">
+            <w:pPr>
+              <w:ind w:left="-288" w:firstLine="288"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğretim Yöntem ve Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="470003E1" w14:textId="220E9CA1" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Révisions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>du</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>passé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>composé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1AA39" w14:textId="528B97CD" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="630C4497" w14:textId="19F7D903" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tanışma diyalogları</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Buz kırıcı etkinlikler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Dinleme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="259B9D6A" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dossier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Leçon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13-Totem 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DF2A593" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ouais</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>c’est</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ça</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40C6EFD7" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exprimer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ses </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>goûts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2AEBD31D" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Annoncer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>une</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nouvelle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4374FDA5" w14:textId="340EC85E" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Parler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>des</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>loisirs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3375F5" w14:textId="565138F3" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35FB2A67" w14:textId="4DBC1806" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Eşli ve grup çalışmaları (rol oyunları, diyaloglar)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Dinleme ve video anlama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa özgün metinler okuma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23414219" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="362986E8" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dossier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Leçon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13-Totem 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Activités</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="72293411" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hazırlıksız,spontane</w:t>
+              <w:t>Grammaire</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : le</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>passé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>récent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6BAB814A" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="05029E71" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7B2534" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• İnteraktif dersler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Eşli ve grup çalışmaları (rol oyunları)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Dinleme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa özgün metinler okuma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa mesajlar ve formlar yazma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A682109" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BF5C73" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dossier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Leçon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16 : </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>au</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> konuşmalar yapar</w:t>
-[...9 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>café</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7BCC2790" w14:textId="154A6D63" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Culture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Française</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6216AD61" w14:textId="5085188F" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D3473E" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• İnteraktif dersler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Eşli ve grup çalışmaları (rol oyunları, diyaloglar)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Dinleme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa özgün metinler okuma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa mesajlar ve formlar yazma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B065C00" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63533EFD" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:ind w:left="577"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dossier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>leçon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 17 : “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rappellerons</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BA44974" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="577"/>
+              </w:tabs>
+              <w:ind w:left="861" w:hanging="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>qualifier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>une</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>action</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="38A29CF1" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="577"/>
+              </w:tabs>
+              <w:ind w:left="861" w:hanging="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Eviter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>les</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>répétitions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="516B8D0F" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="577"/>
+              </w:tabs>
+              <w:ind w:left="861" w:hanging="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vocabulaire</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: le </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>travail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>les</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>taches</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="2DB57E5F" w14:textId="260F6B8A" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Grammaire</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>les</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pronoms</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> COD et COI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BDCA38" w14:textId="1D0C190B" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0399AA" w14:textId="1A8A630F" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• Eşli ve grup çalışmaları (rol oyunları, diyaloglar)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Dinleme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa özgün metinler okuma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa mesa</w:t>
+            </w:r>
+            <w:r w:rsidR="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>jlar ve formlar yazma</w:t>
+            </w:r>
+            <w:r w:rsidR="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="389D66F9" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:ind w:left="577"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dossier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>leçon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 17 : “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rappellerons</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00270C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0931D2E2" w14:textId="09843022" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Livre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d’activités</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C9E222" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5773CCF7" w14:textId="220292DE" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F9DB06" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• İnteraktif dersler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Eşli ve grup çalışmaları (rol oyunları, diyaloglar)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Dinleme ve video anlama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa özgün metinler okuma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa mesajlar ve formlar yazma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="108B07A9" w14:textId="261972A4" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F373B61" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00697169">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>QUIZ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sur </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l’ensemble</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>des</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>leçons</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="333F1193" w14:textId="74EDC676" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Et </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>révisions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l’examen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E62413" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1591F644" w14:textId="67FBC5D0" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wordwall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C2E45AA" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1BA15B95" w14:textId="2997DA41" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Çeviri etkinlikleri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E38EFB" w14:textId="4170A5AD" w:rsidR="005B6706" w:rsidRPr="00845175" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>5</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="1E1738D6" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00EF34A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04590A59" w14:textId="2591C8BE" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>--------------------------</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE9B06" w14:textId="2C41BA6F" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• Yazılı sınav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00D057E4">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11034" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:pPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F1259A" w14:textId="3423F16C" w:rsidR="005B6706" w:rsidRPr="00845175" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BE72139" w14:textId="5BB3FB68" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="64CEEA3A" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>--------------------------</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="37E090B0" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• Yazılı sınav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A06F29E" w14:textId="77777777" w:rsidR="00034A49" w:rsidRDefault="00034A49" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="730"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="023C4670" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="730"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dossier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Leçon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 18: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l’entretien</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5D66E0B9" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Donner</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>des</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>conseils</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4EC7EF3A" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="25"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lexique</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: le </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>travail</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, la </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tenue</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l’attitude</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, le </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>comportement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="05C966E6" w14:textId="39E8E484" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00EF34A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07966BC5" w14:textId="77777777" w:rsidR="00034A49" w:rsidRDefault="00034A49" w:rsidP="001F2BF9">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="426D334B" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="001F2BF9">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A7D3643" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B12C46" w14:textId="5FCDD8F5" w:rsidR="00034A49" w:rsidRDefault="00034A49" w:rsidP="00034A49">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D1B7B77" w14:textId="17FC4CC1" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İnteraktif dersler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Eşli ve grup çalışmaları (diyaloglar)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Dinleme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa mesajlar ve formlar yazma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50975E5D" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="673162A1" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="730"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dossier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Leçon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 18: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l’entretien</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6CA19D2B" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="719"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...3 lines deleted...]
-              <w:t>içerigi</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Livre</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="002936AA">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Öğrecinin</w:t>
+              <w:t>d’activités</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="1242F594" w14:textId="0F175CEE" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00EF34A4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ögrenme</w:t>
+              <w:t>Exercices</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ortamında </w:t>
+              <w:t xml:space="preserve"> sur </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>ögrencinin</w:t>
+              <w:t>l’impératif</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> derse katılımını en üst düzeye çıkarmak için gerekli materyal ve bilgiyi kullanarak, konuşma yazma dinleme ve konuşma aktiviteleri. </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> et le </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>subjonctif</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>présent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72559B9C" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="001F2BF9">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DD3F5E0" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D2E340B" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002E2CAE">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• İnteraktif dersler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Eşli ve grup çalışmaları (rol oyunları, diyaloglar)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Dinleme ve video anlama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa özgün metinler okuma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa mesajlar ve formlar yazma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="378C5450" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="000221F7">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="00D057E4">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11034" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-              <w:t>Ders İçerikleri:( Haftalık Ders Planı)</w:t>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E54D5EE" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00034A49">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="434" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dossier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Leçon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 21:” Et la </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>salle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>bain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>?”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F3F37D2" w14:textId="77777777" w:rsidR="00034A49" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:ind w:left="859" w:hanging="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Décrire</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> un </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>cadre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>vie</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="770919C6" w14:textId="274D5273" w:rsidR="005B6706" w:rsidRPr="00034A49" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="26"/>
+              </w:numPr>
+              <w:ind w:left="859" w:hanging="567"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vocabulaire</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>du</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>logement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="49B35FFE" w14:textId="758F78D1" w:rsidR="00034A49" w:rsidRPr="00B7796E" w:rsidRDefault="00034A49" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="017669E5" w14:textId="747FE9A0" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı ve ek materyaller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C928C5" w14:textId="0DA064B9" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="000221F7">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• Kısa özgün metinler okuma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Kısa mesajlar ve formlar yazma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">• </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wordwall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00D057E4">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1ACDBC" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dossier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Leçon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 21:” Et la </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>salle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>bain</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>?”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B5356AD" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Livre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d’activités</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="18F08587" w14:textId="77777777" w:rsidR="00034A49" w:rsidRDefault="005B6706" w:rsidP="00EF34A4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pronom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>complément“Y</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C159BBF" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00EF34A4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="27"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pronom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>relatif</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>où</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00034A49">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46BDADB8" w14:textId="5E3F43B7" w:rsidR="00034A49" w:rsidRPr="00034A49" w:rsidRDefault="00034A49" w:rsidP="00034A49">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="593FA7EE" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="001F2BF9">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75BE5125" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D44B897" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="000221F7">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• QUIZZIZZ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="213BE876" w14:textId="20BC80A4" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="000221F7">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...17 lines deleted...]
-            <w:tcW w:w="2340" w:type="dxa"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0301E1CB" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="292"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Epreuve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>du</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DELF A1 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A3FE403" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:ind w:left="292"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Compréhension</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> orale</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="001B3AF0" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:ind w:left="292"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Compréhension</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>des</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>écrits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4CFF488F" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00EF34A4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:ind w:left="292"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Production</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>écrite</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="287BBCEB" w14:textId="788F716F" w:rsidR="005B6706" w:rsidRPr="005B6706" w:rsidRDefault="005B6706" w:rsidP="00EF34A4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="28"/>
+              </w:numPr>
+              <w:ind w:left="292"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005B6706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Production</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005B6706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> orale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1A43D4" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="001F2BF9">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E0B48E8" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F8B557" w14:textId="31C84204" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="005B6706">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yazılı sınav </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">+ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sözlü sınav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...17 lines deleted...]
-            <w:tcW w:w="3484" w:type="dxa"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17983BCB" w14:textId="79C0FB51" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Révisions</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pour</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>l’examen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA90B35" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="001F2BF9">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma kitabı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="463A8CB9" w14:textId="7603308A" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Totem </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dossier</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>leçon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71146268" w14:textId="286CA57B" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="000221F7">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• Eşli ve grup çalışmaları (rol oyunları, diyaloglar)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Dinleme ve video anlama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">• </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Wordwall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ile kelime dağarcığını geliştirme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F3574F7" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7645AA" w14:textId="77777777" w:rsidR="005B6706" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="035B72B0" w14:textId="6EF5A72F" w:rsidR="005B6706" w:rsidRPr="00845175" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sınav</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="664B7B03" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00845175" w:rsidRDefault="005B6706" w:rsidP="00BD74FB">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C6A86DB" w14:textId="2052B767" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC80796" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Genel inceleme</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC441A5" w14:textId="1EDD6024" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Diyalog sunum pratiği</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1738B9" w14:textId="6B1524C4" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• Sözlü sınav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>• Diyalog – rol oyunu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00D057E4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726D5A50" w14:textId="26D7D55E" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682EA4FF" w14:textId="6B1C651E" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00845175">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2045" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607CC73E" w14:textId="6E4D7623" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>--------------------------</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3610" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF471FD" w14:textId="602F9E77" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>• Yazılı sınav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="002540BC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders İçin Kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders Kitabı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3495154F" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="004539E3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Metodları</w:t>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İnspire</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...69 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 , </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00946574">
-[...6 lines deleted...]
-              <w:t>İlgili</w:t>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hachette</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00946574">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> İSBN 978-2-01-513575-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="565F44A6" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="004539E3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00946574">
-[...6 lines deleted...]
-              <w:t>makaleler</w:t>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bonjour</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...74 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Konuşma,tartışma</w:t>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>bienvenue</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> !</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>,okuma</w:t>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A1.1 DİDİER FLE ISBN:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9782278110803</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="1FD9830D" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="004539E3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3011E0E6" w14:textId="7D6E10F4" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="006B4E7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Totem 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hachette</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004469AB">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ISBN978-2-01-156055-1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="3241"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Önerilen Kaynaklar:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F38170" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00D057E4">
+            <w:pPr>
+              <w:pStyle w:val="ListBullet"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Online </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>resources</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: TV5MONDE, RFI Savoirs, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Duolingo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Quizlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="23171847" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Ölçme ve Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Notlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ara Sınav </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF41AA6" w14:textId="06FF9392" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AF3B95" w14:textId="5127BAAA" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41077BA2" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00526867">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>yazılı</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sınav</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00526867">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E12C91" w14:textId="522A96D2" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03778AE6" w14:textId="3D7537C9" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C185354" w14:textId="566240E3" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4172B6" w14:textId="666823F1" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>test</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00526867">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51774DDD" w14:textId="66DD364A" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sözlü Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F2F518" w14:textId="54E9F728" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB18371" w14:textId="12602C05" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24DA84B2" w14:textId="0595FF19" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00526867">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tanışma diyaloğu sunumu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1872788A" w14:textId="2EBB8AE8" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A86F748" w14:textId="24B4A7D2" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C98B5B" w14:textId="5067442F" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00526867">
+            <w:pPr>
+              <w:pStyle w:val="ListBullet"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Kapsamlı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>yazılı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>sınav</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="00526867">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Tablosu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549B0A4F" w14:textId="41528BD2" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE76651" w14:textId="16CAC119" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4D27A9" w14:textId="7B5E8C55" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="458530B9" w14:textId="63ED0DED" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21AAFFD4" w14:textId="5B64B142" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4313" w:type="dxa"/>
-[...48 lines deleted...]
-            <w:tcW w:w="3484" w:type="dxa"/>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38251A98" w14:textId="60991590" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF8321E" w14:textId="25C9ED6A" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>hazırlık+süre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A772A1" w14:textId="2FEB5D82" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E57125" w14:textId="5074DF82" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64324612" w14:textId="18790E59" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="453F63EA" w14:textId="0A773D2D" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sözlü Sınav (</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>Okuma</w:t>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>hazırlık+diyalog</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...61 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE8DF73" w14:textId="1AC8CE91" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD117A5" w14:textId="46664AE0" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3384D8C1" w14:textId="52FA4183" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="0046141C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav (Ara Sınav Süresi + Ara Sınav Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5C7A5" w14:textId="61F1FB45" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...64 lines deleted...]
-            <w:tcW w:w="3484" w:type="dxa"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8D88F" w14:textId="1B8EFC0F" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698DB0F" w14:textId="6318AAE2" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Sınavı (Final Sınavı Süresi + Final Sınavı Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57453E3E" w14:textId="266129C8" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1671B335" w14:textId="7667177A" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...196 lines deleted...]
-            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...119 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...433 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4313" w:type="dxa"/>
-[...2367 lines deleted...]
-            <w:tcW w:w="2232" w:type="dxa"/>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F4B433" w14:textId="44225975" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>90</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidTr="00082A1B">
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00EC693D">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8802" w:type="dxa"/>
-[...52 lines deleted...]
-            <w:vMerge/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="2232" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00537FD2" w:rsidRPr="00183415" w:rsidRDefault="00537FD2" w:rsidP="00082A1B">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1139CD8F" w14:textId="44FBF21B" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00EC693D">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F8EF1F" w14:textId="2D5D36E4" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3,36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005B6706" w:rsidRPr="00B7796E" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00E53102">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Kredisi:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18FD7F" w14:textId="2AEF5930" w:rsidR="005B6706" w:rsidRPr="00B7796E" w:rsidRDefault="005B6706" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-          </w:p>
-[...169 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00537FD2" w:rsidRDefault="00537FD2" w:rsidP="00537FD2"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="00B7796E" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007C2CA8" w:rsidSect="00286050">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10827" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5395"/>
+        <w:gridCol w:w="5432"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00B7796E" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00A1243B">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="286"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10827" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFC2895" w14:textId="1E061642" w:rsidR="003237AD" w:rsidRPr="00B7796E" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Geçmiş Dönem Başarıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00B7796E" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="00A1243B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="2348"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05806513" w14:textId="5576003A" w:rsidR="003237AD" w:rsidRPr="00B7796E" w:rsidRDefault="0047292B" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2AF381D8" wp14:editId="0D2C17CC">
+                  <wp:extent cx="3009900" cy="2019300"/>
+                  <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+                  <wp:docPr id="3" name="Grafik 3"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5432" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="427BA7FB" w14:textId="03A72F1B" w:rsidR="003237AD" w:rsidRPr="00B7796E" w:rsidRDefault="0047292B" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B7796E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FC6C83F" wp14:editId="603D9EE3">
+                  <wp:extent cx="3000375" cy="2066925"/>
+                  <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+                  <wp:docPr id="6" name="Grafik 6"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F34D6" w:rsidRPr="00B7796E" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="00A1243B">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="639ABC3C" w14:textId="7B6F0EDF" w:rsidR="000F34D6" w:rsidRPr="00B7796E" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5432" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42343372" w14:textId="44F27DAF" w:rsidR="000F34D6" w:rsidRPr="00B7796E" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00B7796E" w:rsidRDefault="003A4CE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00B7796E" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="719" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="475A33F5" w14:textId="77777777" w:rsidR="00370CCD" w:rsidRDefault="00370CCD" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7F5E49CA" w14:textId="77777777" w:rsidR="00370CCD" w:rsidRDefault="00370CCD" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="3D566D63" w14:textId="77777777" w:rsidR="00370CCD" w:rsidRDefault="00370CCD" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5972050D" w14:textId="77777777" w:rsidR="00370CCD" w:rsidRDefault="00370CCD" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C508790A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="02024557"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DDD0105E"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="0C0C4BBA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C82E00CE"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="0FBD73B5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F108A62"/>
+    <w:lvl w:ilvl="0" w:tplc="9ACE4E8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="17890737"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6168F00"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="198B201C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="206E851E"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1156" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1876" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2596" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3316" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4036" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4756" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5476" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6196" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6916" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="1C0C29A9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F71EF938"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="1CD425FD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1946030A"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="213A56FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6240AA54"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="21EC030B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FD3A2486"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="278A0345"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4E0EEFD8"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="730" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2890" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3610" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4330" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5050" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="2E785D3E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="00E2372A"/>
+    <w:lvl w:ilvl="0" w:tplc="041F000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="730" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2890" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3610" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4330" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5050" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="34A734D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="65D038D4"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="371B3CEF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CDB29EF6"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="394F444C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D5188990"/>
+    <w:lvl w:ilvl="0" w:tplc="041F000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="451873F7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5C30FA94"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="48523906"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A238BB0E"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="4A252778"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA8C0450"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="4C4C4C03"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A836C8C8"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="4D0635D8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6BCD46E"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1450" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2170" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2890" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3610" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4330" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5050" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7210" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="54CC5AA3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71741014"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="5E2B5938"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0804D34A"/>
+    <w:lvl w:ilvl="0" w:tplc="9ACE4E8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="687B7545"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="59DE0040"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="6A616B20"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB12932A"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24">
+    <w:nsid w:val="712618B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2ECEECEC"/>
+    <w:lvl w:ilvl="0" w:tplc="9ACE4E8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25">
+    <w:nsid w:val="75051EF7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4B80EBCE"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26">
+    <w:nsid w:val="75173801"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6B4A7FE0"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27">
+    <w:nsid w:val="7BA5468E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DFAA25E2"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
+    <w:nsid w:val="7EDF12B2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E2264F00"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00537FD2"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00E04361"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="000221F7"/>
+    <w:rsid w:val="00034A49"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="000541BA"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="000F6A22"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="00173970"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F2BF9"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="00233E9F"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="002675FB"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E2CAE"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="00313485"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003226E2"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00370CCD"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="00425F3C"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="004539E3"/>
+    <w:rsid w:val="0046141C"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="0047292B"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004C765B"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="00526867"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005B6706"/>
+    <w:rsid w:val="005B7032"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005E46F4"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00614DC6"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006B4E7E"/>
+    <w:rsid w:val="006B6908"/>
+    <w:rsid w:val="006F1A2D"/>
+    <w:rsid w:val="00700824"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="0072513D"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="00785BD7"/>
+    <w:rsid w:val="0079608A"/>
+    <w:rsid w:val="007B4481"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="00863656"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00912542"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009A14F3"/>
+    <w:rsid w:val="009A7A2E"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E3650"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A0498C"/>
+    <w:rsid w:val="00A1243B"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00AA5F43"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B7796E"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C0240C"/>
+    <w:rsid w:val="00C14819"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C66064"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C745AC"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C9379B"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB39B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D057E4"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D85CB9"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E12BAC"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00EF34A4"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FE481F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6A0E76EB"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="99"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="HTML Preformatted" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00537FD2"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00537FD2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00537FD2"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalonMetni">
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalonMetniChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00537FD2"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="0079608A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
-[...5 lines deleted...]
-    <w:rsid w:val="00537FD2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:rsid w:val="0079608A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF34A4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D057E4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00D057E4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002E2CAE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B7796E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet" w:uiPriority="99"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="HTML Preformatted" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00537FD2"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
-    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00537FD2"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00537FD2"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalonMetni">
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalonMetniChar"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00537FD2"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="0079608A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
-[...5 lines deleted...]
-    <w:rsid w:val="00537FD2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:rsid w:val="0079608A"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EF34A4"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D057E4"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00D057E4"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002E2CAE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B7796E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="24184187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="441194134">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="504173141">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="559100725">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1002319390">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1173951160">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1196425409">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1221593538">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1241058243">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1247812221">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1411192105">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1443725166">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="172064189">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1579172795">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1698042309">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1749109532">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1084952860">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1869369446">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1892109673">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1915703905">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1946574900">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2000883492">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.frech.about.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.google.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christelleclemencon@cag.edu.tr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///F:\CAG-Syllabus\GRAPH%2520FORM(1).xls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\oem\Desktop\syllbus%202022-2023\grafiktasar.xls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///F:\CAG-Syllabus\GRAPH%2520FORM(1).xls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="102"/>
+      <c14:style val="147"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="2"/>
+      <c:style val="47"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:srgbClr val="000080"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR"/>
-              <a:t>2022-23 Bahar dönemi
-French II</a:t>
+              <a:t>2023-2024</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" baseline="0"/>
+              <a:t>bahar DÖNEM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR"/>
+              <a:t>
+FLF</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" baseline="0"/>
+              <a:t>402</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t>FR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" baseline="0"/>
+              <a:t>ANSIZCA VII</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t>I</a:t>
+            </a:r>
+            <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.29920512161499097"/>
-          <c:y val="6.889307850603181E-2"/>
+          <c:x val="0.28169474068905942"/>
+          <c:y val="3.2841083543802309E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.10991971493762952"/>
-[...2 lines deleted...]
-          <c:h val="0.62030075187969924"/>
+          <c:x val="0.13015913367786991"/>
+          <c:y val="0.29857889000224785"/>
+          <c:w val="0.82539938429868664"/>
+          <c:h val="0.48815278841636833"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...21 lines deleted...]
-            <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+            <a:ln w="3175">
               <a:solidFill>
-                <a:srgbClr val="C0C0C0"/>
+                <a:srgbClr val="CCFFFF"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
+            <a:effectLst>
+              <a:outerShdw dist="35921" dir="2700000" algn="br">
+                <a:srgbClr val="000000"/>
+              </a:outerShdw>
+            </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                  <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
-                    <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-                    <a:cs typeface="Arial"/>
+                    <a:latin typeface="Calibri"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Calibri"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="tr-TR"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="12700">
+              <a:ln w="3175">
                 <a:solidFill>
-                  <a:srgbClr val="3366FF"/>
+                  <a:srgbClr val="000080"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:trendlineType val="poly"/>
             <c:order val="4"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$3:$A$12</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
@@ -7149,375 +16152,368 @@
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$3:$B$12</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="5">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>2</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="8">
                   <c:v>3</c:v>
                 </c:pt>
-                <c:pt idx="7">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="9">
-                  <c:v>0</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
-        <c:axId val="148702720"/>
-        <c:axId val="151078016"/>
+        <c:axId val="169470976"/>
+        <c:axId val="153879104"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="148702720"/>
+        <c:axId val="169470976"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="3175">
             <a:solidFill>
-              <a:srgbClr val="000000"/>
+              <a:srgbClr val="000080"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="925" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:srgbClr val="003366"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="151078016"/>
+        <c:crossAx val="153879104"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:tickLblSkip val="1"/>
         <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="151078016"/>
+        <c:axId val="153879104"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines>
-[...8 lines deleted...]
-        </c:majorGridlines>
+        <c:majorGridlines/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
-        <c:spPr>
-[...6 lines deleted...]
-        </c:spPr>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="925" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:srgbClr val="000080"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="148702720"/>
+        <c:crossAx val="169470976"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:noFill/>
-[...1 lines deleted...]
-          <a:noFill/>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:ln w="3175">
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
-      <a:srgbClr val="FFFFFF"/>
+      <a:schemeClr val="accent5">
+        <a:lumMod val="60000"/>
+        <a:lumOff val="40000"/>
+      </a:schemeClr>
     </a:solidFill>
     <a:ln w="3175">
       <a:solidFill>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="3366FF"/>
       </a:solidFill>
       <a:prstDash val="solid"/>
     </a:ln>
   </c:spPr>
-  <c:txPr>
-[...15 lines deleted...]
-  </c:txPr>
   <c:externalData r:id="rId2">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="102"/>
+      <c14:style val="147"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="2"/>
+      <c:style val="47"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:srgbClr val="000080"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR"/>
-              <a:t>2023-24 Bahar dönemi
-French II</a:t>
+              <a:t>2024-202</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t>5 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" baseline="0"/>
+              <a:t>bahar DÖNEM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR"/>
+              <a:t>
+FLF </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" baseline="0"/>
+              <a:t>402</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t>FR</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" baseline="0"/>
+              <a:t>ANSIZCA</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="fr-FR" baseline="0"/>
+              <a:t>VIII</a:t>
+            </a:r>
+            <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.29920512161499097"/>
-          <c:y val="6.889307850603181E-2"/>
+          <c:x val="0.25209182185560136"/>
+          <c:y val="6.9852074942245046E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln w="25400">
           <a:noFill/>
         </a:ln>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout>
         <c:manualLayout>
           <c:layoutTarget val="inner"/>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.10991971493762952"/>
-[...2 lines deleted...]
-          <c:h val="0.62030075187969924"/>
+          <c:x val="0.13015913367786991"/>
+          <c:y val="0.29857889000224785"/>
+          <c:w val="0.82539938429868664"/>
+          <c:h val="0.48815278841636833"/>
         </c:manualLayout>
       </c:layout>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...21 lines deleted...]
-            <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+            <a:ln w="3175">
               <a:solidFill>
-                <a:srgbClr val="C0C0C0"/>
+                <a:srgbClr val="CCFFFF"/>
               </a:solidFill>
               <a:prstDash val="solid"/>
             </a:ln>
+            <a:effectLst>
+              <a:outerShdw dist="35921" dir="2700000" algn="br">
+                <a:srgbClr val="000000"/>
+              </a:outerShdw>
+            </a:effectLst>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln w="25400">
                 <a:noFill/>
               </a:ln>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
-                  <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                  <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
-                    <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-                    <a:cs typeface="Arial"/>
+                    <a:latin typeface="Calibri"/>
+                    <a:ea typeface="Calibri"/>
+                    <a:cs typeface="Calibri"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="tr-TR"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
           </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="12700">
+              <a:ln w="3175">
                 <a:solidFill>
-                  <a:srgbClr val="3366FF"/>
+                  <a:srgbClr val="000080"/>
                 </a:solidFill>
                 <a:prstDash val="solid"/>
               </a:ln>
             </c:spPr>
             <c:trendlineType val="poly"/>
             <c:order val="4"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
               <c:f>Sheet1!$A$3:$A$12</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
@@ -7531,558 +16527,562 @@
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$3:$B$12</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>1</c:v>
                 </c:pt>
-                <c:pt idx="4">
-[...2 lines deleted...]
-                <c:pt idx="5">
+                <c:pt idx="8">
                   <c:v>2</c:v>
                 </c:pt>
-                <c:pt idx="6">
+                <c:pt idx="9">
                   <c:v>3</c:v>
-                </c:pt>
-[...7 lines deleted...]
-                  <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
-        <c:axId val="148822528"/>
-        <c:axId val="149496384"/>
+        <c:axId val="191173120"/>
+        <c:axId val="153883712"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="148822528"/>
+        <c:axId val="191173120"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:ln w="3175">
             <a:solidFill>
-              <a:srgbClr val="000000"/>
+              <a:srgbClr val="000080"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
           </a:ln>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="925" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:srgbClr val="003366"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="149496384"/>
+        <c:crossAx val="153883712"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:tickLblSkip val="1"/>
         <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="149496384"/>
+        <c:axId val="153883712"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines>
-[...8 lines deleted...]
-        </c:majorGridlines>
+        <c:majorGridlines/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
-        <c:spPr>
-[...6 lines deleted...]
-        </c:spPr>
         <c:txPr>
           <a:bodyPr rot="0" vert="horz"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="925" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000000"/>
+                  <a:srgbClr val="000080"/>
                 </a:solidFill>
-                <a:latin typeface="Arial"/>
-[...1 lines deleted...]
-                <a:cs typeface="Arial"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="148822528"/>
+        <c:crossAx val="191173120"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:noFill/>
-[...1 lines deleted...]
-          <a:noFill/>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:ln w="3175">
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
-      <a:srgbClr val="FFFFFF"/>
+      <a:schemeClr val="accent5">
+        <a:lumMod val="60000"/>
+        <a:lumOff val="40000"/>
+      </a:schemeClr>
     </a:solidFill>
     <a:ln w="3175">
       <a:solidFill>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="3366FF"/>
       </a:solidFill>
       <a:prstDash val="solid"/>
     </a:ln>
   </c:spPr>
-  <c:txPr>
-[...15 lines deleted...]
-  </c:txPr>
   <c:externalData r:id="rId2">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
-    <a:clrScheme name="Ofis">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Ofis">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Ofis">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=word/theme/themeOverride1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:themeOverride xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <a:clrScheme name="Office">
+  <a:clrScheme name="Ofis">
     <a:dk1>
       <a:sysClr val="windowText" lastClr="000000"/>
     </a:dk1>
     <a:lt1>
       <a:sysClr val="window" lastClr="FFFFFF"/>
     </a:lt1>
     <a:dk2>
       <a:srgbClr val="1F497D"/>
     </a:dk2>
     <a:lt2>
       <a:srgbClr val="EEECE1"/>
     </a:lt2>
     <a:accent1>
       <a:srgbClr val="4F81BD"/>
     </a:accent1>
     <a:accent2>
       <a:srgbClr val="C0504D"/>
     </a:accent2>
     <a:accent3>
       <a:srgbClr val="9BBB59"/>
     </a:accent3>
     <a:accent4>
       <a:srgbClr val="8064A2"/>
     </a:accent4>
     <a:accent5>
       <a:srgbClr val="4BACC6"/>
     </a:accent5>
     <a:accent6>
       <a:srgbClr val="F79646"/>
     </a:accent6>
     <a:hlink>
       <a:srgbClr val="0000FF"/>
     </a:hlink>
     <a:folHlink>
       <a:srgbClr val="800080"/>
     </a:folHlink>
   </a:clrScheme>
-  <a:fontScheme name="Office">
+  <a:fontScheme name="Ofis">
     <a:majorFont>
       <a:latin typeface="Cambria"/>
       <a:ea typeface=""/>
       <a:cs typeface=""/>
       <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
       <a:font script="Hang" typeface="맑은 고딕"/>
       <a:font script="Hans" typeface="宋体"/>
       <a:font script="Hant" typeface="新細明體"/>
       <a:font script="Arab" typeface="Times New Roman"/>
       <a:font script="Hebr" typeface="Times New Roman"/>
       <a:font script="Thai" typeface="Angsana New"/>
       <a:font script="Ethi" typeface="Nyala"/>
       <a:font script="Beng" typeface="Vrinda"/>
       <a:font script="Gujr" typeface="Shruti"/>
       <a:font script="Khmr" typeface="MoolBoran"/>
       <a:font script="Knda" typeface="Tunga"/>
       <a:font script="Guru" typeface="Raavi"/>
       <a:font script="Cans" typeface="Euphemia"/>
       <a:font script="Cher" typeface="Plantagenet Cherokee"/>
       <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
       <a:font script="Tibt" typeface="Microsoft Himalaya"/>
       <a:font script="Thaa" typeface="MV Boli"/>
       <a:font script="Deva" typeface="Mangal"/>
       <a:font script="Telu" typeface="Gautami"/>
       <a:font script="Taml" typeface="Latha"/>
@@ -8110,51 +17110,51 @@
       <a:font script="Ethi" typeface="Nyala"/>
       <a:font script="Beng" typeface="Vrinda"/>
       <a:font script="Gujr" typeface="Shruti"/>
       <a:font script="Khmr" typeface="DaunPenh"/>
       <a:font script="Knda" typeface="Tunga"/>
       <a:font script="Guru" typeface="Raavi"/>
       <a:font script="Cans" typeface="Euphemia"/>
       <a:font script="Cher" typeface="Plantagenet Cherokee"/>
       <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
       <a:font script="Tibt" typeface="Microsoft Himalaya"/>
       <a:font script="Thaa" typeface="MV Boli"/>
       <a:font script="Deva" typeface="Mangal"/>
       <a:font script="Telu" typeface="Gautami"/>
       <a:font script="Taml" typeface="Latha"/>
       <a:font script="Syrc" typeface="Estrangelo Edessa"/>
       <a:font script="Orya" typeface="Kalinga"/>
       <a:font script="Mlym" typeface="Kartika"/>
       <a:font script="Laoo" typeface="DokChampa"/>
       <a:font script="Sinh" typeface="Iskoola Pota"/>
       <a:font script="Mong" typeface="Mongolian Baiti"/>
       <a:font script="Viet" typeface="Arial"/>
       <a:font script="Uigh" typeface="Microsoft Uighur"/>
       <a:font script="Geor" typeface="Sylfaen"/>
     </a:minorFont>
   </a:fontScheme>
-  <a:fmtScheme name="Office">
+  <a:fmtScheme name="Ofis">
     <a:fillStyleLst>
       <a:solidFill>
         <a:schemeClr val="phClr"/>
       </a:solidFill>
       <a:gradFill rotWithShape="1">
         <a:gsLst>
           <a:gs pos="0">
             <a:schemeClr val="phClr">
               <a:tint val="50000"/>
               <a:satMod val="300000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="35000">
             <a:schemeClr val="phClr">
               <a:tint val="37000"/>
               <a:satMod val="300000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="100000">
             <a:schemeClr val="phClr">
               <a:tint val="15000"/>
               <a:satMod val="350000"/>
             </a:schemeClr>
           </a:gs>
         </a:gsLst>
@@ -8281,161 +17281,161 @@
         <a:gsLst>
           <a:gs pos="0">
             <a:schemeClr val="phClr">
               <a:tint val="80000"/>
               <a:satMod val="300000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="100000">
             <a:schemeClr val="phClr">
               <a:shade val="30000"/>
               <a:satMod val="200000"/>
             </a:schemeClr>
           </a:gs>
         </a:gsLst>
         <a:path path="circle">
           <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
         </a:path>
       </a:gradFill>
     </a:bgFillStyleLst>
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
 <file path=word/theme/themeOverride2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:themeOverride xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <a:clrScheme name="Office">
+  <a:clrScheme name="Ofis">
     <a:dk1>
       <a:sysClr val="windowText" lastClr="000000"/>
     </a:dk1>
     <a:lt1>
       <a:sysClr val="window" lastClr="FFFFFF"/>
     </a:lt1>
     <a:dk2>
       <a:srgbClr val="1F497D"/>
     </a:dk2>
     <a:lt2>
       <a:srgbClr val="EEECE1"/>
     </a:lt2>
     <a:accent1>
       <a:srgbClr val="4F81BD"/>
     </a:accent1>
     <a:accent2>
       <a:srgbClr val="C0504D"/>
     </a:accent2>
     <a:accent3>
       <a:srgbClr val="9BBB59"/>
     </a:accent3>
     <a:accent4>
       <a:srgbClr val="8064A2"/>
     </a:accent4>
     <a:accent5>
       <a:srgbClr val="4BACC6"/>
     </a:accent5>
     <a:accent6>
       <a:srgbClr val="F79646"/>
     </a:accent6>
     <a:hlink>
       <a:srgbClr val="0000FF"/>
     </a:hlink>
     <a:folHlink>
       <a:srgbClr val="800080"/>
     </a:folHlink>
   </a:clrScheme>
-  <a:fontScheme name="Office">
+  <a:fontScheme name="Ofis">
     <a:majorFont>
       <a:latin typeface="Cambria"/>
       <a:ea typeface=""/>
       <a:cs typeface=""/>
-      <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+      <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
       <a:font script="Hang" typeface="맑은 고딕"/>
       <a:font script="Hans" typeface="宋体"/>
       <a:font script="Hant" typeface="新細明體"/>
       <a:font script="Arab" typeface="Times New Roman"/>
       <a:font script="Hebr" typeface="Times New Roman"/>
-      <a:font script="Thai" typeface="Angsana New"/>
+      <a:font script="Thai" typeface="Tahoma"/>
       <a:font script="Ethi" typeface="Nyala"/>
       <a:font script="Beng" typeface="Vrinda"/>
       <a:font script="Gujr" typeface="Shruti"/>
       <a:font script="Khmr" typeface="MoolBoran"/>
       <a:font script="Knda" typeface="Tunga"/>
       <a:font script="Guru" typeface="Raavi"/>
       <a:font script="Cans" typeface="Euphemia"/>
       <a:font script="Cher" typeface="Plantagenet Cherokee"/>
       <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
       <a:font script="Tibt" typeface="Microsoft Himalaya"/>
       <a:font script="Thaa" typeface="MV Boli"/>
       <a:font script="Deva" typeface="Mangal"/>
       <a:font script="Telu" typeface="Gautami"/>
       <a:font script="Taml" typeface="Latha"/>
       <a:font script="Syrc" typeface="Estrangelo Edessa"/>
       <a:font script="Orya" typeface="Kalinga"/>
       <a:font script="Mlym" typeface="Kartika"/>
       <a:font script="Laoo" typeface="DokChampa"/>
       <a:font script="Sinh" typeface="Iskoola Pota"/>
       <a:font script="Mong" typeface="Mongolian Baiti"/>
       <a:font script="Viet" typeface="Times New Roman"/>
       <a:font script="Uigh" typeface="Microsoft Uighur"/>
       <a:font script="Geor" typeface="Sylfaen"/>
     </a:majorFont>
     <a:minorFont>
       <a:latin typeface="Calibri"/>
       <a:ea typeface=""/>
       <a:cs typeface=""/>
-      <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+      <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
       <a:font script="Hang" typeface="맑은 고딕"/>
       <a:font script="Hans" typeface="宋体"/>
       <a:font script="Hant" typeface="新細明體"/>
       <a:font script="Arab" typeface="Arial"/>
       <a:font script="Hebr" typeface="Arial"/>
-      <a:font script="Thai" typeface="Cordia New"/>
+      <a:font script="Thai" typeface="Tahoma"/>
       <a:font script="Ethi" typeface="Nyala"/>
       <a:font script="Beng" typeface="Vrinda"/>
       <a:font script="Gujr" typeface="Shruti"/>
       <a:font script="Khmr" typeface="DaunPenh"/>
       <a:font script="Knda" typeface="Tunga"/>
       <a:font script="Guru" typeface="Raavi"/>
       <a:font script="Cans" typeface="Euphemia"/>
       <a:font script="Cher" typeface="Plantagenet Cherokee"/>
       <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
       <a:font script="Tibt" typeface="Microsoft Himalaya"/>
       <a:font script="Thaa" typeface="MV Boli"/>
       <a:font script="Deva" typeface="Mangal"/>
       <a:font script="Telu" typeface="Gautami"/>
       <a:font script="Taml" typeface="Latha"/>
       <a:font script="Syrc" typeface="Estrangelo Edessa"/>
       <a:font script="Orya" typeface="Kalinga"/>
       <a:font script="Mlym" typeface="Kartika"/>
       <a:font script="Laoo" typeface="DokChampa"/>
       <a:font script="Sinh" typeface="Iskoola Pota"/>
       <a:font script="Mong" typeface="Mongolian Baiti"/>
       <a:font script="Viet" typeface="Arial"/>
       <a:font script="Uigh" typeface="Microsoft Uighur"/>
       <a:font script="Geor" typeface="Sylfaen"/>
     </a:minorFont>
   </a:fontScheme>
-  <a:fmtScheme name="Office">
+  <a:fmtScheme name="Ofis">
     <a:fillStyleLst>
       <a:solidFill>
         <a:schemeClr val="phClr"/>
       </a:solidFill>
       <a:gradFill rotWithShape="1">
         <a:gsLst>
           <a:gs pos="0">
             <a:schemeClr val="phClr">
               <a:tint val="50000"/>
               <a:satMod val="300000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="35000">
             <a:schemeClr val="phClr">
               <a:tint val="37000"/>
               <a:satMod val="300000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="100000">
             <a:schemeClr val="phClr">
               <a:tint val="15000"/>
               <a:satMod val="350000"/>
             </a:schemeClr>
           </a:gs>
         </a:gsLst>
@@ -8560,70 +17560,94 @@
       </a:gradFill>
       <a:gradFill rotWithShape="1">
         <a:gsLst>
           <a:gs pos="0">
             <a:schemeClr val="phClr">
               <a:tint val="80000"/>
               <a:satMod val="300000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="100000">
             <a:schemeClr val="phClr">
               <a:shade val="30000"/>
               <a:satMod val="200000"/>
             </a:schemeClr>
           </a:gs>
         </a:gsLst>
         <a:path path="circle">
           <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
         </a:path>
       </a:gradFill>
     </a:bgFillStyleLst>
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{653200F1-8F3C-4334-B8FD-F52DE687EA79}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2588</Characters>
+  <Pages>4</Pages>
+  <Words>832</Words>
+  <Characters>5089</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3036</CharactersWithSpaces>
+  <CharactersWithSpaces>5910</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Christelle Clemencon Gulmez</dc:creator>
+  <dc:title>ÇAĞ UNIVERSITY</dc:title>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>