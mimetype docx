--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -490,67 +490,67 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>koşul Dersler</w:t>
             </w:r>
             <w:r w:rsidR="00F96934" w:rsidRPr="00380C0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC4E30B" w14:textId="4246EA02" w:rsidR="00681162" w:rsidRPr="00380C0B" w:rsidRDefault="0068518F" w:rsidP="00833C72">
-[...15 lines deleted...]
-              <w:t>Yok</w:t>
+          <w:p w14:paraId="4BC4E30B" w14:textId="1BBB5C5F" w:rsidR="00681162" w:rsidRPr="00380C0B" w:rsidRDefault="009150B2" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>MAN 203 (Muhasebe Prensipleri) ve MAN 204 (Finansal Muhasese)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00681162" w:rsidRPr="00380C0B" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00380C0B" w:rsidRDefault="00681162" w:rsidP="007625C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -5522,52 +5522,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2-</w:t>
             </w:r>
             <w:r w:rsidR="008B1D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>“Tekdüzen Hesap Planı”, İSMMMO, Mart Matba</w:t>
             </w:r>
             <w:r w:rsidR="006C0406">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="008B1D94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>cılık, İstanbul, 2002.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1D94" w:rsidRPr="00380C0B" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="008B1D94" w:rsidRPr="00380C0B" w:rsidRDefault="008B1D94" w:rsidP="00466279">
@@ -8112,72 +8110,74 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F752316" w14:textId="3328BFA2" w:rsidR="003237AD" w:rsidRPr="00380C0B" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:r w:rsidRPr="00380C0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D4C7441" wp14:editId="3E2C40F8">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D4C7441" wp14:editId="467B7681">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F34D6" w:rsidRPr="00380C0B" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="639ABC3C" w14:textId="2E22890D" w:rsidR="000F34D6" w:rsidRPr="00380C0B" w:rsidRDefault="006241B7" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8263,58 +8263,58 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00380C0B" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00380C0B" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C70A744" w14:textId="77777777" w:rsidR="00296006" w:rsidRDefault="00296006" w:rsidP="0034027E">
+    <w:p w14:paraId="55073E58" w14:textId="77777777" w:rsidR="00C76A04" w:rsidRDefault="00C76A04" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38C58FA2" w14:textId="77777777" w:rsidR="00296006" w:rsidRDefault="00296006" w:rsidP="0034027E">
+    <w:p w14:paraId="32243F11" w14:textId="77777777" w:rsidR="00C76A04" w:rsidRDefault="00C76A04" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -8328,58 +8328,58 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="07FC27FE" w14:textId="77777777" w:rsidR="00296006" w:rsidRDefault="00296006" w:rsidP="0034027E">
+    <w:p w14:paraId="5B076B68" w14:textId="77777777" w:rsidR="00C76A04" w:rsidRDefault="00C76A04" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D51E1EA" w14:textId="77777777" w:rsidR="00296006" w:rsidRDefault="00296006" w:rsidP="0034027E">
+    <w:p w14:paraId="75BF102E" w14:textId="77777777" w:rsidR="00C76A04" w:rsidRDefault="00C76A04" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -8586,75 +8586,77 @@
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006C0406"/>
     <w:rsid w:val="006E6457"/>
     <w:rsid w:val="006E725D"/>
     <w:rsid w:val="0070020E"/>
     <w:rsid w:val="0070116F"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="00712C14"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="007250B0"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="00754E6A"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00765EE8"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="00794E34"/>
     <w:rsid w:val="007C1B8B"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007D4A41"/>
+    <w:rsid w:val="007E76C0"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00843961"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0085635C"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="0089462A"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008B1D94"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00902FEC"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="009150B2"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009C5E9A"/>
     <w:rsid w:val="009D6D5A"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="009F38DF"/>
     <w:rsid w:val="00A1161B"/>
     <w:rsid w:val="00A134B5"/>
     <w:rsid w:val="00A21339"/>
     <w:rsid w:val="00A30EEA"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A37618"/>
     <w:rsid w:val="00A53C2A"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
@@ -8673,50 +8675,51 @@
     <w:rsid w:val="00B910F3"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00B97078"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BB72E3"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C114A3"/>
     <w:rsid w:val="00C328F9"/>
     <w:rsid w:val="00C32EA0"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C71A81"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76A04"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00C8185F"/>
     <w:rsid w:val="00C91EBC"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CC21CF"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00CF5338"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D06510"/>
     <w:rsid w:val="00D06EFA"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D47A37"/>
     <w:rsid w:val="00D64B09"/>
     <w:rsid w:val="00D653F3"/>
     <w:rsid w:val="00D71F65"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
@@ -10260,157 +10263,157 @@
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="165696512"/>
-        <c:axId val="168759232"/>
+        <c:axId val="208988672"/>
+        <c:axId val="45732928"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="165696512"/>
+        <c:axId val="208988672"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="168759232"/>
+        <c:crossAx val="45732928"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="168759232"/>
+        <c:axId val="45732928"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="165696512"/>
+        <c:crossAx val="208988672"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10648,157 +10651,157 @@
                 <c:pt idx="8">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="170169856"/>
-        <c:axId val="170334400"/>
+        <c:axId val="208582656"/>
+        <c:axId val="208908800"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="170169856"/>
+        <c:axId val="208582656"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="170334400"/>
+        <c:crossAx val="208908800"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="170334400"/>
+        <c:axId val="208908800"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="170169856"/>
+        <c:crossAx val="208582656"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -11040,157 +11043,157 @@
                 <c:pt idx="8">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="170170368"/>
-        <c:axId val="143826944"/>
+        <c:axId val="208987648"/>
+        <c:axId val="208909952"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="170170368"/>
+        <c:axId val="208987648"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="143826944"/>
+        <c:crossAx val="208909952"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="143826944"/>
+        <c:axId val="208909952"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="170170368"/>
+        <c:crossAx val="208987648"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -11370,205 +11373,205 @@
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
                   <c:v>1</c:v>
                 </c:pt>
-                <c:pt idx="1">
-[...13 lines deleted...]
-                </c:pt>
                 <c:pt idx="6">
-                  <c:v>7</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>8</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>9</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>10</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="142316544"/>
-        <c:axId val="143828672"/>
+        <c:axId val="208989696"/>
+        <c:axId val="208911680"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="142316544"/>
+        <c:axId val="208989696"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="143828672"/>
+        <c:crossAx val="208911680"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="143828672"/>
+        <c:axId val="208911680"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="142316544"/>
+        <c:crossAx val="208989696"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -11804,157 +11807,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1B61-4F0B-BA52-A0957D33D0C8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="170171904"/>
-        <c:axId val="170334976"/>
+        <c:axId val="209688064"/>
+        <c:axId val="288498816"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="170171904"/>
+        <c:axId val="209688064"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="170334976"/>
+        <c:crossAx val="288498816"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="170334976"/>
+        <c:axId val="288498816"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="170171904"/>
+        <c:crossAx val="209688064"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12178,157 +12181,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-C93A-4AAE-B455-3C3D6FA9C3B8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="169986560"/>
-        <c:axId val="143832704"/>
+        <c:axId val="208583168"/>
+        <c:axId val="288501120"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="169986560"/>
+        <c:axId val="208583168"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="143832704"/>
+        <c:crossAx val="288501120"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="143832704"/>
+        <c:axId val="288501120"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="169986560"/>
+        <c:crossAx val="208583168"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12640,84 +12643,84 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>668</Words>
-  <Characters>3810</Characters>
+  <Words>677</Words>
+  <Characters>3859</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4470</CharactersWithSpaces>
+  <CharactersWithSpaces>4527</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>