--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,11310 +1,8364 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-  <Override PartName="/word/theme/themeOverride2.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10980" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-897" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="795"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="528"/>
+        <w:gridCol w:w="181"/>
+        <w:gridCol w:w="47"/>
         <w:gridCol w:w="353"/>
-        <w:gridCol w:w="618"/>
-[...20 lines deleted...]
-        <w:gridCol w:w="1267"/>
+        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="855"/>
+        <w:gridCol w:w="792"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="366"/>
+        <w:gridCol w:w="718"/>
+        <w:gridCol w:w="27"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C73C7C" w:rsidTr="0069321B">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="007625C6" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="00E91137">
         <w:trPr>
-          <w:trHeight w:val="550"/>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...7813 lines deleted...]
-            <w:tcW w:w="8233" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
-            <w:tcBorders>
-[...2592 lines deleted...]
-            <w:tcW w:w="795" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:rPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="00FB3417" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3417">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ERS İZLENCESİ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SYLLABUS)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76C74787" w14:textId="52E67266" w:rsidR="005A2B8A" w:rsidRDefault="003F5A2E" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İktisadi ve idari Bilimler Fakü</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7827">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ltesi</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE1DD46" w14:textId="6B21BA28" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="003F5A2E" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uluslararası</w:t>
+            </w:r>
+            <w:r w:rsidR="009D7827">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E90D93">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finans ve Bankacılık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="007625C6" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin </w:t>
+            </w:r>
+            <w:r w:rsidR="00482527" w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Değeri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD4430" w14:textId="273109C7" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="009D7827" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FLE 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00E26530">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332DDDD9" w14:textId="3CCA973A" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00AD221A" w:rsidP="00AD221A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    Mesleki İngilizce</w:t>
+            </w:r>
+            <w:r w:rsidR="003340A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>II</w:t>
+            </w:r>
+            <w:r w:rsidR="003340A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A4A3C7" w14:textId="7F8F313B" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="003340A7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2-2-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242BC9E2" w14:textId="1325FC92" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="0017139D" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="00FB3417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ön</w:t>
+            </w:r>
+            <w:r w:rsidR="007625C6" w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3417">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>koşul Dersler</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC4E30B" w14:textId="6B784A5D" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00AD221A" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mesleki İngilizce I, Mesleki İngilizce II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Dili</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CBDD8E" w14:textId="37A21E7E" w:rsidR="00681162" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İngilizce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="007625C6" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-            <w:tcW w:w="353" w:type="dxa"/>
+              <w:t>Ders İşleme Tarzı</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3630" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608EE131" w14:textId="2734C533" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00A47D2C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yüz Yüze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin Türü </w:t>
+            </w:r>
+            <w:r w:rsidR="00A8173B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düzeyi</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...15 lines deleted...]
-          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D6D351" w14:textId="170C1CB1" w:rsidR="00681162" w:rsidRPr="00A47D2C" w:rsidRDefault="003360EF" w:rsidP="00357E73">
+            <w:pPr>
+              <w:pStyle w:val="docdata"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00357E73">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zorunlu / </w:t>
+            </w:r>
+            <w:r w:rsidR="00A47D2C" w:rsidRPr="00A47D2C">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Güz Dönemi</w:t>
+            </w:r>
+            <w:r w:rsidR="00357E73">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="007625C6" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="00AD221A">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4974" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="00F96934" w:rsidRDefault="00F96934" w:rsidP="00F96934">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersi</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim Üye</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sinin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Unvanı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Görüşme Saatleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="00AD221A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4974" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC02A2" w14:textId="1826421C" w:rsidR="00A47D2C" w:rsidRPr="003537D4" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Gör. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pelin Batman</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1461" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5DF00B" w14:textId="1BCB1CD6" w:rsidR="00A47D2C" w:rsidRPr="003537D4" w:rsidRDefault="00AD221A" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Salı</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>13.25 –14</w:t>
+            </w:r>
+            <w:r w:rsidR="003F5A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>55 Çarşamba 13.25-13.55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCEC51D" w14:textId="57ECCB9A" w:rsidR="00A47D2C" w:rsidRPr="003537D4" w:rsidRDefault="008B3D25" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Salı</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>10.00-1</w:t>
+            </w:r>
+            <w:r w:rsidR="003F5A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="406CD1B0" w14:textId="6CE9C540" w:rsidR="00A47D2C" w:rsidRPr="003537D4" w:rsidRDefault="00EB2AED" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pelinbatman</w:t>
+            </w:r>
+            <w:r w:rsidR="00A47D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>@cag.edu.tr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00A47D2C" w:rsidRPr="00833C72" w:rsidRDefault="00A47D2C" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00833C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Koordinatörü</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3B751E" w14:textId="0770BCCD" w:rsidR="00A47D2C" w:rsidRPr="003537D4" w:rsidRDefault="00A47D2C" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Gör. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB2AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pelin Batman</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EAB58D" w14:textId="50B5CF6A" w:rsidR="00A47D2C" w:rsidRPr="003537D4" w:rsidRDefault="00A47D2C" w:rsidP="003537D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003537D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Amacı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="00A47D2C" w:rsidRPr="00A8173B" w:rsidRDefault="00A47D2C" w:rsidP="00A8173B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A8173B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A8173B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenme Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="003A0CE5" w:rsidRDefault="00A47D2C" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="00A47D2C" w:rsidRPr="00466279" w:rsidRDefault="00A47D2C" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Program Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="00466279" w:rsidRDefault="00A47D2C" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Net Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="659C2DB8" w14:textId="20329E86" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="003340A7" w:rsidP="00D37DBF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Raporlar, e-postalar, </w:t>
+            </w:r>
+            <w:r w:rsidR="003F5A2E">
+              <w:t>ö</w:t>
+            </w:r>
+            <w:r w:rsidR="004054D7">
+              <w:t>neriler</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> ve haber makaleleri gibi iş metinlerini ana fikir, detaylar ve örtük anlamlara odaklanarak okur ve yorumlar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3392DE1D" w14:textId="2B02596A" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="003340A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="245FC917" w14:textId="365D260D" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A80FE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5676F5CC" w14:textId="6E16010B" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="003340A7" w:rsidP="00D37DBF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>İş dünyasına yönelik belirli bilgileri not eder.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC074F8" w14:textId="6FF84684" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="009D7827" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E540A1C" w14:textId="6F09E2D8" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A80FE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B3CF6" w14:textId="6971DA32" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="003340A7" w:rsidP="00D37DBF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Toplantılar, sunumlar, telefon görüşmeleri ve müzakereler dâhil olmak üzere, profesyonel iş ortamlarında etkili bir şekilde iletişim kurar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="130E6C82" w14:textId="421D7BBA" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="009D7827" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B65611D" w14:textId="77C62364" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00AB70F3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C26084B" w14:textId="1DBA6878" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="003340A7" w:rsidP="00D37DBF">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Üst orta seviye iletişime uygun, iş dünyasına yönelik geniş bir kelime ve ifade yelpazesini kullanır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18E382" w14:textId="78495F2E" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="009D7827" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCF042" w14:textId="07489B2F" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00AB70F3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C60B735" w14:textId="16669300" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="003340A7" w:rsidP="007E11F4">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Sohbet etme, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>şikayetleri</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> ele alma, fikir belirtme, katılma/katılmama ve ikna etme gibi görevlerde işlevsel dil becerilerini gösterir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1561474B" w14:textId="64172F85" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="009D7827" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF8D652" w14:textId="5AF41E0F" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A80FE5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97A7BA" w14:textId="46D97F0D" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="003340A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Takım çalışması yaparak, tartışmalara katılarak ve iş yeri problemlerini çözerek başkalarıyla İngilizce iş birliği yapar ve etkileşimde bulunur.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070A6310" w14:textId="4DD1625A" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="003340A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34872425" w14:textId="558E3BEE" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00AB70F3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62644321" w14:textId="3DEFC0FC" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B702992" w14:textId="2B8E9A03" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="003340A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Uluslararası iş arkadaşları ve müşterilerle uygun şekilde iletişim kurmak için kültürel farkındalığı uygular</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F7A50C" w14:textId="2BF10A04" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="003340A7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F83A37D" w14:textId="4C9DFF23" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00AB70F3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="00A47D2C" w:rsidRPr="001B5C97" w:rsidRDefault="00A47D2C" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin İçeriği:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="1E473A9C" w:rsidR="00A47D2C" w:rsidRPr="003340A7" w:rsidRDefault="003340A7" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu kurs, öğrencilerin profesyonel ve iş ortamlarındaki İngilizce dil becerilerini geliştirmek için tasarlanmıştır. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Company</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>3.0</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Upper</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>Intermediate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ders kitabı kullanılarak, öğrenciler toplantılara katılma, sunum yapma, pazarlık etme, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>networking</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003340A7">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yapma ve iş yazışmaları yazma gibi iş yerinde etkili iletişim kurma becerilerini geliştireceklerdir. Kurs, kelime dağarcığının geliştirilmesi, işlevsel dil kullanımı ve akıcılığa vurgu yaparak, pratik ve gerçek dünya iş iletişimine odaklanmaktadır. Kursun sonunda öğrenciler, çeşitli profesyonel durumlarda İngilizceyi daha özgüvenli ve doğru bir şekilde kullanabilecek donanıma sahip olacaklardır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="001B5C97" w:rsidRDefault="00A47D2C" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders İçerikleri: (Haftalık Ders Planı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="001B5C97" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="00A47D2C" w:rsidRPr="001B5C97" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Konu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="001B5C97" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="001B5C97" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:ind w:left="-288" w:firstLine="288"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim Yöntem ve Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00A47D2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="470003E1" w14:textId="446E87E8" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="009D7827" w:rsidP="00164E39">
+            <w:pPr>
+              <w:pStyle w:val="docdata"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D7827">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Business </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D7827">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D7827">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D7827">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>pleasure</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D7827">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1AA39" w14:textId="65FAD4D0" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="003F506D">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Makale okuma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="630C4497" w14:textId="29FCCA56" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="00E047A6" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tanıtım – Soru Cevap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00887FA2" w:rsidRPr="007625C6" w14:paraId="271D8D66" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D8C80B" w14:textId="590E50E6" w:rsidR="00887FA2" w:rsidRPr="00887FA2" w:rsidRDefault="00887FA2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00887FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7F025F" w14:textId="605D43FA" w:rsidR="00887FA2" w:rsidRPr="00FE1875" w:rsidRDefault="009D7827" w:rsidP="004650DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Corporate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>entartainment</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="568ACF13" w14:textId="266FF5D2" w:rsidR="00887FA2" w:rsidRPr="003F5A2E" w:rsidRDefault="003F5A2E" w:rsidP="00E047A6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F5A2E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ü</w:t>
+            </w:r>
+            <w:r w:rsidR="007155B7" w:rsidRPr="003F5A2E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nitedeki kelimeleri </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F5A2E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>gö</w:t>
+            </w:r>
+            <w:r w:rsidR="007155B7" w:rsidRPr="003F5A2E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">zden </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007155B7" w:rsidRPr="003F5A2E">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>gecirme</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26370091" w14:textId="551840C4" w:rsidR="00887FA2" w:rsidRPr="003F5A2E" w:rsidRDefault="00DA010F" w:rsidP="00E047A6">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F5A2E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Anlatım, r</w:t>
+            </w:r>
+            <w:r w:rsidR="00E047A6" w:rsidRPr="003F5A2E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ol oynama, eşli diyalog, görsel destekli anlatım</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A47D2C" w:rsidRPr="007625C6" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D940AF3" w14:textId="2DEDA7F6" w:rsidR="00A47D2C" w:rsidRPr="007625C6" w:rsidRDefault="00887FA2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4374FDA5" w14:textId="0598CA25" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Information Exchange</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3375F5" w14:textId="77565475" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="003F506D">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003F5A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ü</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF7A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nitedeki kelimeleri listeleme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23414219" w14:textId="32A290EC" w:rsidR="00A47D2C" w:rsidRPr="00FE1875" w:rsidRDefault="00DA010F" w:rsidP="00201702">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatım, k</w:t>
+            </w:r>
+            <w:r w:rsidR="00E047A6" w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>elime eşleştirme etkinliği,</w:t>
+            </w:r>
+            <w:r w:rsidR="00201702" w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eşli konuşmayı yönlendirme </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="7351F88D" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D957F7" w14:textId="1151442A" w:rsidR="007155B7" w:rsidRPr="00887FA2" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00887FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A107964" w14:textId="69DC02AD" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rapport</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="650DE949" w14:textId="1C6EBC64" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="00AF7A21" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Konuyla ilgili </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ornek</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>cumleler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kurma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BB8E61" w14:textId="1491B806" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatım, b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>oşluk doldurma aktivitesi, not aldırma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6548EC" w14:textId="167AEB56" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAB814A" w14:textId="25EA114C" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Culture</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Clash</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="27F6581F" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="00AF7A21" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kulturel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hassasiyet </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Calismasi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A682109" w14:textId="018EC6C6" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatım, e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>şli diyalog, senaryo temelli öğrenme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="2E85E6CC" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09A8317D" w14:textId="04A2ED54" w:rsidR="007155B7" w:rsidRPr="00887FA2" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00887FA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="147F507F" w14:textId="30560D40" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Voice </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Visuals</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="733FC192" w14:textId="63B9858C" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="00AF7A21" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İletisimsel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>farkindaligi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> test etmek</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF1E909" w14:textId="5D5C8F96" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatım, g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rup çalışması, kelime eşleştirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DEC8DB" w14:textId="76A9FE96" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCC2790" w14:textId="7049EE4B" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Problems</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> On </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Phone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6216AD61" w14:textId="53D8969B" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="003F5A2E" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uzun telefon </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>gorüş</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF7A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>melerinden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AF7A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kurtulma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B065C00" w14:textId="0B871D77" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatım, g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rup çalışması, eşli diyalog</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04590A59" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE9B06" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE72139" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C966E6" w14:textId="40118295" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Leading</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Meetings</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7D3643" w14:textId="5A5DF1EC" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="00AF7A21" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ko</w:t>
+            </w:r>
+            <w:r w:rsidR="003F5A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nuya uygun senaryo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003F5A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>gelistirme</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003F5A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Ü</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nitedeki kelimeleri listeleme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50975E5D" w14:textId="390EC567" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatım, e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>şli diyalog, görsel eşleştirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1242F594" w14:textId="47D5B338" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Coaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD3F5E0" w14:textId="100D0477" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="00AF7A21" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Liderlik Yakla</w:t>
+            </w:r>
+            <w:r w:rsidR="003F5A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>şımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="378C5450" w14:textId="2A903664" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatım, g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rup çalışmaları, eşli anlatım</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B35FFE" w14:textId="4CA06B9A" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Promoting</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ideas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="017669E5" w14:textId="7970E9FF" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="00AF7A21" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Phrasal</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Verbs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cal</w:t>
+            </w:r>
+            <w:r w:rsidR="003F5A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ışması</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34DECDD6" w14:textId="0273D417" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatım, i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kili çalışma, rol oynama, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36C928C5" w14:textId="628B5FB6" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>kontrollü</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yazma aktivitesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BDADB8" w14:textId="157A72FB" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Relationship-building</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BE5125" w14:textId="14A7B408" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="003F5A2E" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Serbest Yazma Etkinliğ</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF7A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="213BE876" w14:textId="18EB216D" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatım, g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>örsel eşleştirme, tablo doldurma, ikili soru-cevap</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287BBCEB" w14:textId="727AD0BC" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Making</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Decision</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B48E8" w14:textId="054E6CD4" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="003F5A2E" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Karar verme sü</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF7A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>reci</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F8B557" w14:textId="7C19FBCA" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Geri bildirim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17983BCB" w14:textId="30283D73" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Crisis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="463A8CB9" w14:textId="0BC265A2" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="00AF7A21" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soru-Cevap </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Pratigi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3574F7" w14:textId="14711EAA" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anlatım, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ikili çalışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6A86DB" w14:textId="3BC1A52F" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Revi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sio</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF7A21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC441A5" w14:textId="4E345C12" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="00AF7A21" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Konulara genel bak</w:t>
+            </w:r>
+            <w:r w:rsidR="003F5A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ış</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1738B9" w14:textId="2EC51C99" w:rsidR="007155B7" w:rsidRPr="00FE1875" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Okuma-Dinleme Tekrarı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Soru - Cevap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682EA4FF" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607CC73E" w14:textId="54757E42" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF471FD" w14:textId="0A7578B2" w:rsidR="007155B7" w:rsidRPr="00E91137" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0A0783" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CF168A" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA07FD4" w14:textId="3BAD8288" w:rsidR="007155B7" w:rsidRPr="00E91137" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="007155B7" w:rsidRPr="002540BC" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ders İçin </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002540BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Kitabı</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3011E0E6" w14:textId="723FAFE8" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="009F4913" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>company</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.0</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> UPPER INTERMEDIATE STUDENTS’ BOOK PACK B2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="3241"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Önerilen Kaynaklar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23171847" w14:textId="513C00C1" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="004147E0" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004147E0">
+              <w:t>https://internationalaffairsresources.com</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:history="1"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin Ölçme </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CE2F29" w14:textId="30597E3B" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF41AA6" w14:textId="1C54AA7A" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AF3B95" w14:textId="0E4EA0D3" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="003F5A2E" w:rsidP="007155B7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+            <w:r w:rsidR="007155B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51774DDD" w14:textId="70363D34" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sözlü </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="003F5A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F2F518" w14:textId="7F089589" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB18371" w14:textId="5A290F3E" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="003F5A2E" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="007155B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FBA075" w14:textId="1B537B60" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7047698A" w14:textId="08390A6B" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA8C672" w14:textId="12EEBD65" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tablosu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="00466279" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549B0A4F" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE76651" w14:textId="57C7D1BC" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="00885E20" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4D27A9" w14:textId="6C6A9282" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="00885E20" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="458530B9" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21AAFFD4" w14:textId="7FC5CB31" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="00885E20" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38251A98" w14:textId="45542883" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="00885E20" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="453F63EA" w14:textId="64DF0AD7" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sözlü </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00885E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE8DF73" w14:textId="08263D1E" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD117A5" w14:textId="7C7CC7B6" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00885E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3384D8C1" w14:textId="47EAF528" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00885E20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ara Sınav (Ara Sınav Süresi + Ara Sınav Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5C7A5" w14:textId="15C20C5B" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8D88F" w14:textId="762D22C5" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="00885E20" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698DB0F" w14:textId="398DBAE8" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="00885E20" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Sınavı (Final Sınavı Süresi + Final Sınavı Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57453E3E" w14:textId="4C2DD2B7" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1671B335" w14:textId="4B0FF641" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="00885E20" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="509" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F4B433" w14:textId="6537A073" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="00885E20" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="007155B7" w:rsidRPr="00EC693D" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="353" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1139CD8F" w14:textId="7D261068" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="00885E20" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="833" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="007155B7" w:rsidRPr="00EC693D" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam / 30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="236" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F8EF1F" w14:textId="7447F0F5" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="00885E20" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>192</w:t>
+            </w:r>
+            <w:r w:rsidR="007155B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007155B7" w:rsidRPr="007625C6" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00E91137">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-            <w:tcW w:w="429" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS Kredisi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...323 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18FD7F" w14:textId="12E339E7" w:rsidR="007155B7" w:rsidRPr="007625C6" w:rsidRDefault="007155B7" w:rsidP="007155B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C73C7C" w:rsidRDefault="00C73C7C" w:rsidP="00C73C7C">
-[...10 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRDefault="003237AD"/>
+    <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRDefault="003237AD">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C73C7C" w:rsidRDefault="00C73C7C" w:rsidP="00C73C7C">
-[...32 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu11"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="007625C6" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003237AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Geçmiş Dönem Başarıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="007625C6" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05806513" w14:textId="639715FA" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="00940A0F" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36330930" wp14:editId="2D53616F">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="512801470" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="427BA7FB" w14:textId="64A1BE0B" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="00C22DF4" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C04A74B" wp14:editId="536D4460">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="007625C6" w14:paraId="2BCFF5A2" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7E970A" w14:textId="6D1BEE6F" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F752316" w14:textId="2FB62E1A" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F34D6" w:rsidRPr="007625C6" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="639ABC3C" w14:textId="02CE3775" w:rsidR="000F34D6" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42343372" w14:textId="3C323F5F" w:rsidR="000F34D6" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidRDefault="003A4CE2"/>
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="696D4EFE" w14:textId="77777777" w:rsidR="006C1E95" w:rsidRDefault="006C1E95" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="39B9A76B" w14:textId="77777777" w:rsidR="006C1E95" w:rsidRDefault="006C1E95" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7B7DC969" w14:textId="77777777" w:rsidR="006C1E95" w:rsidRDefault="006C1E95" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="0415B403" w14:textId="77777777" w:rsidR="006C1E95" w:rsidRDefault="006C1E95" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005C3A22"/>
-[...20 lines deleted...]
-    <w:rsid w:val="00EA32E8"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00007127"/>
+    <w:rsid w:val="00016E2C"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00031E0D"/>
+    <w:rsid w:val="00032696"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00054659"/>
+    <w:rsid w:val="00071815"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="0009222C"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000C73CF"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000E1FF5"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00127F57"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="00164E39"/>
+    <w:rsid w:val="0017139D"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="00184661"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="00197515"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001D7A91"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="00201702"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="0024779D"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="002669FB"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="002F136E"/>
+    <w:rsid w:val="002F7CE3"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="003133E0"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003340A7"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="00357E73"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="00377737"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003C5986"/>
+    <w:rsid w:val="003C718F"/>
+    <w:rsid w:val="003D0A34"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="003F2D3F"/>
+    <w:rsid w:val="003F2E75"/>
+    <w:rsid w:val="003F506D"/>
+    <w:rsid w:val="003F5A2E"/>
+    <w:rsid w:val="004054D7"/>
+    <w:rsid w:val="0041274F"/>
+    <w:rsid w:val="004147E0"/>
+    <w:rsid w:val="0042321B"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="004650DB"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00473679"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A1671"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004C0374"/>
+    <w:rsid w:val="004D1F40"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="00556CDB"/>
+    <w:rsid w:val="0056422E"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005D1BCD"/>
+    <w:rsid w:val="005D260E"/>
+    <w:rsid w:val="005D3776"/>
+    <w:rsid w:val="005D700D"/>
+    <w:rsid w:val="005E729D"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="006316BB"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="00655C06"/>
+    <w:rsid w:val="00656CDD"/>
+    <w:rsid w:val="0067174E"/>
+    <w:rsid w:val="006727BF"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006C1E95"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="00710A3A"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="007155B7"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00763BCF"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007864F2"/>
+    <w:rsid w:val="007876D5"/>
+    <w:rsid w:val="007A6F44"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D013F"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007D7651"/>
+    <w:rsid w:val="007E11F4"/>
+    <w:rsid w:val="007E667A"/>
+    <w:rsid w:val="007E6963"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="007F42D6"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00803824"/>
+    <w:rsid w:val="00805225"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0081597D"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="008222CB"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="00874DFD"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00885E20"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00887FA2"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008B3D25"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008E3FDD"/>
+    <w:rsid w:val="009020A7"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="00940A0F"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00984C8A"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009D7827"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="009F4913"/>
+    <w:rsid w:val="00A014DC"/>
+    <w:rsid w:val="00A17731"/>
+    <w:rsid w:val="00A31C0B"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A47D2C"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A60C9B"/>
+    <w:rsid w:val="00A61269"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A80FE5"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00AB70F3"/>
+    <w:rsid w:val="00AD221A"/>
+    <w:rsid w:val="00AE6835"/>
+    <w:rsid w:val="00AF2448"/>
+    <w:rsid w:val="00AF5F3B"/>
+    <w:rsid w:val="00AF7A21"/>
+    <w:rsid w:val="00B01EB8"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B40CFA"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B536BD"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B75510"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00B96829"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB2C69"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C22DF4"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C94544"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CA5A52"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D37DBF"/>
+    <w:rsid w:val="00D409F2"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00D87E4C"/>
+    <w:rsid w:val="00DA010F"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB096E"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E047A6"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E26530"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E647DA"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E74969"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E821A3"/>
+    <w:rsid w:val="00E83456"/>
+    <w:rsid w:val="00E8744C"/>
+    <w:rsid w:val="00E9090D"/>
+    <w:rsid w:val="00E90D93"/>
+    <w:rsid w:val="00E91137"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EB2AED"/>
+    <w:rsid w:val="00EC48AF"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EE69AB"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F027F5"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F322E8"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F461AC"/>
+    <w:rsid w:val="00F616D3"/>
+    <w:rsid w:val="00F77276"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91734"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FA4FAA"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FD01E6"/>
+    <w:rsid w:val="00FE1875"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6A0E76EB"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...22 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
@@ -11353,186 +8407,373 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C73C7C"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C73C7C"/>
+    <w:rsid w:val="00F77276"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C73C7C"/>
+    <w:rsid w:val="00F77276"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="docdata">
+    <w:name w:val="docdata"/>
+    <w:aliases w:val="docy,v5,1078,bqiaagaaeyqcaaagiaiaaaptawaabeedaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaa"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00A47D2C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D37DBF"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D37DBF"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...22 lines deleted...]
-    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
@@ -11581,1782 +8822,1975 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C73C7C"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu11">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 11"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C73C7C"/>
+    <w:rsid w:val="00F77276"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C73C7C"/>
+    <w:rsid w:val="00F77276"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="docdata">
+    <w:name w:val="docdata"/>
+    <w:aliases w:val="docy,v5,1078,bqiaagaaeyqcaaagiaiaaaptawaabeedaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaa"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00A47D2C"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D37DBF"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D37DBF"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="132798668">
+    <w:div w:id="24184187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="786896852">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2050448687">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2119060409">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://basw.co.uk/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>2023-2024</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>202</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> </a:t>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-[...1 lines deleted...]
-FLE</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-202</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> 203 Vocational English</a:t>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>4 G</a:t>
             </a:r>
-            <a:endParaRPr lang="tr-TR"/>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ü</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>z</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> D</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ö</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>nemi</a:t>
+            </a:r>
+            <a:endParaRPr lang="tr-TR" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>FLE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 20</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Uluslararas</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ı Finans ve Bankacılık</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...37 lines deleted...]
-          </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>4</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>11</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>7</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>3</c:v>
                 </c:pt>
-                <c:pt idx="7">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="8">
-                  <c:v>1</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-1C6D-4E52-A7F2-B3AF0A83CE1F}"/>
+              <c16:uniqueId val="{00000001-75BD-48F5-B1F2-36F2B03ACE44}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="155635072"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="230116352"/>
+        <c:axId val="229798976"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="236952576"/>
+        <c:axId val="230116352"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="155635072"/>
+        <c:crossAx val="229798976"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="155635072"/>
+        <c:axId val="229798976"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="236952576"/>
+        <c:crossAx val="230116352"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId2">
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
-  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-[...1 lines deleted...]
-FLE</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Güz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> 203  Vocational English</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Dönemi</a:t>
             </a:r>
-            <a:endParaRPr lang="tr-TR"/>
+            <a:endParaRPr lang="tr-TR" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>FLE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 20</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>3 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Uluslararası Finans ve Bankacılık</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.27325584301962258"/>
-          <c:y val="5.1768481546441765E-2"/>
+          <c:x val="0.21996146435452793"/>
+          <c:y val="6.6006600660066E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...37 lines deleted...]
-          </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>4</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>11</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>7</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>3</c:v>
                 </c:pt>
-                <c:pt idx="7">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="8">
-                  <c:v>1</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-FD35-46D6-B6B8-E2A11E24C5CF}"/>
+              <c16:uniqueId val="{00000001-75BD-48F5-B1F2-36F2B03ACE44}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="157007168"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="273102336"/>
+        <c:axId val="229801280"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="236727296"/>
+        <c:axId val="273102336"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="157007168"/>
+        <c:crossAx val="229801280"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="157007168"/>
+        <c:axId val="229801280"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="236727296"/>
+        <c:crossAx val="273102336"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId2">
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
-    <a:clrScheme name="Ofis">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Ofis">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Ofis">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...531 lines deleted...]
-</a:themeOverride>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3715</Characters>
+  <Pages>1</Pages>
+  <Words>650</Words>
+  <Characters>3705</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4358</CharactersWithSpaces>
+  <CharactersWithSpaces>4347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Betul TURGAY</dc:creator>
+  <dc:title>ÇAĞ UNIVERSITY</dc:title>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>