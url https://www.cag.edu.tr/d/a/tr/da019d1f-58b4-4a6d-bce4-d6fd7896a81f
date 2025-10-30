--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -1,47 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="997"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="117"/>
         <w:gridCol w:w="25"/>
         <w:gridCol w:w="855"/>
         <w:gridCol w:w="792"/>
@@ -997,64 +998,52 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68DC02A2" w14:textId="2F0CD5DD" w:rsidR="000C4061" w:rsidRPr="000C4061" w:rsidRDefault="000C4061" w:rsidP="000C4061">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Öğr. Üyesi Gürcan </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Öğr. Üyesi Gürcan Demiroğları</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1564" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="5B844574" w14:textId="77777777" w:rsidR="000C4061" w:rsidRDefault="000C4061" w:rsidP="000C4061">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1557,78 +1546,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="000B6BB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3392DE1D" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3392DE1D" w14:textId="76F93C63" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="245FC917" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="245FC917" w14:textId="3460E098" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C4061" w:rsidRPr="007625C6" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="005F601D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -1684,78 +1690,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversite yönetmelikleri ve disiplin mevzuatı hakkında bilgi sahibi ol</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ur. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC074F8" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2CC074F8" w14:textId="528E8F96" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E540A1C" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6E540A1C" w14:textId="79831245" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C4061" w:rsidRPr="007625C6" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="005F601D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -1825,78 +1848,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>bilg</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">iye sahip olur. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130E6C82" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="130E6C82" w14:textId="42273D71" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B65611D" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2B65611D" w14:textId="48CCF295" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C4061" w:rsidRPr="007625C6" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="005F601D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -1968,78 +2008,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> kazan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ır. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18E382" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7A18E382" w14:textId="766CEA9E" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27DCF042" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="27DCF042" w14:textId="7CFB1E79" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C4061" w:rsidRPr="007625C6" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="005F601D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2109,78 +2166,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ve uygul</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1561474B" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1561474B" w14:textId="4B71B60B" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF8D652" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4FF8D652" w14:textId="0037EFE7" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C4061" w:rsidRPr="007625C6" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="005F601D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -2252,78 +2326,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve bu hedeflere nasıl ulaşılacağını planla</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="070A6310" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="070A6310" w14:textId="6461AD91" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34872425" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="34872425" w14:textId="63604B5C" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C4061" w:rsidRPr="007625C6" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="005F601D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2377,78 +2468,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Üniversite hayatını etkili bir şekilde değerlendirebil</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ir. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58F7A50C" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="58F7A50C" w14:textId="124C9142" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F83A37D" w14:textId="77777777" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="000C4061" w:rsidP="000C4061">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2F83A37D" w14:textId="1E6D54F0" w:rsidR="000C4061" w:rsidRPr="007625C6" w:rsidRDefault="00AE77D8" w:rsidP="000C4061">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B5C97" w:rsidRPr="007625C6" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="001B5C97" w:rsidRPr="001B5C97" w:rsidRDefault="001B5C97" w:rsidP="003A0CE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
@@ -2467,719 +2575,148 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FCAB1F0" w14:textId="3716BA1F" w:rsidR="001B5C97" w:rsidRPr="001B5C97" w:rsidRDefault="000C4061" w:rsidP="000C4061">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000C4061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Üniversite</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Üniversite Hayatına Giriş Dersi,</w:t>
+            </w:r>
+            <w:r w:rsidR="008C752D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bölümün birinci yarıyılında eğitim gören öğrencilerin</w:t>
+            </w:r>
             <w:r w:rsidRPr="000C4061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> Çağ Üniversitesini ve üniversite hayatını sosyal</w:t>
+            </w:r>
+            <w:r w:rsidR="008C752D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:r w:rsidRPr="000C4061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Hayatına</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>kültürel</w:t>
+            </w:r>
+            <w:r w:rsidR="008C752D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
             <w:r w:rsidRPr="000C4061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>akademik yönleriyle tanıması v</w:t>
+            </w:r>
+            <w:r w:rsidR="008C752D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
             <w:r w:rsidRPr="000C4061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Giriş</w:t>
-[...609 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> üniversite yaşamına uyum sağlaması konularını kapsar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="001B5C97">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -7486,115 +7023,115 @@
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5269A0A7" w14:textId="277E7C32" w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidRDefault="003A4CE2"/>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1CE67F48" w14:textId="77777777" w:rsidR="00A60485" w:rsidRDefault="00A60485" w:rsidP="0034027E">
+    <w:p w14:paraId="6E7D5ECC" w14:textId="77777777" w:rsidR="00867228" w:rsidRDefault="00867228" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F1D3FD3" w14:textId="77777777" w:rsidR="00A60485" w:rsidRDefault="00A60485" w:rsidP="0034027E">
+    <w:p w14:paraId="62C9A2AB" w14:textId="77777777" w:rsidR="00867228" w:rsidRDefault="00867228" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BD48FF4" w14:textId="77777777" w:rsidR="00A60485" w:rsidRDefault="00A60485" w:rsidP="0034027E">
+    <w:p w14:paraId="373036E3" w14:textId="77777777" w:rsidR="00867228" w:rsidRDefault="00867228" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="48F5B87D" w14:textId="77777777" w:rsidR="00A60485" w:rsidRDefault="00A60485" w:rsidP="0034027E">
+    <w:p w14:paraId="271C0A63" w14:textId="77777777" w:rsidR="00867228" w:rsidRDefault="00867228" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -7620,52 +7157,51 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="105"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
@@ -7758,123 +7294,126 @@
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="008651D7"/>
     <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00867228"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008C752D"/>
     <w:rsid w:val="008D11AC"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A06D4E"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A60485"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00AE77D8"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80723"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00C96A33"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CD3AEE"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DB7977"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DC78A1"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F818C3"/>
@@ -8198,50 +7737,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
@@ -9093,75 +8633,83 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>526</Words>
-  <Characters>2999</Characters>
+  <Words>473</Words>
+  <Characters>3066</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>306</Lines>
+  <Paragraphs>176</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3518</CharactersWithSpaces>
+  <CharactersWithSpaces>3363</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>155b30d4-64cc-4cd5-93b9-f37108b17a3c</vt:lpwstr>
+  </property>
+</Properties>
+</file>