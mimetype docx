--- v0 (2025-10-05)
+++ v1 (2026-02-01)
@@ -1,9540 +1,10148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:tbl>
-[...7100 lines deleted...]
-    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="009F1125" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="0313CC15" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
       <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="112"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38977048" w14:textId="77777777" w:rsidR="003F43EC" w:rsidRPr="009F1125" w:rsidRDefault="003F43EC">
+    <w:p w14:paraId="2988E4C6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
       <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:ind w:right="15"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008377DD">
+        <w:t>DERS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
+        <w:t>İZLENCESİ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(SYLLABUS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03BD3AAE" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="127"/>
+        <w:ind w:left="2" w:right="15"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008377DD">
+        <w:t>İktisadi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
+        <w:t>İdari</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
+        <w:t>Bilimler</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008377DD">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fakültesi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D80D8EA" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A6C0974" w14:textId="77777777" w:rsidR="003F43EC" w:rsidRPr="009F1125" w:rsidRDefault="003F43EC">
+    <w:p w14:paraId="230E4939" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
       <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="21"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5410"/>
-        <w:gridCol w:w="5447"/>
+        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="272"/>
+        <w:gridCol w:w="859"/>
+        <w:gridCol w:w="3425"/>
+        <w:gridCol w:w="1255"/>
+        <w:gridCol w:w="791"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="366"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="757"/>
+        <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0019658F" w:rsidRPr="009F1125" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="606BDBEF" w14:textId="77777777">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="761BDCBB" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="223"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="25EFE7A6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2120" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F968C90" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="690"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2297" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9B7888" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="483"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Değeri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="32791B7A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24E15A8F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="479"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>IRE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>433</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="745BE7A7" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Uluslararası</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Küreselleşme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2120" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04D2EB5B" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="642"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>(3-0-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2297" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A9BB4F0" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="22"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="2816E798" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1FEB50" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110" w:right="688"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ön</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">koşul </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Dersler:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9097" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="42934DA7" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="45B3ECC4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="11BF8997" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Dili:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C0E1163" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>İngilizce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="42BDF142" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="85" w:right="710"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">İşleme </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Tarzı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BDD5935" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="112"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Yüz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Yüze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="13EBE288" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="228F02FB" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Türü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6372209D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Düzeyi:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9097" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C5A012D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Zorunlu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>4.Yıl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>/Güz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Dönemi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="02061EBE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="511"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5179" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5E444F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Öğretim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Üyesinin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Unvanı,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A6F80C9" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="353" w:firstLine="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2120" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AC830D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="152"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Görüşme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Saatleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2297" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2C5002" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="776"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="60D6A989" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5179" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FD61379" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Özge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Çetiner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12B5E87F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="113" w:right="122"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perşembe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>10:15-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67A50AF4" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
+              <w:ind w:right="8"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>12:35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2120" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41A22309" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="445" w:right="174" w:hanging="250"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>Çarşamba-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cuma </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>10:00- 15:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2297" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0426D56F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="997" w:hanging="852"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId6">
+              <w:r w:rsidRPr="008377DD">
+                <w:rPr>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:t>ozgecetiner@cag.ed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>u.tr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="76171EBF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2632DF09" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A33630" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Koordinatörü:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9097" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="786281B6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Özge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Çetiner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="507F56BE" w14:textId="77777777">
+        <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:tcW w:w="10851" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="70037A7F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Amacı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="5B33A747" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="402F938F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="182"/>
+              <w:ind w:left="1027"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Öğrenme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7214" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C3CBB4C" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40EA5775" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="104"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Bu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>dersi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>başarıyla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>tamamlayan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>öğrenci;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3014" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7929FF4A" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="5D97C9DB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="585"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="67A5301F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7214" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47341397" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E06B23" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="365" w:hanging="44"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Program Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="437AEB0A" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="165"/>
+              <w:ind w:left="31" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Net</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="63317FE5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2327ADA1" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="443CAF83" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="67260D01" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="89"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>küreselleşmenin</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>uluslararası</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ilişkiler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="50"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>üzerindeki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="48"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve">etkilerini </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>açıklar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CDC617" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="25" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="26353B52" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="31" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="6D7AD38E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D045C7D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B5D219F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2EDF8E21" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="89"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>küreselleşmenin</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="71"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ekonomik,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="70"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>siyasi,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="70"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>kültürel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="69"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>teknolojik boyutlarını betimler.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="515C58C3" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="25" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EC60356" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="31" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="3D1B6496" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C12DC35" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A96AD34" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="217F7677" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="89"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Küreselleşmenin devletler,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>uluslararası</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>kurumlar,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve">çokuluslu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>şirketler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>sivil</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>toplum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>örgütleri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>üzerindeki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>etkilerini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>tanımlar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F06D27" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="25"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>7,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F98344D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="31"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="47DF0213" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EEE96A6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02163513" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28FEDA6B" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>farklı</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>aktörlerin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>rollerini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>analiz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>eder.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="540DFD69" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="25"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>7,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37BF7B03" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="31"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="046F0878" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="515F6087" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5306FBC6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DF5C7E0" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6901BA42" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>küreselleşmenin</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>güvenlik,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>eşitsizlik,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>kimlik,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>çevre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>sorunları</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="025366AC" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="86"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>uluslararası</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="35"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>işbirliği</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>üzerindeki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>sonuçlarını</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">karşılaştırarak </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>değerlendirir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="54968F27" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EFEADA1" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="25" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B57B787" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F289F2A" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="31" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="21E9F236" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A4A0F6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70BFCE23" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09540D94" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>alandaki</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>teorik</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>bilgiyi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>güncel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>gelişmelere</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>uygular.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="789999CA" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="25" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="37ADCEF9" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="31" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="7029B2A0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="26FDCD99" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="71C52119" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3293B6F7" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="89"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>takım</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>çalışması</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>iletişim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>becerilerini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>kullanarak</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">akademik </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>araştırma yürütür.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DEF75F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="25" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC4E8F3" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="31" w:right="3"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="23D08D72" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="2023"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB6AA2D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CAB322D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EB0BA2B" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CE2EAF3" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>İçeriği:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9097" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="785C3255" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="108" w:right="85"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Bu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ders,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>küreselleşmenin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>uluslararası</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ilişkiler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>üzerindeki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>etkilerini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>anlamayı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>bu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve">sürecin ekonomik, siyasi, kültürel ve teknolojik boyutlarını kavratmayı amaçlar. Öğrenciler, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>küreselleşmenin devletler,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>uluslararası</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>kurumlar,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>çokuluslu şirketler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>ve sivil toplum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">örgütleri </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>üzerindeki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>etkilerini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>tanımlar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>açıklar;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>farklı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>aktörlerin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>rollerini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>analiz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>eder;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>küreselleşmenin güvenlik, eşitsizlik, kimlik, çevre sorunları ve uluslararası işbirliği üzerindeki sonuçlarını değerlendirir. Ayrıca ders kapsamında öğrenciler, teorik bilgiyi güncel örnekler üzerinden</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0403E0B7" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="91"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>uygular</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve küreselleşme sürecine dair farklı yaklaşımları karşılaştırarak alternatif yorumlar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>üretir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="2D4E598F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10851" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CF1466" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>İçerikleri:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Haftalık</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Planı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="200CDDAA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31CE87E2" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="172"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4284" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B3FC723" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Konu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38C761FB" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="769"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5406B2F9" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Öğretim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Yöntem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="66BAFAAB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A0891E" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4284" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="31B90CE1" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Giriş</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="232FEA6F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="00415DE0" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="7D7BE1FD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E2F56FA" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4284" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6928896A" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Küreselleşme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Nedir?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="532C841E" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="231" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>World</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Spiky</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Or</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>World</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Flat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DD56037" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="133"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DD91EB5" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="25EE9223" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="149997C1" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4284" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="635F8FDE" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Küreselleşmenin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Ekonomik</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Boyutu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="641F1FCC" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="133"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1913C162" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4C6911C5" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:sectPr w:rsidR="00507D3F" w:rsidRPr="008377DD">
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="425" w:bottom="527" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="896"/>
+        <w:gridCol w:w="2554"/>
+        <w:gridCol w:w="998"/>
+        <w:gridCol w:w="756"/>
+        <w:gridCol w:w="365"/>
+        <w:gridCol w:w="1906"/>
+        <w:gridCol w:w="1112"/>
+        <w:gridCol w:w="2273"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="6F613050" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75DB9039" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0338DCDD" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Küreselleşmenin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Ekonomik</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Boyutu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="377DAB08" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1713D8" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="5577B1BC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E876E29" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9A19E6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Küreselleşmenin Siyasi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Boyutu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE061E6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="71188A1F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="40660EAD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEA577B" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="182AEFE3" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Küreselleşmenin Siyasi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Boyutu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4241A803" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BD75F0B" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>aracılığıyla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tekrar, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım ve tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="5F13DFB5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="264DC90F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1126FF7F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Küreselleşmenin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Kültürel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Boyutu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="202463B6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F11F5EA" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="78"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Uygulaması,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım ve Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="19C8520F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="394"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="187A0A75" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CEFECF8" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B629DFE" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5153E014" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="1E0A8EB8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3500C76A" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="79EF0FA9" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6338C4A6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DCF0B2" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="2BDEDF1D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1611E936" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="482C7137" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Küreselleşmenin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>İdeolojik</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Boyutu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C003873" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F827C13" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="1E5AFA7D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="202218D4" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="571F46D2" w14:textId="092AEA4B" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="008377DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ulus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Devletin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Sonu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Mu?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ECBCE7" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4617E939" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="0384136C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23484B87" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="278643C6" w14:textId="1A021F10" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Küreselleşme</w:t>
+            </w:r>
+            <w:r w:rsidR="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve Bölgeselleşme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E2D294" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB554D3" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="387A0E65" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE9D7F1" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="320E4438" w14:textId="1C4F57F2" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="008377DD">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Küreselleşmenin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Sorunları</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t>Geleceği</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="685BE1FF" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F9E2AF" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="78"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Uygulaması,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Anlatım ve tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="128364B1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8702B9" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F80385D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Öğrenci</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Araştırma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Ödevi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Sunumları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FF3AB9" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7CBD9E" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="665"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Problem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Tabanlı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Öğrenme </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>(PTÖ), Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="00EF6720" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BA8B61" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7081E11A" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Öğrenci</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Araştırma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Ödevi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Sunumları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A58C9E" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="07107214" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Problem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Tabanlı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Öğrenme</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CF5133A" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>(PTÖ),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="332A003D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B53DBF0" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B29718F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Genel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Tekrar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF66B91" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8973BE" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Soru-Cevap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="0D333AA5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D57F12F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="61CC8DC9" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F683FA4" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5E7ECC" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="24AAA434" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015D79F4" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1C26FB" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="251064DF" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="00FA7D6E" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="1F0FE926" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10860" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="416A1E0E" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>İçin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="0D333F30" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="407021BC" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7410" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="28CAF55A" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Steger</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Manfred</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve"> B. (2023). </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Globalization</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">: A </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Very</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Short</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve">(6th ed.). Oxford </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>University</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Press</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="2BEA228B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="020BBE7A" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1796FDFA" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Önerilen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kaynaklar:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7410" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="169A2762" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Friedman,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Thomas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>L.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>The</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>World</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Flat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Brief</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>History</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>the</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Twenty</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve">-First Century, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Version</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve"> 3.0, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Picador</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>, USA, 2007.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32E590A0" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="234" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Global</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Politics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Andrew</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Heywood</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>2011,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>by</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Palgrave</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>MacMillan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="264748E3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10860" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="503BEEDC" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ölçme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="2D948421" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="17C3F393" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="53641057" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D3AD73" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="285"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B1F86F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Notlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="05CDC9A8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="359DBC9B" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F595F3F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A7E508" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="333"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%35</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0A222D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="95"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Yazılı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="4765070F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="42BDD313" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Proje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="07575DB7" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB2F8D7" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="16013543" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="7FFC1833" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CC9B60" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Bireysel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ödev</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sunumları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09716BF3" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F46F3FC" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="333"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%15</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="400AF8EB" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="95"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Bireysel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Çalışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="1164D772" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="05394BA6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Grup</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Çalışması</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Sunumları</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Ders </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>İçi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Faaliyetlere</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Katılım)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0217E12C" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6925FB7F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="712E1EE9" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="77568108" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A9DB32" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Portfolyo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="634B0280" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FABD392" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE07789" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="752DF455" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA10DEF" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A077BE" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1E9FC4" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="333"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%50</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE42A0C" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="95"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Yazılı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="40E98634" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10860" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F03693F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Tablosu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="6C683B80" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="59CE5D85" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE68EFB" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="338"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="140820F5" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="26" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E50E74" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="11" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="66C6D0E3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BF82A6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0422E6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CBBB07D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="26" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="776E8A91" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="72DD876C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="74488A2D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Sınıf</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Dışı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Çalışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE9C7E7" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA69D98" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="26" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF89E4C" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="7E58FB75" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A134D1" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Bireysel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ödev</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sunumları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E74160F" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="067F1904" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="26"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EF6094" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="11" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="5B41C5E9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B3B4B6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Grup</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Çalışması</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Sunumları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="272871AD" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="21" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="559DBF3B" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBE1BEB" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="107E72D7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="055256B0" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Proje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D445A6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="21" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6480D57B" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8ACA44" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="4D248571" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E08574E" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Sınav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>(Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Sınav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Süresi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>+</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t xml:space="preserve">Sınav </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="010A23D5" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0D4358" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="26"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="00DD842E" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0D202AC1" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00507D3F" w:rsidRPr="008377DD">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="425" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4448"/>
+        <w:gridCol w:w="1133"/>
+        <w:gridCol w:w="3006"/>
+        <w:gridCol w:w="2273"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="2C10E27E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2614DFDE" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:lastRenderedPageBreak/>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Sınavı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>(Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Sınavı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Süresi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>+</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>Final Sınavı Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1133" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09DD1281" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="011BA3F4" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C6D66E3" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="46943CC7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8587" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECDBA74" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:ind w:right="93"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Toplam:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5576B896" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="4AD57AB6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8587" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEC7E34" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="93"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EB2578C" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>166/30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:t>≈</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="418423D6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8587" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD184D6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="93"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kredisi:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52E1F516" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="055F903A" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E2CBF7C" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55BADDA6" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="81"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="98" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5411"/>
+        <w:gridCol w:w="5450"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="3B03DFF0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10861" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="155F82"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD60ED4" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Geçmiş</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dönem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Başarıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008377DD" w:rsidRPr="008377DD" w14:paraId="05834511" w14:textId="77777777" w:rsidTr="009F6DDF">
+        <w:trPr>
+          <w:trHeight w:val="4171"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EB2DD05" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4ED5D2B2" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00507D3F">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="237"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C00D43F" w14:textId="0FC51183" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="2352" w:right="976" w:hanging="726"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="009F35EF">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="009F35EF">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Güz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yarıyılı </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>IRE433</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46DB7012" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="139"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B652FD7" wp14:editId="23E92D57">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>314007</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>153630</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2914650" cy="9525"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2" name="Group 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2914650" cy="9525"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="2914650" cy="9525"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="3" name="Graphic 3"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="4762"/>
+                                  <a:ext cx="2914650" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2914650">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="4BBF3316" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.7pt;margin-top:12.1pt;width:229.5pt;height:.75pt;z-index:-251657216;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="29146,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcT6yebgIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjhxm3Qx4hRDswYD&#10;irZAM+xZkeULJksapcTJ34+SL0nTYg8dDAiUSJE8h8da3B5qSfYCbKVVSiejMSVCcZ1Vqkjpz839&#10;l6+UWMdUxqRWIqVHYent8vOnRWMSEetSy0wAwSTKJo1JaemcSaLI8lLUzI60EQqduYaaOdxCEWXA&#10;Gsxeyygej2dRoyEzoLmwFk9XrZMuQ/48F9w95bkVjsiUYm8urBDWrV+j5YIlBTBTVrxrg32gi5pV&#10;CosOqVbMMbKD6k2quuKgrc7diOs60nlecREwIJrJ+ALNGvTOBCxF0hRmoAmpveDpw2n5434N5sU8&#10;Q9s9mg+a/7bIS9SYIjn3+31xCj7kUPtLCIIcAqPHgVFxcITjYTyfXM+mSDxH33waT1vCeYlTeXOJ&#10;l9//dS1iSVsyNDY00hhUjj2RY/+PnJeSGRE4tx78M5AqS+kVJYrVqN91J5UrD8SXxhjPXrezHZHv&#10;cnN9M4tb/O/SM4lvgh4HnCzhO+vWQgea2f7BulauWW+xsrf4QfUmoOi93GWQu6ME5Q6UoNy3bXXD&#10;nL/nZ+dN0pzm5M9qvRcbHbzuYkbY2skr1XmUn/T4Bv/2XgQY20ag4cugoFojlEb7HJxUvosgEF/Y&#10;alll95WUYQPF9k4C2TMEtZr7z+PADK/CDFi3YrZs44KrC5MqiNkm7XT81LY6O+JoG5xmSu2fHQNB&#10;ifyhUDz+legN6I1tb4CTdzq8JYEgrLk5/GJgiC+fUoeTfdS9hljSD81DH2L9TaW/7ZzOKz9R1HPf&#10;UbdBPQcr/PZovXpXzvch6vSQLv8CAAD//wMAUEsDBBQABgAIAAAAIQDFRUNN3wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsIWpGlaRr11JjYmhhvW3YKpOwsYbdA/73j&#10;SY/z3sub7xWr2XZixMG3jhTEiwgEUuVMS7WCz/3r3RKED5qM7hyhggt6WJXXV4XOjZvoA8ddqAWX&#10;kM+1giaEPpfSVw1a7ReuR2Lv6AarA59DLc2gJy63nUyi6EFa3RJ/aHSPmwar0+5sFbxNelrfxy/j&#10;9nTcXL732fvXNkalbm/m9TOIgHP4C8MvPqNDyUwHdybjRacgfUo5qSBJExDsZ9GShQML2SPIspD/&#10;B5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANxPrJ5uAgAAkAUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMVFQ03fAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
+                      <v:shape id="Graphic 3" o:spid="_x0000_s1027" style="position:absolute;top:47;width:29146;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALMDWGwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RagIx&#10;FETfBf8hXKFvmrUVka1RSlFofZCq/YDbzXV32+RmSeLu+vdGKPg4zMwZZrnurREt+VA7VjCdZCCI&#10;C6drLhV8n7bjBYgQkTUax6TgSgHWq+Fgibl2HR+oPcZSJAiHHBVUMTa5lKGoyGKYuIY4eWfnLcYk&#10;fSm1xy7BrZHPWTaXFmtOCxU29F5R8Xe8WAXt12z2iZfp+fdnZzb7jd92OzJKPY36t1cQkfr4CP+3&#10;P7SCF7hfSTdArm4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACzA1hsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2914078,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B672DB1" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="437D1B2D" wp14:editId="31886C82">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>314007</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>88479</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2914650" cy="939800"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="4" name="Group 4"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2914650" cy="939800"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="2914650" cy="939800"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="5" name="Graphic 5"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="4762"/>
+                                  <a:ext cx="2914650" cy="774700"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="774191"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="774191"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="774191"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="774191"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="774191"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="774191"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="620267"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="620267"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="620267"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="620267"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="620267"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="620267"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="464819"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="464819"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="464819"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="464819"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="464819"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="464819"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="310896"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="310896"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="310896"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="310896"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="310896"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="310896"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="155448"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="155448"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="155448"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="155448"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="774700">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="6" name="Graphic 6"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="1266380" y="4762"/>
+                                  <a:ext cx="1548765" cy="930275"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="89916" y="774192"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="774192"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="929767"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="89916" y="929767"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="89916" y="774192"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="382524" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="291084" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="291084" y="929767"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="382524" y="929767"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="382524" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="964692" y="774192"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="873252" y="774192"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="873252" y="929767"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="964692" y="929767"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="964692" y="774192"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="1255776" y="774192"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1164336" y="774192"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1164336" y="929767"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1255776" y="929767"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1255776" y="774192"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="1548384" y="155448"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1456944" y="155448"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1456944" y="929767"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1548384" y="929767"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1548384" y="155448"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="155F82"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="7" name="Graphic 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="934529"/>
+                                  <a:ext cx="2914650" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2914650" h="635">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="126"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="21DF6364" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.7pt;margin-top:6.95pt;width:229.5pt;height:74pt;z-index:-251660288;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="29146,9398" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuZ5AExgQAALEXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu4zYQfS/QfxD03lj3G+Isik0TFFjs&#10;LrAp+kzLkiVUFlWSjp2/75AUZVK2du0o6dMigEVFM8PDM0POkW4/HLaN9VwQWuN2abs3jm0VbY7X&#10;dbtZ2n89PfyW2BZlqF2jBrfF0n4pqP3h7tdfbvddVni4ws26IBYEaWm275Z2xViXLRY0r4otoje4&#10;K1p4WGKyRQxuyWaxJmgP0bfNwnOcaLHHZN0RnBeUwn/v5UP7TsQvyyJnX8qSFsxqljZgY+KXiN8V&#10;/13c3aJsQ1BX1XkPA70CxRbVLUw6hLpHDFk7Up+E2tY5wRSX7CbH2wUuyzovxBpgNa4zWs0jwbtO&#10;rGWT7TfdQBNQO+Lp1WHzz8+PpPvWfSUSPQw/4fwfCrws9t0m05/z+83R+FCSLXeCRVgHwejLwGhx&#10;YFYO//RSN4hCID6HZ6mfJk5PeV5BXk7c8uqP7zsuUCanFeAGMPsOqoceCaLzCPpWoa4QvFNOwFdi&#10;1eulHdpWi7ZQw499uYS8evjUYMMZ7O9oT+ZZfoI48mTRnaUojoNYUjSsFGX5jrLHAguy0fMnymTR&#10;rtUIVWqUH1o1JFD6vOgbUfTMtqDoiW1B0a/k/B1i3I9nkA+tvZatamn3SPjjLX4unrAwZMeUgYGb&#10;ujwWQD2aNK1u6oZhHESBbUH6DQdpBp587ldgcKMgSZ0zgaeQeLHn+94Zh7lIvMSFpJ4JPIkE9oQT&#10;w7n41pzoSCLP8aL4B9nhu1MhMRzmcqJnxwg8yYmWHcNhLhI4eoBmI+QUBr1WDYe5GPS8wGZI3PSK&#10;vBgOc5HoeTECT3Gi7xrDYS4SmRcj5BQGPS+Gw1wMel5810nS6Iq8GA5zkeh5MQJPcaLnxXCYi0Tm&#10;xQg5hUHPi+HwNhggfBAkP8iIjsFwmItBz4gReIoN/Sw1HOYikRkRsuk7jVafXtmOZu6brej5MNZV&#10;RdPy9p+GXihELMVNvX6om4Y3Zko2q48NsZ4RqIn7lP/1STHMOkLZPaKVtBOPerOmFVqSZlIYccG0&#10;wusXUFV7EFJLm/67Q6SwrebPFnQbLJepAVGDlRoQ1nzEQsoLzQBzPh3+RqSz+PRLm4Go+oyVfEOZ&#10;Ukt86YMt92zx7zuGy5pLKZCSClF/A1JSCrt315TRWFOKI+hiTel6UeQn/Vl6oizdMEjiCGSrFN+O&#10;FwvFCmQoaarXgOIK3mHeXlkOUEBZpr5AwtNw3EydUJZJmrpAiRJGQikD3KOZLGnI5liIKlNloK66&#10;Yeql8aCJlIG6jgFcZSyk7RhC3mBaSHk8FrkX0uEnXthLVrWnp6iA/e8kUoQqU7UydZUr1AwvWKKG&#10;4DrrMYj5ZKRREKXe5cWRxD6wd2qv6FDXPvFH6wsWqmG5zvqdCsX14D0rvmLnuNDffP+Mg2JFXSU7&#10;uvkFC9bhXGn+XgTBUej3+8PozlP7yQ3CKA3khjIcFDHq2hOkmV+yYg3OleZnwZzsLt7w1Ps9jPVz&#10;3ujaRnOH0A+JOsU0M9Egfzbvkw9C8bh5i/fti5u3bNupH4SeUFQoO/tJyPVidZj+722bq0rx+Q7a&#10;duRLcXjcMbL0r9enoFoGacg/FvXFOgx+KtTLFKr4BgrfhQVx/Tds/uFZv4ex/qX97j8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCa2x6o3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NasMwEITvhb6D&#10;2EBvjezmh9ixHEJoewqFJoXS28ba2CaWZCzFdt6+21Nz3G+G2ZlsM5pG9NT52lkF8TQCQbZwural&#10;gq/j2/MKhA9oNTbOkoIbedjkjw8ZptoN9pP6QygFh1ifooIqhDaV0hcVGfRT15Jl7ew6g4HPrpS6&#10;w4HDTSNfomgpDdaWP1TY0q6i4nK4GgXvAw7bWfza7y/n3e3nuPj43sek1NNk3K5BBBrDvxn+6nN1&#10;yLnTyV2t9qJRME/m7GQ+S0CwvohWDE4MlnECMs/k/YL8FwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAC5nkATGBAAAsRcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAJrbHqjfAAAACQEAAA8AAAAAAAAAAAAAAAAAIAcAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAAsCAAAAAA=&#10;">
+                      <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;top:47;width:29146;height:7747;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,774700" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCCDMpxwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbpi74h65RiiAoiGD14PFt87Yt27x0m2jrtzeC4HGYmd8wy3VnKnGnxpWWFUzGEQji&#10;zOqScwWX83a0AOE8ssbKMil4kIP1qt9bYqxtyye6pz4XAcIuRgWF93UspcsKMujGtiYO3q9tDPog&#10;m1zqBtsAN5X8iqKZNFhyWCiwpk1B2V96Mwqux+Qw39a7nyzdR/pgb23yf0mUGg665BuEp85/wu/2&#10;TiuYwutKuAFy9QQAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCCDMpxwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,774191r1557464,em1648904,774191r1074420,em2814764,774191r99314,em2814764,620267r99314,em1648904,620267r1074420,em,620267r1557464,em2814764,464819r99314,em1648904,464819r1074420,em,464819r1557464,em2814764,310896r99314,em1648904,310896r1074420,em,310896r1557464,em,155448r1557464,em1648904,155448r1265174,em,l2914078,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 6" o:spid="_x0000_s1028" style="position:absolute;left:12663;top:47;width:15488;height:9303;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1548765,930275" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDZIXDBxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8lGajB2ljVimKoJdAtdDrc/c1CWbfxt2Nxn/fLRR6HGbmG6ZcjbYTV/KhdaxgmuUg&#10;iLUzLdcKPo/bl1cQISIb7ByTgjsFWC0fH0osjLvxB10PsRYJwqFABU2MfSFl0A1ZDJnriZP37bzF&#10;mKSvpfF4S3DbyVmez6XFltNCgz2tG9Lnw2AVDNU+Hy7187nV5m36tdHVqZqRUpOn8X0BItIY/8N/&#10;7Z1RMIffK+kGyOUPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANkhcMHEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m89916,774192l,774192,,929767r89916,l89916,774192xem382524,l291084,r,929767l382524,929767,382524,xem964692,774192r-91440,l873252,929767r91440,l964692,774192xem1255776,774192r-91440,l1164336,929767r91440,l1255776,774192xem1548384,155448r-91440,l1456944,929767r91440,l1548384,155448xe" fillcolor="#155f82" stroked="f">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 7" o:spid="_x0000_s1029" style="position:absolute;top:9345;width:29146;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,635" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBf+2HxwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6oHlWoUFYQ97MW6oN4ezesfbF5KEmv99kYQ9jjMzG+Y1aY3jejI+dqygsk4AUGc&#10;W11zqeDvdPhegPABWWNjmRQ8ycNmPfhaYartg4/UZaEUEcI+RQVVCG0qpc8rMujHtiWOXmGdwRCl&#10;K6V2+Ihw08hpksykwZrjQoUt7SvKb9ndKCjubvcbinl3Pc6yy+W8eJ76fa3UaNhvlyAC9eE//Gn/&#10;aAVzeF+JN0CuXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBf+2HxwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l2914078,126e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7050C041" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64EC7F9D" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FE88991" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76F27037" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC7E770" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09069E77" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DF9E87C" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRPr="008377DD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1072"/>
+                <w:tab w:val="left" w:pos="1521"/>
+                <w:tab w:val="left" w:pos="1971"/>
+                <w:tab w:val="left" w:pos="3352"/>
+                <w:tab w:val="left" w:pos="3816"/>
+                <w:tab w:val="left" w:pos="4275"/>
+                <w:tab w:val="left" w:pos="4734"/>
+              </w:tabs>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="598"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>FF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>FD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="47"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DC</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>BB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="008377DD">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5450" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFC2895" w14:textId="6D20E9EC" w:rsidR="003237AD" w:rsidRPr="009F1125" w:rsidRDefault="003237AD" w:rsidP="00F17985">
-            <w:pPr>
+          <w:p w14:paraId="5758D229" w14:textId="52FCE1F6" w:rsidR="00507D3F" w:rsidRPr="009F6DDF" w:rsidRDefault="0066448B" w:rsidP="009F6DDF">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...55 lines deleted...]
-            <w:r w:rsidRPr="009F1125">
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17941382" wp14:editId="7AC58839">
-                  <wp:extent cx="3298190" cy="1924050"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="05940822" wp14:editId="4A756BBD">
+                  <wp:extent cx="3076961" cy="2036831"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1" name="Grafik 1"/>
+                  <wp:docPr id="14" name="Grafik 14"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...21 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="009F1125" w:rsidRDefault="003A4CE2">
-[...11 lines deleted...]
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
+    <w:p w14:paraId="17FD4C4F" w14:textId="77777777" w:rsidR="00B777D3" w:rsidRPr="008377DD" w:rsidRDefault="00B777D3"/>
+    <w:sectPr w:rsidR="00B777D3" w:rsidRPr="008377DD">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="1280" w:right="425" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20BE63AB" w14:textId="77777777" w:rsidR="00632CC1" w:rsidRDefault="00632CC1" w:rsidP="0034027E">
+    <w:p w14:paraId="4B06699D" w14:textId="77777777" w:rsidR="00B777D3" w:rsidRDefault="00B777D3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D95177B" w14:textId="77777777" w:rsidR="00632CC1" w:rsidRDefault="00632CC1" w:rsidP="0034027E">
+    <w:p w14:paraId="57863BCE" w14:textId="77777777" w:rsidR="00B777D3" w:rsidRDefault="00B777D3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...8 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29D674D6" w14:textId="77777777" w:rsidR="00632CC1" w:rsidRDefault="00632CC1" w:rsidP="0034027E">
+    <w:p w14:paraId="3C18801C" w14:textId="77777777" w:rsidR="00B777D3" w:rsidRDefault="00B777D3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AEEE03E" w14:textId="77777777" w:rsidR="00632CC1" w:rsidRDefault="00632CC1" w:rsidP="0034027E">
+    <w:p w14:paraId="3F331035" w14:textId="77777777" w:rsidR="00B777D3" w:rsidRDefault="00B777D3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+  <w:p w14:paraId="165A9D1E" w14:textId="77777777" w:rsidR="00507D3F" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="GvdeMetni"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00911FE6">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:b w:val="0"/>
         <w:noProof/>
-        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
-          <wp:extent cx="2160000" cy="651484"/>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72F54B35" wp14:editId="475315EE">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>2804609</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>331672</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1966935" cy="390448"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPr id="1" name="Image 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2160000" cy="651484"/>
+                    <a:ext cx="1966935" cy="390448"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...1476 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
-[...1 lines deleted...]
-  <w:defaultTabStop w:val="708"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003A4CE2"/>
-[...407 lines deleted...]
-    <w:rsid w:val="00FF4ADE"/>
+    <w:rsidRoot w:val="00507D3F"/>
+    <w:rsid w:val="00507D3F"/>
+    <w:rsid w:val="0066448B"/>
+    <w:rsid w:val="006F2D40"/>
+    <w:rsid w:val="008377DD"/>
+    <w:rsid w:val="009F35EF"/>
+    <w:rsid w:val="009F6DDF"/>
+    <w:rsid w:val="00B777D3"/>
+    <w:rsid w:val="00F34579"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6A0E76EB"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{37064ACD-A132-4FB8-8220-5060ED1930AD}"/>
+  <w14:docId w14:val="33DB6C50"/>
+  <w15:docId w15:val="{D49DC244-B54D-49D6-800C-C1E930F22D06}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...14 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -9683,729 +10291,213 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+      <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-[...2 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
-[...1 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:strike w:val="0"/>
-[...157 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00782ECC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:before="72"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...366 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ozgecetiner@cag.ed" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:sysClr val="windowText" lastClr="000000">
-[...2 lines deleted...]
-                  </a:sysClr>
+                  <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2025-2026 Güz Yarıyılı</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:sysClr val="windowText" lastClr="000000">
-[...2 lines deleted...]
-                  </a:sysClr>
+                  <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>IRE433</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
-                <a:sysClr val="windowText" lastClr="000000">
-[...2 lines deleted...]
-                </a:sysClr>
+                <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
@@ -10429,50 +10521,109 @@
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sayfa1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Öğrenci Sayısı</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000004-D1AB-48CD-801D-642CDEFC2C77}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-D1AB-48CD-801D-642CDEFC2C77}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="9"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000002-D1AB-48CD-801D-642CDEFC2C77}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
           <c:trendline>
             <c:spPr>
               <a:ln w="19050" cap="rnd">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:prstDash val="sysDot"/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
               <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
@@ -10500,73 +10651,73 @@
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>6</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>5</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-60D1-4E2F-B225-6ACACD50C73E}"/>
+              <c16:uniqueId val="{00000001-D1AB-48CD-801D-642CDEFC2C77}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
         <c:axId val="1492079743"/>
         <c:axId val="1492079263"/>
       </c:barChart>
       <c:catAx>
         <c:axId val="1492079743"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
@@ -11233,394 +11384,370 @@
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>562</Words>
-  <Characters>3548</Characters>
+  <Words>632</Words>
+  <Characters>3605</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Cag University</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4102</CharactersWithSpaces>
+  <CharactersWithSpaces>4229</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-10-03T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2026-01-27T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
+  </property>
+</Properties>
+</file>