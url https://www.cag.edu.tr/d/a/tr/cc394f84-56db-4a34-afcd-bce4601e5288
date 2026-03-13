--- v0 (2025-11-06)
+++ v1 (2026-03-13)
@@ -9,816 +9,860 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
-        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="618"/>
-[...15 lines deleted...]
-        <w:gridCol w:w="1540"/>
+        <w:gridCol w:w="1182"/>
+        <w:gridCol w:w="676"/>
+        <w:gridCol w:w="2247"/>
+        <w:gridCol w:w="596"/>
+        <w:gridCol w:w="443"/>
+        <w:gridCol w:w="404"/>
+        <w:gridCol w:w="376"/>
+        <w:gridCol w:w="256"/>
+        <w:gridCol w:w="1201"/>
+        <w:gridCol w:w="2809"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00C5255C" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00C5255C" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10857" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="00C5255C" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>DERS İZLENCESİ (SYLLABUS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DE1DD46" w14:textId="48EBA9EB" w:rsidR="005A2B8A" w:rsidRPr="00C5255C" w:rsidRDefault="00E35CE4" w:rsidP="00F00C10">
+          <w:p w14:paraId="0DE1DD46" w14:textId="6FA3F079" w:rsidR="005A2B8A" w:rsidRPr="00C5255C" w:rsidRDefault="009951BD" w:rsidP="00F00C10">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Fen- Edebiyat</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005A2B8A" w:rsidRPr="00C5255C">
+              <w:t>Fen-</w:t>
+            </w:r>
+            <w:r w:rsidR="00E35CE4" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>Edebiyat</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2B8A" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t xml:space="preserve"> Fakültesi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00482527" w:rsidRPr="00C5255C" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00482527" w:rsidRPr="00C5255C" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00C5255C" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersin </w:t>
             </w:r>
             <w:r w:rsidR="00482527" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4824" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00C5255C" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dersin Adı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00C5255C" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kredisi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2300" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00C5255C" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AKTS</w:t>
             </w:r>
             <w:r w:rsidR="003A0CE5" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Değeri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00C5255C" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00C5255C" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74FD4430" w14:textId="5B9CC716" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00E35CE4" w:rsidP="007730F5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TDE 2</w:t>
             </w:r>
             <w:r w:rsidR="007730F5" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4824" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="332DDDD9" w14:textId="288E6FA2" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00E35CE4" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Eski Türk Edebiyatı I</w:t>
             </w:r>
             <w:r w:rsidR="007730F5" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01A4A3C7" w14:textId="727AD657" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00E35CE4" w:rsidP="00D60183">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(3-0</w:t>
             </w:r>
             <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2300" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="242BC9E2" w14:textId="656EED98" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00E35CE4" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00C5255C" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00C5255C" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00681162" w:rsidP="00FB3417">
-            <w:pPr>
+          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00681162" w:rsidP="003D1400">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ön</w:t>
             </w:r>
             <w:r w:rsidR="007625C6" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>koşul Dersler</w:t>
             </w:r>
             <w:r w:rsidR="00F96934" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9246" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC4E30B" w14:textId="0C601DBF" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00D60183" w:rsidP="00833C72">
-            <w:pPr>
+          <w:p w14:paraId="4BC4E30B" w14:textId="0C601DBF" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00D60183" w:rsidP="003618F9">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yok</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00C5255C" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00C5255C" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="007657E1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00681162" w:rsidP="007625C6">
-            <w:pPr>
+          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00681162" w:rsidP="003D1400">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dersin Dili</w:t>
             </w:r>
             <w:r w:rsidR="00F96934" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3544" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26CBDD8E" w14:textId="6AB844E7" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00D60183" w:rsidP="00833C72">
-            <w:pPr>
+          <w:p w14:paraId="26CBDD8E" w14:textId="6AB844E7" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00D60183" w:rsidP="003618F9">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Türkçe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00681162" w:rsidP="007625C6">
-            <w:pPr>
+          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00681162" w:rsidP="007657E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ders İşleme Tarzı</w:t>
             </w:r>
             <w:r w:rsidR="00F96934" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3630" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="608EE131" w14:textId="1D4BC597" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00D60183" w:rsidP="00833C72">
-            <w:pPr>
+          <w:p w14:paraId="608EE131" w14:textId="1D4BC597" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00D60183" w:rsidP="003618F9">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yüz yüze</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00C5255C" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="00C5255C" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
-            <w:pPr>
+          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="00681162" w:rsidP="003D1400">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersin Türü </w:t>
             </w:r>
             <w:r w:rsidR="00A8173B" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ve </w:t>
             </w:r>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Düzeyi</w:t>
             </w:r>
             <w:r w:rsidR="00F96934" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9246" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19D6D351" w14:textId="2FE5D498" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="007730F5">
-            <w:pPr>
+          <w:p w14:paraId="19D6D351" w14:textId="0088EB67" w:rsidR="00681162" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="003618F9">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="009951BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Zorunlu</w:t>
+            </w:r>
             <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zorunlu / </w:t>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidR="003618F9" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lisans/ </w:t>
+            </w:r>
+            <w:r w:rsidR="003618F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Yıl/ </w:t>
             </w:r>
             <w:r w:rsidR="007730F5" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bahar</w:t>
             </w:r>
+            <w:r w:rsidR="009951BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dönemi</w:t>
+            </w:r>
             <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Dönemi / Lisans</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00C5255C" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="001B5C97">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00C5255C" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5155" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00F96934" w:rsidP="00F96934">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dersi</w:t>
             </w:r>
@@ -877,4932 +921,6020 @@
               <w:t>Adı</w:t>
             </w:r>
             <w:r w:rsidR="00466279" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve</w:t>
             </w:r>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Soyadı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ders Saati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Görüşme Saatleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2300" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>İletişim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00C5255C" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00C5255C" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5155" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68DC02A2" w14:textId="1B7149BE" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00D60183" w:rsidP="00D60183">
-[...16 lines deleted...]
-              <w:t>Doç. Dr. Belde AKA KİYAĞA</w:t>
+          <w:p w14:paraId="68DC02A2" w14:textId="3E28B38D" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="009951BD" w:rsidP="00D60183">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Gör. Dr. Gülnihal AŞC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009951BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5DF00B" w14:textId="53D8334E" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00D60183" w:rsidP="00EB57A7">
+          <w:p w14:paraId="5B5DF00B" w14:textId="314C2AAB" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="009951BD" w:rsidP="00EB57A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Salı 1</w:t>
+              <w:t xml:space="preserve">Perşembe </w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00EB57A7" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00EB57A7" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>0- 1</w:t>
+              <w:t>0-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00EB57A7" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00EB57A7" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2122" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DCEC51D" w14:textId="349E2351" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00D60183" w:rsidP="00D26EA0">
+          <w:p w14:paraId="3DCEC51D" w14:textId="43218C72" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00D60183" w:rsidP="00D26EA0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Çarşamba 1</w:t>
             </w:r>
-            <w:r w:rsidR="00D26EA0" w:rsidRPr="00C5255C">
+            <w:r w:rsidR="00480D2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="009951BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.00-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00480D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00480D2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5255C">
-[...43 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2300" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="406CD1B0" w14:textId="5826B5F8" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00060B10" w:rsidP="00833C72">
-[...19 lines deleted...]
-            </w:hyperlink>
+          <w:p w14:paraId="406CD1B0" w14:textId="7D54146D" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="009951BD" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009951BD">
+              <w:t>gulnihalasci@cag.edu.tr</w:t>
+            </w:r>
             <w:r w:rsidR="00D60183" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00C5255C" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00C5255C" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00F96934" w:rsidP="0034027E">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C5255C">
+          <w:p w14:paraId="1A5E64B1" w14:textId="55E7B8B3" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00C12DC9" w:rsidP="003D1400">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dersin Koordinatörü</w:t>
             </w:r>
             <w:r w:rsidR="00833C72" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9246" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3B751E" w14:textId="6A2B3215" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="004E27FE" w:rsidP="0034027E">
-[...16 lines deleted...]
-              <w:t>Doç. Dr. Belde AKA KİYAĞA</w:t>
+          <w:p w14:paraId="7C3B751E" w14:textId="32DFFAEA" w:rsidR="00F96934" w:rsidRPr="00C5255C" w:rsidRDefault="00C12DC9" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C12DC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C12DC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Gör. Dr. Gülnihal AŞCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003537D4" w:rsidRPr="00C5255C" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
+      <w:tr w:rsidR="003537D4" w:rsidRPr="00C5255C" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10857" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66EAB58D" w14:textId="433FF5A7" w:rsidR="003537D4" w:rsidRPr="00C5255C" w:rsidRDefault="003537D4" w:rsidP="00BC33E0">
+          <w:p w14:paraId="66EAB58D" w14:textId="0F6ADB6E" w:rsidR="003537D4" w:rsidRPr="00C5255C" w:rsidRDefault="003537D4" w:rsidP="00BC33E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dersin Amacı</w:t>
             </w:r>
             <w:r w:rsidR="00BF3F28" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="007B40C0" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00C12DC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bu derste öğrencilere eski Türk edebiyatına dair temel bilgiler ve edebî sanatlar öğretilecek; XIII. yüzyıl eski Türk e</w:t>
+            </w:r>
             <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Bu derste Eski Türk Edebiyatına esas olacak temel bilgiler ve edebi sanatlar kazandırılacaktır. 13. yüzyıl Eski Türk Edebiyatının özellikleri, temsilcileri ve eserleri örnek metinlerden yola çıkarak tanıtılacaktır.</w:t>
+              <w:t xml:space="preserve">debiyatının </w:t>
+            </w:r>
+            <w:r w:rsidR="00C12DC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>özellikleri, şair-yazarları</w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:r w:rsidR="00C12DC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onların </w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eserle</w:t>
+            </w:r>
+            <w:r w:rsidR="00C12DC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ri örnek metinlerden yararlanılara</w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>k tanıtılacaktır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="003A0CE5" w:rsidP="00A8173B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dersin Öğrenme Çıktıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="7221" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
-            <w:pPr>
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="003A0CE5" w:rsidP="00AF2294">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3018" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>İlişkiler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="7221" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Program Çıktıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00C5255C" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Net Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6894" w:rsidRPr="00C5255C" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="008C7A5B">
+      <w:tr w:rsidR="000B6894" w:rsidRPr="00C5255C" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="000B6894" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="000B6894" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="659C2DB8" w14:textId="14299FDC" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="005A44D2">
-            <w:pPr>
+          <w:p w14:paraId="659C2DB8" w14:textId="3E2F0202" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="00A64B40" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t>Edebi sanatları tanıyıp beyitlerde tespit edebilir.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Edebî</w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sanatları tanıyıp beyitlerde tespit edebilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3392DE1D" w14:textId="16A1646C" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="00DC4486" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="245FC917" w14:textId="48963789" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="00DC4486" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008529DB" w:rsidRPr="00C5255C" w14:paraId="4553B8AD" w14:textId="77777777" w:rsidTr="008C7A5B">
+      <w:tr w:rsidR="008529DB" w:rsidRPr="00C5255C" w14:paraId="4553B8AD" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="7C8F79CA" w14:textId="77777777" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="008529DB" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2740338B" w14:textId="4F16C23F" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="008529DB" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="65062A65" w14:textId="12625EC1" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="00D505BD">
-            <w:pPr>
+          <w:p w14:paraId="65062A65" w14:textId="5B572BCD" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beyitleri nesre çevirip anlam verebilir.   </w:t>
+              <w:t xml:space="preserve">Beyitleri nesre çevirip </w:t>
+            </w:r>
+            <w:r w:rsidR="007A1B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">beyitlere </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">anlam verebilir.   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="389548CC" w14:textId="210780F7" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="00466279">
-[...17 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w14:paraId="389548CC" w14:textId="69711B04" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5216875C" w14:textId="37EB44FE" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="00DC4486" w:rsidP="00466279">
-[...9 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+          <w:p w14:paraId="5216875C" w14:textId="6133E19A" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="00DC4486" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>,5,5</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008529DB" w:rsidRPr="00C5255C" w14:paraId="5FCFFFBC" w14:textId="77777777" w:rsidTr="008C7A5B">
+      <w:tr w:rsidR="008529DB" w:rsidRPr="00C5255C" w14:paraId="5FCFFFBC" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="08A20AE2" w14:textId="77777777" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="008529DB" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B884855" w14:textId="3726CB9F" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="008529DB" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="464BC29D" w14:textId="17964760" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="008529DB">
-            <w:pPr>
+          <w:p w14:paraId="464BC29D" w14:textId="17964760" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Beyitlerde yer alan anlam katmanlarını kavrayıp beyitleri şerh edebilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6375E3CA" w14:textId="57547348" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="003B04ED">
-[...17 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w14:paraId="6375E3CA" w14:textId="4C275CB5" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="003B04ED">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB0A5A8" w14:textId="55E3F652" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="003B04ED">
-[...19 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w14:paraId="3CB0A5A8" w14:textId="63DFDBFF" w:rsidR="008529DB" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="003B04ED">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6894" w:rsidRPr="00C5255C" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="008C7A5B">
+      <w:tr w:rsidR="000B6894" w:rsidRPr="00C5255C" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="000B6894" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23678C1D" w14:textId="4C9662DA" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="008529DB" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5676F5CC" w14:textId="59B4704F" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="004D14FE">
-            <w:pPr>
+          <w:p w14:paraId="5676F5CC" w14:textId="6C6C70D8" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="007A1B2E" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>13. yüzyılda Anadolu’da gelişen Türk edebiyatını değerlendirebilir.</w:t>
+              <w:t>XIII</w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. yüzyılda Anad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">olu’da gelişen Türk edebiyatını </w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>değerlendirebilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CC074F8" w14:textId="62B32377" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="00DC4486" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E540A1C" w14:textId="0D6481B9" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="00DC4486" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B6894" w:rsidRPr="00C5255C" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="008C7A5B">
+      <w:tr w:rsidR="000B6894" w:rsidRPr="00C5255C" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="000B6894" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A5D0A91" w14:textId="062F2680" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="008529DB" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6B3CF6" w14:textId="54F974AE" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="00454603">
-            <w:pPr>
+          <w:p w14:paraId="1E6B3CF6" w14:textId="6EDED313" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="007A1B2E" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t>13. Anadolu sahası Divan şairlerini</w:t>
+            <w:r w:rsidRPr="007A1B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>XIII. yüzyıl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anadolu sahası d</w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ivan şairlerini</w:t>
             </w:r>
             <w:r w:rsidR="00454603" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ve eserlerini</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00C5255C">
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onların </w:t>
+            </w:r>
+            <w:r w:rsidR="00454603" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eserlerini</w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tanı</w:t>
             </w:r>
             <w:r w:rsidR="00454603" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>r.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="130E6C82" w14:textId="73C9A3E1" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="00DC4486" w:rsidP="00BC33E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B65611D" w14:textId="19A0DDC9" w:rsidR="000B6894" w:rsidRPr="00C5255C" w:rsidRDefault="00DC4486" w:rsidP="00BC33E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC33E0" w:rsidRPr="00C5255C" w14:paraId="680172EE" w14:textId="77777777" w:rsidTr="008C7A5B">
+      <w:tr w:rsidR="00BC33E0" w:rsidRPr="00C5255C" w14:paraId="680172EE" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="618" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="07BDB879" w14:textId="77777777" w:rsidR="00BC33E0" w:rsidRPr="00C5255C" w:rsidRDefault="00BC33E0" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="993" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="145AA74B" w14:textId="1AA30FD5" w:rsidR="00BC33E0" w:rsidRPr="00C5255C" w:rsidRDefault="00BC33E0" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6228" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="74D09799" w14:textId="7F0C4172" w:rsidR="00BC33E0" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="001B712E">
-            <w:pPr>
+          <w:p w14:paraId="74D09799" w14:textId="7F0C4172" w:rsidR="00BC33E0" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="007A1B2E">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tasavvuf düşünce sistemi hakkında fikir edinerek, tasavvufi şiir şerhi yapabilir.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0154C0FF" w14:textId="784BCA0A" w:rsidR="00BC33E0" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="00466279">
-[...17 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w14:paraId="0154C0FF" w14:textId="25A61B2F" w:rsidR="00BC33E0" w:rsidRPr="00C5255C" w:rsidRDefault="001B712E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B7CA638" w14:textId="0E92E7E8" w:rsidR="00BC33E0" w:rsidRPr="00C5255C" w:rsidRDefault="00BC33E0" w:rsidP="00466279">
-[...17 lines deleted...]
-              <w:t>5,5</w:t>
+          <w:p w14:paraId="2B7CA638" w14:textId="38A50BD3" w:rsidR="00BC33E0" w:rsidRPr="00C5255C" w:rsidRDefault="00BC33E0" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>,5</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00A64B40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001B712E" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5C97" w:rsidRPr="00C5255C" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="00C5255C" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1611" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="001B5C97" w:rsidRPr="00C5255C" w:rsidRDefault="001B5C97" w:rsidP="003A0CE5">
-            <w:pPr>
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="001B5C97" w:rsidRPr="00C5255C" w:rsidRDefault="001B5C97" w:rsidP="001C20A8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dersin İçeriği:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="9246" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCAB1F0" w14:textId="77777777" w:rsidR="001B5C97" w:rsidRPr="00C5255C" w:rsidRDefault="001B5C97" w:rsidP="001B5C97">
-            <w:pPr>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="392BE238" w:rsidR="001B5C97" w:rsidRPr="00C5255C" w:rsidRDefault="006E4824" w:rsidP="006E4824">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eski Türk edebiyatı metinlerindeki </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E4824">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>edebî sanatlar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> incelenecektir. Örnek beyitlerden yararlanarak </w:t>
+            </w:r>
+            <w:r w:rsidR="00191B59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">metin şerhi yapılacaktır. </w:t>
+            </w:r>
+            <w:r w:rsidR="001C53B0" w:rsidRPr="001C53B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>XIII. yüzyıl eski Türk edebiyatın</w:t>
+            </w:r>
+            <w:r w:rsidR="001C53B0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>a dair bilgiler öğretilecektir.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10857" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="001B5C97">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ders İçerikleri:</w:t>
             </w:r>
             <w:r w:rsidR="00A566C4" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>(Haftalık Ders Planı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hafta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Konu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Hazırlık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="00A566C4" w:rsidP="00466279">
             <w:pPr>
               <w:ind w:left="-288" w:firstLine="288"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Öğretim Yöntem ve Teknikleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="470003E1" w14:textId="61B49B4C" w:rsidR="003923D0" w:rsidRPr="00C5255C" w:rsidRDefault="004474D4" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="470003E1" w14:textId="495CD11D" w:rsidR="003923D0" w:rsidRPr="00C5255C" w:rsidRDefault="004474D4" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dersin tanıtımı ve derse ilişkin beklentilerin paylaşılması</w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:r w:rsidR="008976F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66A1AA39" w14:textId="082A70AB" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="66A1AA39" w14:textId="082A70AB" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="630C4497" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="630C4497" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="145E2442" w14:textId="77777777" w:rsidR="003923D0" w:rsidRPr="00C5255C" w:rsidRDefault="007F10DA" w:rsidP="00425477">
-[...17 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="4374FDA5" w14:textId="0D581306" w:rsidR="007F10DA" w:rsidRPr="00C5255C" w:rsidRDefault="007F10DA" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Teşbih ve türleri; istiare ve türleri. </w:t>
+              <w:t>Divan şiirinde edeb</w:t>
+            </w:r>
+            <w:r w:rsidR="008976F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">î sanatların yeri, önemi ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sınıflandırılması</w:t>
+            </w:r>
+            <w:r w:rsidR="008976F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>; teşbih ve istiare sanatları hakkında bilgi verilerek bu sanatlara dair örnek beyit çözümlemeleri yapılması.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00C5255C">
-[...12 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3375F5" w14:textId="06663C5B" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="007F10DA" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="7A3375F5" w14:textId="7AFF1FF9" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="00643A87" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t>Ders Kitabı s. 405-415</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders k</w:t>
+            </w:r>
+            <w:r w:rsidR="007F10DA" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>itabı s. 405-415</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23414219" w14:textId="5D71C45C" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="004D0930" w:rsidP="00EB5453">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="23414219" w14:textId="7B2AF662" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="004D0930" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
+            <w:r w:rsidR="00643A87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, k</w:t>
+            </w:r>
             <w:r w:rsidR="000501AC" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Kavram haritası </w:t>
+              <w:t xml:space="preserve">avram haritası </w:t>
+            </w:r>
+            <w:r w:rsidR="00643A87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ve b</w:t>
             </w:r>
             <w:r w:rsidR="00A53FEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">ve Beyit üzerinde </w:t>
+              <w:t xml:space="preserve">eyit üzerinde </w:t>
             </w:r>
             <w:r w:rsidR="00EB5453">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
             <w:r w:rsidR="007F10DA" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ygulama</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5255C">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F3E81" w:rsidRPr="00C5255C" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="006F3E81" w:rsidRPr="00C5255C" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="006F3E81" w:rsidRPr="00C5255C" w:rsidRDefault="006F3E81" w:rsidP="00466279">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00C5255C">
+          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="006F3E81" w:rsidRPr="00EB21CC" w:rsidRDefault="006F3E81" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB21CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BAB814A" w14:textId="56F7B0BA" w:rsidR="006F3E81" w:rsidRPr="00C5255C" w:rsidRDefault="007F10DA" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="6BAB814A" w14:textId="66D4E00F" w:rsidR="006F3E81" w:rsidRPr="00EB21CC" w:rsidRDefault="007F10DA" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidRPr="00EB21CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mecâz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidRPr="00EB21CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">-ı </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidRPr="00EB21CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mürsel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidRPr="00EB21CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, kinaye, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidRPr="00EB21CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ta’riz</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
-[...22 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:r w:rsidRPr="00EB21CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, teşhis ve intak</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE40F0">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE40F0" w:rsidRPr="00FE40F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sanatları hakkında bilgi </w:t>
+            </w:r>
+            <w:r w:rsidR="00FE40F0" w:rsidRPr="00FE40F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>verilerek bu sanatlara dair örnek beyit çözümlemeleri yapılması.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D8BE1F4" w14:textId="05EA771B" w:rsidR="006F3E81" w:rsidRPr="00C5255C" w:rsidRDefault="007F10DA" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="7B59F5BA" w:rsidR="006F3E81" w:rsidRPr="00EB21CC" w:rsidRDefault="00626886" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t>Ders Kitabı s. 415-421</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ders k</w:t>
+            </w:r>
+            <w:r w:rsidR="007F10DA" w:rsidRPr="00EB21CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>itabı s. 415-421</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A682109" w14:textId="616EEB30" w:rsidR="006F3E81" w:rsidRPr="00C5255C" w:rsidRDefault="002E0E3F" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00C5255C">
+          <w:p w14:paraId="6A682109" w14:textId="3A3B1812" w:rsidR="006F3E81" w:rsidRPr="00C5255C" w:rsidRDefault="002E0E3F" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB21CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Anlatım ve </w:t>
             </w:r>
-            <w:r w:rsidR="00DE5AD4">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">uygulama </w:t>
+            <w:r w:rsidR="00FE40F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AD4" w:rsidRPr="00EB21CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eyit üzerinde </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB21CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>uygulama</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00A83E25">
+      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCC2790" w14:textId="1DE774E1" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00DE39B5" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Îham</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>îham</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">-ı tenasüp ve </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-ı tenasüp, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>îham</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
-[...22 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-ı tezat ve</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5255C" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tevriye</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE39B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sanatları hakkında bilgi verilerek bu sanatlara dair örnek beyit çözümlemeleri yapılması.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4264994C" w14:textId="41FE6BC3" w:rsidR="00C5255C" w:rsidRPr="00626886" w:rsidRDefault="00626886" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>Ders Kitabı s.421-429</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00626886">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders k</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5255C" w:rsidRPr="00626886">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>itabı s.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626886">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C5255C" w:rsidRPr="00626886">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>421-429</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B065C00" w14:textId="2608A428" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="1B065C00" w14:textId="5F10A194" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Anlatım ve </w:t>
             </w:r>
+            <w:r w:rsidR="00DE39B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
             <w:r w:rsidR="00DE5AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beyit üzerinde </w:t>
+              <w:t xml:space="preserve">eyit üzerinde </w:t>
             </w:r>
             <w:r w:rsidR="00DE5AD4" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>uygulama</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00A83E25">
+      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-[...7 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB57E5F" w14:textId="032A1670" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tenasüp,</w:t>
+            </w:r>
+            <w:r w:rsidR="008D402F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
-[...6 lines deleted...]
-              <w:t>Tenasüp,leff</w:t>
+            <w:r w:rsidR="008D402F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>leff</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="008D402F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ü </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="008D402F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>neşr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="008D402F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t>Tecâhül</w:t>
+            <w:r w:rsidR="008D402F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tecâhül</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="008D402F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">-i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="008D402F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ârif</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="008D402F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="008D402F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>hüsn</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="008D402F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">-i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="008D402F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ta’lîl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidR="008D402F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sihr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>-i helâl. Beyit örnekleriyle uygulama çalışmaları.</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="5"/>
+              <w:t>-i helâl</w:t>
+            </w:r>
+            <w:r w:rsidR="008D402F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008D402F" w:rsidRPr="008D402F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sanatları hakkında bilgi verilerek bu sanatlara dair örnek beyit çözümlemeleri yapılması.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BDCA38" w14:textId="4816DE16" w:rsidR="00C5255C" w:rsidRPr="00626886" w:rsidRDefault="00626886" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Ders Kitabı s. 431-446</w:t>
+            <w:r w:rsidRPr="00626886">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders k</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5255C" w:rsidRPr="00626886">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>itabı s. 431-446</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0399AA" w14:textId="56A9ACA4" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="5A0399AA" w14:textId="37F84C6B" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Anlatım ve </w:t>
             </w:r>
+            <w:r w:rsidR="008D402F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
             <w:r w:rsidR="00DE5AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beyit üzerinde </w:t>
+              <w:t xml:space="preserve">eyit üzerinde </w:t>
             </w:r>
             <w:r w:rsidR="00DE5AD4" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>uygulama</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="00B334E8">
+      <w:tr w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00DE5AD4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Mübalağa sanatı ve çeşitleri, tezat, tekrir, nidâ. </w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0931D2E2" w14:textId="537BA791" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00651E36" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mübalağa, tezat, tekrir, nidâ, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t>İstifhâm</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AD4" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>stifhâm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="00DE5AD4" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...22 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rücu ve</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AD4" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> telmih </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00651E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sanatları hakkında bilgi verilerek bu sanatlara dair örnek beyit çözümlemeleri yapılması.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5773CCF7" w14:textId="0BCDF343" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00DE5AD4" w:rsidP="00C5255C">
-            <w:pPr>
+          <w:p w14:paraId="5773CCF7" w14:textId="20FCB982" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00C800DC" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t>Ders Kitabı s.447-459 /s. 461-464</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders k</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AD4" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>itabı s.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AD4" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>447-459 /s. 461-464</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="108B07A9" w14:textId="54FF6889" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00DE5AD4" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="108B07A9" w14:textId="6DE3A1F3" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00DE5AD4" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Anlatım ve </w:t>
             </w:r>
+            <w:r w:rsidR="00651E36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beyit üzerinde </w:t>
+              <w:t xml:space="preserve">eyit üzerinde </w:t>
             </w:r>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>uygulama</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00DE5AD4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="333F1193" w14:textId="4A38A585" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00DE5AD4" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="333F1193" w14:textId="2396D1EB" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00626886" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>İrsâl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
-[...12 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-i mesel, iktibas, c</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AD4" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>inas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, iştikak ve</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AD4" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> akis </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00626886">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>sanatları hakkında bilgi verilerek bu sanatlara dair örnek beyit çözümlemeleri yapılması.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1591F644" w14:textId="680447A0" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00DE5AD4" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="1591F644" w14:textId="4AF7ECEC" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00C800DC" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t>Ders Kitabı s. 464-486</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders k</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE5AD4" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>itabı s. 464-486</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA15B95" w14:textId="51035FEF" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00DE5AD4" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="1BA15B95" w14:textId="1E7B7727" w:rsidR="00DE5AD4" w:rsidRPr="00C5255C" w:rsidRDefault="00DE5AD4" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Anlatım ve </w:t>
             </w:r>
+            <w:r w:rsidR="00C800DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beyit üzerinde </w:t>
+              <w:t xml:space="preserve">eyit üzerinde </w:t>
             </w:r>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>uygulama</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFFAB3C" w14:textId="77777777" w:rsidR="005221D8" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="00466279">
-[...20 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="0B811A21" w:rsidR="005221D8" w:rsidRPr="00C5255C" w:rsidRDefault="00FF421C" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara s</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1866" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04590A59" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="04590A59" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66EE9B06" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="66EE9B06" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE72139" w14:textId="77777777" w:rsidR="005221D8" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="00466279">
-[...20 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          <w:p w14:paraId="3BE72139" w14:textId="2CDAB739" w:rsidR="005221D8" w:rsidRPr="00C5255C" w:rsidRDefault="00FF421C" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara s</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1866" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF2690A" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB47C99" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00846659">
+      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...21 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C966E6" w14:textId="075EDDE0" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metin şerhi, bir beyti açıklarken izlenmesi gereken sıra, beyti nesre çevirme, bilinmeyen kelimelerin anlamlarının bulunması, </w:t>
+            </w:r>
+            <w:r w:rsidR="002B46F9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">beyti günümüz Türkçesine çevirme, </w:t>
+            </w:r>
+            <w:r w:rsidR="0074595E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>beyte anlam verme, edebî</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sanatları bulma</w:t>
+            </w:r>
+            <w:r w:rsidR="0074595E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7D3643" w14:textId="65884FAF" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="1A7D3643" w14:textId="65884FAF" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50975E5D" w14:textId="0F7EDDF6" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="007810C4">
-            <w:pPr>
+          <w:p w14:paraId="50975E5D" w14:textId="7C8707BE" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
             <w:r w:rsidR="007810C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve</w:t>
             </w:r>
+            <w:r w:rsidR="003008F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> g</w:t>
+            </w:r>
+            <w:r w:rsidR="0074595E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rup ç</w:t>
+            </w:r>
             <w:r w:rsidR="00DE5AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Grup Çalışması</w:t>
+              <w:t>alışması</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00846659">
+      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16BE0142" w14:textId="32FFA818" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-[...21 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1242F594" w14:textId="4C34A78C" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="001C20A8" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Örnek beyit </w:t>
+            </w:r>
+            <w:r w:rsidR="00C5255C" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>çözümlemeleri ve şerh çalışmaları</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA7EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD3F5E0" w14:textId="0B48DC9D" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00C5255C">
+          <w:p w14:paraId="2DD3F5E0" w14:textId="0B48DC9D" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="003008F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kaynak kitaplardan örnekler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="378C5450" w14:textId="7E3737B5" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00BE01BC" w:rsidP="00BE01BC">
-            <w:pPr>
+          <w:p w14:paraId="378C5450" w14:textId="30D87C7A" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00BE01BC" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Beyit üzerinde u</w:t>
             </w:r>
+            <w:r w:rsidR="00AA7EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ygulama ve beyin f</w:t>
+            </w:r>
             <w:r w:rsidR="00BF151E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ygulama ve Beyin Fırtınası</w:t>
+              <w:t>ırtınası</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="002F29DC">
+      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FD197EA" w14:textId="739AB7E4" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00DF7BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00DF7BB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-          <w:p w14:paraId="46BDADB8" w14:textId="53D350E2" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="0089433F">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BDADB8" w14:textId="2A220EB3" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="008733A3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tas</w:t>
             </w:r>
+            <w:r w:rsidR="00495EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>avvuf düşünce sistemi, i</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">avvuf düşünce sistemi. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">lk Türk </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00495EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ufileri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">İlk Türk </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t>Sufileri</w:t>
+            <w:r w:rsidR="00495EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ahmed</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t>,</w:t>
+            <w:r w:rsidR="00495EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-i </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00495EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yesevî</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00495EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, XIII. yüzyılda</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anadolu’da</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-              <w:t>. 13. Yüzyılda Anadolu’da</w:t>
+            <w:r w:rsidR="00495EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>gelişen Türk edebiyatı,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yunus Emre ve Hacı</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>gelişen Türk edebiyatı: Yunus Emre ve Hacı</w:t>
-            </w:r>
+              <w:t>Bektaş-ı Veli</w:t>
+            </w:r>
+            <w:r w:rsidR="00495EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hakkında bilgiler verilmesi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BE5125" w14:textId="7AE9E4AE" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-            <w:gridSpan w:val="5"/>
+              <w:t>Ş</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA0347">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>entürk ve Kartal, 2019, s. 128-132; 146-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>148</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75BE5125" w14:textId="5FF5CBEC" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00BA2104">
-[...1 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="213BE876" w14:textId="3E3C4A61" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00BF151E" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...24 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
+            <w:r w:rsidR="00495EE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve soru-c</w:t>
+            </w:r>
             <w:r w:rsidR="00C5255C" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ve Soru- Cevap</w:t>
+              <w:t>evap</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="004F5747">
+      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65311EE9" w14:textId="7DF44304" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00DF7BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00DF7BB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:left="540" w:hanging="540"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287BBCEB" w14:textId="78BE2E58" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="001C20A8" w:rsidP="008733A3">
+            <w:pPr>
+              <w:ind w:left="8" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Mevlana </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mevlânâ</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5255C" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="00C5255C" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Celâleddin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r w:rsidR="00C5255C" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>-i Rûmî’nin</w:t>
             </w:r>
-          </w:p>
-[...33 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:r w:rsidR="008733A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hayatı, edebî</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5255C" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kişiliği ve eserleri</w:t>
+            </w:r>
+            <w:r w:rsidR="008733A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hakkında bilgi</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB727D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> verilmesi.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0B48E8" w14:textId="619F11AE" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="2E0B48E8" w14:textId="11DBEAE1" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Şentürk ve Kartal, 2019, s.</w:t>
             </w:r>
+            <w:r w:rsidR="00BA0347">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 132-</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 132- 141</w:t>
+              <w:t>141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01F8B557" w14:textId="2DFCEF25" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00BF151E" w:rsidP="007810C4">
-            <w:pPr>
+          <w:p w14:paraId="01F8B557" w14:textId="2D11DC0F" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00BF151E" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ters yüz sınıf</w:t>
             </w:r>
             <w:r w:rsidR="007810C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve </w:t>
             </w:r>
+            <w:r w:rsidR="00DB727D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>soru-c</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Soru- Cevap</w:t>
+              <w:t>evap</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="004F5747">
+      <w:tr w:rsidR="00C5255C" w:rsidRPr="00C5255C" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AF156B4" w14:textId="2D08F7D0" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00DF7BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00DF7BB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:left="540" w:hanging="540"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17983BCB" w14:textId="6A212305" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00DB727D">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Sultan </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Veled’in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...52 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:r w:rsidR="00DB727D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hayatı, edebî</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kişiliği ve eserleri</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB727D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB727D" w:rsidRPr="00DB727D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>hakkında bilgi verilmesi</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB727D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>; s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>eçilen bir gazelinin şerh edilmesi</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB727D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="463A8CB9" w14:textId="79813AA9" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="00C5255C">
-            <w:pPr>
+          <w:p w14:paraId="463A8CB9" w14:textId="56F8A060" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="00C5255C" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Şentürk ve Kartal, 2019, s. 141</w:t>
             </w:r>
+            <w:r w:rsidR="00BA0347">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>- 146</w:t>
+              <w:t>146</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3574F7" w14:textId="421C2DF1" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="007810C4" w:rsidP="008E7C55">
-            <w:pPr>
+          <w:p w14:paraId="4F3574F7" w14:textId="4BD6FAAB" w:rsidR="00C5255C" w:rsidRPr="00C5255C" w:rsidRDefault="007810C4" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ters yüz sınıf ve </w:t>
             </w:r>
+            <w:r w:rsidR="00DB727D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>beyit ü</w:t>
+            </w:r>
             <w:r w:rsidR="00F4684E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beyit Üzerinde </w:t>
+              <w:t xml:space="preserve">zerinde </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB727D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>u</w:t>
             </w:r>
             <w:r w:rsidR="008E7C55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Uy</w:t>
-[...10 lines deleted...]
-              <w:t>gulama</w:t>
+              <w:t>ygulama</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF7BB9" w:rsidRPr="00C5255C" w14:paraId="1DC68349" w14:textId="77777777" w:rsidTr="004F5747">
+      <w:tr w:rsidR="00DF7BB9" w:rsidRPr="00C5255C" w14:paraId="1DC68349" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FEDC04C" w14:textId="63A7584A" w:rsidR="00DF7BB9" w:rsidRPr="00DF7BB9" w:rsidRDefault="00DF7BB9" w:rsidP="00DF7BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF7BB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:ind w:left="540" w:hanging="540"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF6F6DB" w14:textId="08A88141" w:rsidR="00DF7BB9" w:rsidRPr="00C5255C" w:rsidRDefault="00DF7BB9" w:rsidP="003A59DF">
+            <w:pPr>
+              <w:ind w:left="8" w:hanging="8"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Sultan </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Veled’in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bir gazelinin şerhi</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="5"/>
+              <w:t xml:space="preserve"> bir gazelinin şerh</w:t>
+            </w:r>
+            <w:r w:rsidR="003A59DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A59DF" w:rsidRPr="003A59DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>edilmesi.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73690D54" w14:textId="036143E6" w:rsidR="00DF7BB9" w:rsidRPr="00C5255C" w:rsidRDefault="00753D15" w:rsidP="00C5255C">
-            <w:pPr>
+          <w:p w14:paraId="73690D54" w14:textId="6F98E909" w:rsidR="00DF7BB9" w:rsidRPr="00C5255C" w:rsidRDefault="00F02623" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>İz, 2011, s. 133- 137</w:t>
+              <w:t>İz, 2011, s. 133-</w:t>
+            </w:r>
+            <w:r w:rsidR="00753D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="203148E7" w14:textId="2C3A9F4A" w:rsidR="00DF7BB9" w:rsidRDefault="00DF7BB9" w:rsidP="008E7C55">
-            <w:pPr>
+          <w:p w14:paraId="203148E7" w14:textId="2C3A9F4A" w:rsidR="00DF7BB9" w:rsidRDefault="00DF7BB9" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF7BB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Beyit üzerinde uygulama</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883290" w:rsidRPr="00C5255C" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00883290" w:rsidRPr="00C5255C" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="177346A9" w14:textId="777CDD56" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="00DF7BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00DF7BB9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6A86DB" w14:textId="15CB9221" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00BB5C71" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="3C6A86DB" w14:textId="15CB9221" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00BB5C71" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Genel tekrar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2271" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC441A5" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00883290" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="5DC441A5" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00883290" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1738B9" w14:textId="3623160D" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00BA2104" w:rsidP="00466279">
-[...14 lines deleted...]
-              <w:t>Soru- Cevap</w:t>
+          <w:p w14:paraId="4D1738B9" w14:textId="3A061456" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="003008F0" w:rsidP="003008F0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Soru-</w:t>
+            </w:r>
+            <w:r w:rsidR="003A59DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA2104" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>evap</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00883290" w:rsidRPr="00C5255C" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00883290" w:rsidRPr="00C5255C" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="682EA4FF" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="00466279">
-[...20 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          <w:p w14:paraId="682EA4FF" w14:textId="33F7DEB6" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00FF421C" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final s</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1866" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607CC73E" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00883290" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="607CC73E" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00883290" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF471FD" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00883290" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="2DF471FD" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="00C5255C" w:rsidRDefault="00883290" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC1866" w:rsidRPr="00C5255C" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00CC1866" w:rsidRPr="00C5255C" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="894" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="00CC1866" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4308" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0A0783" w14:textId="77777777" w:rsidR="00CC1866" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="00466279">
-[...20 lines deleted...]
-            <w:gridSpan w:val="5"/>
+          <w:p w14:paraId="4C0A0783" w14:textId="451982CD" w:rsidR="00CC1866" w:rsidRPr="00C5255C" w:rsidRDefault="00FF421C" w:rsidP="001F2F17">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final s</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC1866" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37CF168A" w14:textId="77777777" w:rsidR="00CC1866" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="37CF168A" w14:textId="77777777" w:rsidR="00CC1866" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3384" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA07FD4" w14:textId="77777777" w:rsidR="00CC1866" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="1EA07FD4" w14:textId="77777777" w:rsidR="00CC1866" w:rsidRPr="00C5255C" w:rsidRDefault="00CC1866" w:rsidP="008976F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10857" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="002540BC" w:rsidP="002540BC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ders İçin Kaynaklar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="00C5255C" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="003360EF" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ders Kitabı</w:t>
             </w:r>
             <w:r w:rsidR="00466279" w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="7408" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3011E0E6" w14:textId="78CB68C8" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="3011E0E6" w14:textId="78CB68C8" w:rsidR="003360EF" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dilçin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, C</w:t>
             </w:r>
             <w:r w:rsidRPr="009933A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">. (2009). </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Örneklerle Türk Şiir Bilgisi</w:t>
+            </w:r>
             <w:r w:rsidRPr="009933A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Örneklerle Türk Şiir Bilgisi. Ankara: TDK Yay</w:t>
+              <w:t>. Ankara: TDK Yay</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ınları.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+          <w:p w14:paraId="0ED8829A" w14:textId="7A90F3C4" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00FF421C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3241"/>
               </w:tabs>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Önerilen Kaynaklar:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C5255C">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="7408" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73CC0FBB" w14:textId="42C8DAF7" w:rsidR="00E563D9" w:rsidRDefault="00E563D9" w:rsidP="009933A9">
-            <w:pPr>
+          <w:p w14:paraId="73CC0FBB" w14:textId="06AD292C" w:rsidR="00E563D9" w:rsidRDefault="00E563D9" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E563D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">İz, F. (2011). Eski Türk Edebiyatında Nazım 1. Ankara: </w:t>
+              <w:t xml:space="preserve">İz, F. (2011). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eski Türk Edebiyatında Nazım 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E563D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Ankara: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E563D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Akçağ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E563D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Yay.</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> Yay</w:t>
+            </w:r>
+            <w:r w:rsidR="00A50551">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ınları</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E563D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FED4965" w14:textId="41CE713C" w:rsidR="009933A9" w:rsidRDefault="009933A9" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009933A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Saraç, Yekta. (2010). Klasik Edebiyat Bilgisi Belâgat. İstanbul: </w:t>
+              <w:t xml:space="preserve">Saraç, Yekta. (2010). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasik Edebiyat Bilgisi Belâgat</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009933A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. İstanbul: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009933A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Gökkubbe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A50551">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yayınları</w:t>
+            </w:r>
             <w:r w:rsidRPr="009933A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="020C11A9" w14:textId="77777777" w:rsidR="009933A9" w:rsidRDefault="009933A9" w:rsidP="00345B7B">
-            <w:pPr>
+          <w:p w14:paraId="2B3F3976" w14:textId="77777777" w:rsidR="009933A9" w:rsidRDefault="009933A9" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Şentürk, A. </w:t>
             </w:r>
             <w:r w:rsidRPr="008049ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -5825,2201 +6957,2022 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve Kartal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>, A.</w:t>
             </w:r>
             <w:r w:rsidRPr="008049ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (2019). Eski Türk Edebiyatı Tarihi. </w:t>
+              <w:t xml:space="preserve"> (2019). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eski Türk Edebiyatı Tarihi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008049ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008049ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>İstanbul: Dergâh Yayınları</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="23171847" w14:textId="70018EBA" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00345B7B">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="45BB294A" w14:textId="77777777" w:rsidR="00A50551" w:rsidRDefault="00A50551" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mengi, M. (2005). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eski Türk Edebiyatı Tarihi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Ankara: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Akçağ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yayınları.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23171847" w14:textId="1258DB20" w:rsidR="002E589D" w:rsidRPr="00C5255C" w:rsidRDefault="002E589D" w:rsidP="006646F8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">İsen, M. vd. (2011). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C4C9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eski Türk Edebiyatı El Kitabı</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ankara: Grafiker Yayınları.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10857" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dersin Ölçme ve Değerlendirmesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Etkinlikler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1109" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5302" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Notlar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00095C0B" w:rsidRPr="00512FB7" w14:paraId="6471333B" w14:textId="77777777" w:rsidTr="00050590">
+      <w:tr w:rsidR="00095C0B" w:rsidRPr="00512FB7" w14:paraId="6471333B" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64721738" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="005B22AA" w:rsidRDefault="00095C0B" w:rsidP="00050590">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Ara Sınav </w:t>
+          <w:p w14:paraId="64721738" w14:textId="3F888B9D" w:rsidR="00095C0B" w:rsidRPr="005B22AA" w:rsidRDefault="00FF421C" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara s</w:t>
+            </w:r>
+            <w:r w:rsidR="00095C0B" w:rsidRPr="005B22AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="07F1B762" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="00512FB7" w:rsidRDefault="00095C0B" w:rsidP="00050590">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F1B762" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="00512FB7" w:rsidRDefault="00095C0B" w:rsidP="003521B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00512FB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1109" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-          </w:tcPr>
-          <w:p w14:paraId="5F14DDA0" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="00512FB7" w:rsidRDefault="00095C0B" w:rsidP="00050590">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F14DDA0" w14:textId="66716956" w:rsidR="00095C0B" w:rsidRPr="00512FB7" w:rsidRDefault="00C13C64" w:rsidP="003521B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%4</w:t>
+            </w:r>
+            <w:r w:rsidR="00095C0B" w:rsidRPr="00512FB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E8737B7" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="00512FB7" w:rsidRDefault="00095C0B" w:rsidP="00433B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00512FB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...25 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yazılı sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00095C0B" w:rsidRPr="005B22AA" w14:paraId="12D08383" w14:textId="77777777" w:rsidTr="00050590">
+      <w:tr w:rsidR="00095C0B" w:rsidRPr="006C2863" w14:paraId="6EDB671C" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65C750C6" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="005B22AA" w:rsidRDefault="00095C0B" w:rsidP="00050590">
-            <w:pPr>
+          <w:p w14:paraId="0048B55D" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="005B22AA" w:rsidRDefault="00095C0B" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B22AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Proje</w:t>
+              <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A729CD0" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="005B22AA" w:rsidRDefault="00095C0B" w:rsidP="00050590">
-[...14 lines deleted...]
-            <w:gridSpan w:val="3"/>
+          <w:p w14:paraId="0062526F" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="006C2863" w:rsidRDefault="00095C0B" w:rsidP="003521B0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C2863">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09F6AC16" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="005B22AA" w:rsidRDefault="00095C0B" w:rsidP="00050590">
+          <w:p w14:paraId="57010ECB" w14:textId="1A7DD29D" w:rsidR="00095C0B" w:rsidRPr="006C2863" w:rsidRDefault="00C13C64" w:rsidP="003521B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%6</w:t>
+            </w:r>
+            <w:r w:rsidR="00095C0B" w:rsidRPr="006C2863">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5302" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57347745" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="005B22AA" w:rsidRDefault="00095C0B" w:rsidP="00050590">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5EA158E0" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="006C2863" w:rsidRDefault="00095C0B" w:rsidP="00433B9A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C2863">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yazılı sınav</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00095C0B" w:rsidRPr="006C2863" w14:paraId="2D128E51" w14:textId="77777777" w:rsidTr="00050590">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-[...110 lines deleted...]
-              <w:t>Bireysel ödev</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Tablosu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00095C0B" w:rsidRPr="006C2863" w14:paraId="107B49EE" w14:textId="77777777" w:rsidTr="00050590">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-[...44 lines deleted...]
-            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-          <w:p w14:paraId="342123A6" w14:textId="45F6E271" w:rsidR="00095C0B" w:rsidRPr="006C2863" w:rsidRDefault="00095C0B" w:rsidP="00050590">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5302" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00095C0B" w:rsidRPr="005B22AA" w14:paraId="658D7EDC" w14:textId="77777777" w:rsidTr="00050590">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-[...47 lines deleted...]
-            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF89C22" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="005B22AA" w:rsidRDefault="00095C0B" w:rsidP="00050590">
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549B0A4F" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE76651" w14:textId="27D058E3" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5302" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E8A9546" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="005B22AA" w:rsidRDefault="00095C0B" w:rsidP="00050590">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7A4D27A9" w14:textId="7EEECA29" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00095C0B" w:rsidRPr="006C2863" w14:paraId="6EDB671C" w14:textId="77777777" w:rsidTr="00050590">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="3449" w:type="dxa"/>
-[...51 lines deleted...]
-            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-          <w:p w14:paraId="57010ECB" w14:textId="77777777" w:rsidR="00095C0B" w:rsidRPr="006C2863" w:rsidRDefault="00095C0B" w:rsidP="00050590">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9E5DE7" w14:textId="5C00C873" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="00FF421C" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sınıf d</w:t>
+            </w:r>
+            <w:r w:rsidR="005B010A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ışı ç</w:t>
+            </w:r>
+            <w:r w:rsidR="009933A9" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>alışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="458530B9" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21AAFFD4" w14:textId="04725989" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="00C332DB" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="22"/>
-[...9 lines deleted...]
-              <w:t>%50</w:t>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5302" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-          </w:tcPr>
-[...18 lines deleted...]
-              <w:t>Yazılı sınav</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38251A98" w14:textId="57ECC74A" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="00C332DB" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10857" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
-[...16 lines deleted...]
-              <w:t>AKTS Tablosu</w:t>
+          <w:p w14:paraId="5186E46B" w14:textId="6C52AC33" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="005B010A" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ara sınav (Ara sınav </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>süresi+ara</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sınav h</w:t>
+            </w:r>
+            <w:r w:rsidR="009933A9" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>azırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5C7A5" w14:textId="13D0D374" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8D88F" w14:textId="37393D9C" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00617C58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C332DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698DB0F" w14:textId="53985F7F" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00617C58">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C332DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="4446" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>İçerik</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F32B48B" w14:textId="255C2C4D" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="005B010A" w:rsidP="00FF421C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final sınavı (Final sınavı </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>süresi+final</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sınavı h</w:t>
+            </w:r>
+            <w:r w:rsidR="009933A9" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>azırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1134" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57453E3E" w14:textId="7089B728" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Sayı</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00466279">
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1671B335" w14:textId="767E05AD" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="00095C0B" w:rsidP="00095C0B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Saat</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00C332DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2273" w:type="dxa"/>
-[...624 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22F4B433" w14:textId="4D318ABF" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00095C0B">
-[...18 lines deleted...]
-            <w:r w:rsidR="00095C0B">
+          <w:p w14:paraId="22F4B433" w14:textId="335FD794" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="00095C0B" w:rsidP="00095C0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
+            <w:r w:rsidR="00C332DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00EC693D">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="8584" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Toplam:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2273" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1139CD8F" w14:textId="4417E66F" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00095C0B">
-[...28 lines deleted...]
-              <w:t>4</w:t>
+          <w:p w14:paraId="1139CD8F" w14:textId="1D3B4CD3" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="004340B8" w:rsidP="00095C0B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C332DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00EC693D">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="8584" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00EC693D">
+          <w:p w14:paraId="29DE5894" w14:textId="368D15B0" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="00230D4B" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C5255C">
-[...6 lines deleted...]
-              <w:t>Toplam / 30:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+            <w:r w:rsidR="009933A9" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/ 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2273" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51F8EF1F" w14:textId="48C0491C" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00D41B6B">
-[...16 lines deleted...]
-              <w:t>166/30</w:t>
+          <w:p w14:paraId="51F8EF1F" w14:textId="5C666CCF" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="00C332DB" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>166</w:t>
+            </w:r>
+            <w:r w:rsidR="009933A9" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00095AAB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009933A9" w:rsidRPr="00C5255C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00E53102">
+      <w:tr w:rsidR="009933A9" w:rsidRPr="00C5255C" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="003D1400">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="8584" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>AKTS Kredisi:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2273" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A18FD7F" w14:textId="13C18A1F" w:rsidR="009933A9" w:rsidRPr="00C5255C" w:rsidRDefault="009933A9" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="00C5255C" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00C5255C" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="5269A0A7" w14:textId="488D998F" w:rsidR="003A4CE2" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C5255C">
+    </w:p>
+    <w:p w14:paraId="7B207F1C" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br w:type="page"/>
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28B94531" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66A0318E" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A99FCBD" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7081A491" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38933A93" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="033AE276" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="050E802B" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1857A70D" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B05563" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C8ADF9" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15C6E63A" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A7AFE77" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B80C1F8" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="059E1D6A" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DDB2894" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BB06AA9" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39F8DEBD" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B85D08E" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EE93947" w14:textId="77777777" w:rsidR="0006441E" w:rsidRDefault="0006441E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00C5255C" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="0006441E" w:rsidRPr="00C5255C" w14:paraId="2BA50C5E" w14:textId="77777777" w:rsidTr="00B66774">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="00C5255C" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+          <w:p w14:paraId="64D3C7CE" w14:textId="77777777" w:rsidR="0006441E" w:rsidRPr="00C5255C" w:rsidRDefault="0006441E" w:rsidP="00B66774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Geçmiş Dönem Başarıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00C5255C" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
+      <w:tr w:rsidR="0006441E" w:rsidRPr="00C5255C" w14:paraId="3D70CD93" w14:textId="77777777" w:rsidTr="00B66774">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05806513" w14:textId="2CDC3FB8" w:rsidR="003237AD" w:rsidRPr="00C5255C" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
+          <w:p w14:paraId="75D84684" w14:textId="77777777" w:rsidR="0006441E" w:rsidRPr="00C5255C" w:rsidRDefault="0006441E" w:rsidP="00B66774">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C5255C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1885371C" wp14:editId="3B349B0C">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4DDB056E" wp14:editId="666C20F4">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="427BA7FB" w14:textId="16E7D017" w:rsidR="003237AD" w:rsidRPr="00C5255C" w:rsidRDefault="003237AD" w:rsidP="00F17985">
-[...117 lines deleted...]
-                <w:noProof/>
+          <w:p w14:paraId="05162407" w14:textId="77777777" w:rsidR="0006441E" w:rsidRPr="00C5255C" w:rsidRDefault="0006441E" w:rsidP="00B66774">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00C5255C" w:rsidRDefault="003A4CE2">
+    <w:p w14:paraId="2447132A" w14:textId="77777777" w:rsidR="0006441E" w:rsidRPr="00C5255C" w:rsidRDefault="0006441E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00C5255C" w:rsidSect="005A2B8A">
-      <w:headerReference w:type="default" r:id="rId9"/>
+    <w:sectPr w:rsidR="0006441E" w:rsidRPr="00C5255C" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59FB91B7" w14:textId="77777777" w:rsidR="00060B10" w:rsidRDefault="00060B10" w:rsidP="0034027E">
+    <w:p w14:paraId="7907E6B9" w14:textId="77777777" w:rsidR="00C552D3" w:rsidRDefault="00C552D3" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0209A9F7" w14:textId="77777777" w:rsidR="00060B10" w:rsidRDefault="00060B10" w:rsidP="0034027E">
+    <w:p w14:paraId="7B4B0E49" w14:textId="77777777" w:rsidR="00C552D3" w:rsidRDefault="00C552D3" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -8034,438 +8987,508 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1172FAE7" w14:textId="77777777" w:rsidR="00060B10" w:rsidRDefault="00060B10" w:rsidP="0034027E">
+    <w:p w14:paraId="2E32FDB8" w14:textId="77777777" w:rsidR="00C552D3" w:rsidRDefault="00C552D3" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="202A28D6" w14:textId="77777777" w:rsidR="00060B10" w:rsidRDefault="00060B10" w:rsidP="0034027E">
+    <w:p w14:paraId="24686680" w14:textId="77777777" w:rsidR="00C552D3" w:rsidRDefault="00C552D3" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:docPr id="2" name="Resim 2" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="000501AC"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00060B10"/>
+    <w:rsid w:val="0006441E"/>
     <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00086683"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="000927D6"/>
+    <w:rsid w:val="00093FF9"/>
+    <w:rsid w:val="00095AAB"/>
     <w:rsid w:val="00095C0B"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000B6894"/>
     <w:rsid w:val="000C56F9"/>
     <w:rsid w:val="000C5D88"/>
     <w:rsid w:val="000D12F0"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00113E47"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="001665A4"/>
+    <w:rsid w:val="001671DB"/>
     <w:rsid w:val="00176617"/>
     <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="00191B59"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001B712E"/>
+    <w:rsid w:val="001C20A8"/>
+    <w:rsid w:val="001C53B0"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F2F17"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00230D4B"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002374C9"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002730CE"/>
     <w:rsid w:val="002934E5"/>
+    <w:rsid w:val="002B46F9"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E0E3F"/>
     <w:rsid w:val="002E357F"/>
     <w:rsid w:val="002E3CE6"/>
+    <w:rsid w:val="002E589D"/>
     <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="003008F0"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345B7B"/>
     <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003521B0"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="003552AC"/>
+    <w:rsid w:val="003618F9"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="00385147"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003A59DF"/>
     <w:rsid w:val="003B04ED"/>
     <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003C4C9C"/>
+    <w:rsid w:val="003D1400"/>
+    <w:rsid w:val="003D2B09"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="00425477"/>
+    <w:rsid w:val="00433B9A"/>
+    <w:rsid w:val="004340B8"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="004474D4"/>
+    <w:rsid w:val="004523E6"/>
     <w:rsid w:val="00454603"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00480D2E"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00495EE2"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A38FF"/>
     <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004B5640"/>
     <w:rsid w:val="004D0930"/>
     <w:rsid w:val="004D14FE"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="004E27FE"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="00547C14"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005A44D2"/>
+    <w:rsid w:val="005B010A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005D558B"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00617C58"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00626886"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="00643A87"/>
     <w:rsid w:val="0065089F"/>
+    <w:rsid w:val="00651E36"/>
     <w:rsid w:val="006634A1"/>
+    <w:rsid w:val="006646F8"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006B6D60"/>
+    <w:rsid w:val="006E0C24"/>
+    <w:rsid w:val="006E4824"/>
     <w:rsid w:val="006F3E81"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="00710EF0"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="0074595E"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="00753D15"/>
     <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="007657E1"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007730F5"/>
     <w:rsid w:val="007810C4"/>
+    <w:rsid w:val="007A1B2E"/>
     <w:rsid w:val="007A394D"/>
+    <w:rsid w:val="007B38FD"/>
     <w:rsid w:val="007B40C0"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007E0401"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="007F10DA"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="0080236F"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
+    <w:rsid w:val="0083045E"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="008529DB"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="0087267E"/>
+    <w:rsid w:val="008733A3"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="0088080E"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00892A1C"/>
     <w:rsid w:val="0089433F"/>
     <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008976F8"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008B2369"/>
+    <w:rsid w:val="008D402F"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="008E7C55"/>
     <w:rsid w:val="008F7046"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00965A63"/>
     <w:rsid w:val="00971EE4"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="009933A9"/>
+    <w:rsid w:val="009951BD"/>
     <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009B78C1"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A34FF7"/>
     <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A50551"/>
     <w:rsid w:val="00A53FEF"/>
     <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A64B40"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00AA2C39"/>
     <w:rsid w:val="00AA5E11"/>
+    <w:rsid w:val="00AA7EFF"/>
     <w:rsid w:val="00AC0160"/>
+    <w:rsid w:val="00AF2294"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B20FC0"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA0347"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2104"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BB5C71"/>
+    <w:rsid w:val="00BC3162"/>
     <w:rsid w:val="00BC33E0"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BE01BC"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00BF151E"/>
     <w:rsid w:val="00BF3F28"/>
     <w:rsid w:val="00C11C36"/>
+    <w:rsid w:val="00C12DC9"/>
+    <w:rsid w:val="00C13C64"/>
+    <w:rsid w:val="00C332DB"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C5255C"/>
+    <w:rsid w:val="00C552D3"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C62539"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C70EC0"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C800DC"/>
     <w:rsid w:val="00C97002"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA2F3E"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CA7C86"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D26EA0"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D505BD"/>
     <w:rsid w:val="00D60183"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DB421F"/>
+    <w:rsid w:val="00DB727D"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DC4486"/>
     <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DE39B5"/>
     <w:rsid w:val="00DE5AD4"/>
     <w:rsid w:val="00DF7BB9"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E35CE4"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E563D9"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E73410"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E85FE2"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA49ED"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EB21CC"/>
     <w:rsid w:val="00EB5453"/>
     <w:rsid w:val="00EB57A7"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED4958"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00EF2F2F"/>
     <w:rsid w:val="00F00C10"/>
+    <w:rsid w:val="00F02623"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F21D84"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F4684E"/>
+    <w:rsid w:val="00F745B3"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F868A8"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC6B48"/>
+    <w:rsid w:val="00FE40F0"/>
+    <w:rsid w:val="00FF3A00"/>
+    <w:rsid w:val="00FF421C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -8731,65 +9754,58 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
     <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
     <w:link w:val="HTMLncedenBiimlendirilmi"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9152,65 +10168,58 @@
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
     <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
     <w:link w:val="HTMLncedenBiimlendirilmi"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
     <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -9665,59 +10674,59 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:beldeaka@cag.edu.tr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
@@ -9913,157 +10922,157 @@
                 <c:pt idx="8">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="164011520"/>
-        <c:axId val="143663680"/>
+        <c:axId val="50901376"/>
+        <c:axId val="50902912"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="164011520"/>
+        <c:axId val="50901376"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="143663680"/>
+        <c:crossAx val="50902912"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="143663680"/>
+        <c:axId val="50902912"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="164011520"/>
+        <c:crossAx val="50901376"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10386,75 +11395,73 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>662</Words>
-  <Characters>3779</Characters>
+  <Words>761</Words>
+  <Characters>4338</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4433</CharactersWithSpaces>
+  <CharactersWithSpaces>5089</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>