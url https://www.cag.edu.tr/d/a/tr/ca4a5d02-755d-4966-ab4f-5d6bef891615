--- v0 (2025-10-06)
+++ v1 (2026-03-13)
@@ -1,10238 +1,10628 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:tbl>
-[...7944 lines deleted...]
-    <w:p w:rsidR="00E23A83" w:rsidRPr="00F806A3" w:rsidRDefault="00E23A83" w:rsidP="0049506A">
+    <w:p w14:paraId="77CA9C13" w14:textId="77777777" w:rsidR="00D430C9" w:rsidRPr="000D336B" w:rsidRDefault="00D430C9">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32D27B5D" w14:textId="77777777" w:rsidR="00D430C9" w:rsidRPr="000D336B" w:rsidRDefault="00D430C9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FD37F5E" w14:textId="02A614FC" w:rsidR="00D430C9" w:rsidRPr="000D336B" w:rsidRDefault="00D430C9" w:rsidP="00D430C9">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00F806A3">
+      <w:r w:rsidRPr="000D336B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-            <wp:docPr id="6" name="Resim 7"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="387FADC3" wp14:editId="7366F064">
+            <wp:extent cx="1309889" cy="1249680"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="7620"/>
+            <wp:docPr id="1" name="Resim 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Resim 7"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="0" name="akademisyen logo.jpg"/>
+                    <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print"/>
-                    <a:srcRect/>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3345180" cy="2240280"/>
+                      <a:ext cx="1307789" cy="1247677"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...5 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001A3A5E" w:rsidRPr="00F806A3" w:rsidRDefault="001A3A5E" w:rsidP="0049506A">
+    <w:p w14:paraId="7FCA1827" w14:textId="77777777" w:rsidR="00D430C9" w:rsidRPr="000D336B" w:rsidRDefault="00D430C9">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B3847" w:rsidRPr="00F806A3" w:rsidRDefault="005B4CD2" w:rsidP="0049506A">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="47"/>
+        <w:gridCol w:w="353"/>
+        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="855"/>
+        <w:gridCol w:w="529"/>
+        <w:gridCol w:w="263"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="366"/>
+        <w:gridCol w:w="259"/>
+        <w:gridCol w:w="459"/>
+        <w:gridCol w:w="27"/>
+        <w:gridCol w:w="223"/>
+        <w:gridCol w:w="510"/>
+        <w:gridCol w:w="1540"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="000D336B" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="000D336B" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>DERS İZLENCESİ (SYLLABUS)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE1DD46" w14:textId="355D415A" w:rsidR="005A2B8A" w:rsidRPr="000D336B" w:rsidRDefault="0048422B" w:rsidP="0048422B">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fen Edebiyat</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2B8A" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fakültesi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="000D336B" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="009156B8">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="000D336B" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin </w:t>
+            </w:r>
+            <w:r w:rsidR="00482527" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5353" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="000D336B" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="000D336B" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="000D336B" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CE5" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Değeri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B1CC7" w:rsidRPr="000D336B" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="009156B8">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD4430" w14:textId="316B467A" w:rsidR="003B1CC7" w:rsidRPr="000D336B" w:rsidRDefault="003B1CC7" w:rsidP="009156B8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TDE </w:t>
+            </w:r>
+            <w:r w:rsidR="009156B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>444</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5353" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332DDDD9" w14:textId="110A7A66" w:rsidR="003B1CC7" w:rsidRPr="001A51FF" w:rsidRDefault="009156B8" w:rsidP="009156B8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Karşılaştırmalı Edebiyat ve Kültürel Çalışmalar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A4A3C7" w14:textId="573077A7" w:rsidR="003B1CC7" w:rsidRPr="000D336B" w:rsidRDefault="003B1CC7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(2-2)3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="242BC9E2" w14:textId="796B320F" w:rsidR="003B1CC7" w:rsidRPr="000D336B" w:rsidRDefault="003B1CC7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="000D336B" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00681162" w:rsidP="00FB3417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ön</w:t>
+            </w:r>
+            <w:r w:rsidR="007625C6" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>koşul Dersler</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="114FD227" w14:textId="77777777" w:rsidR="00681162" w:rsidRDefault="003B1CC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SKA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47CB3D33" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="00C40FC7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu ders doğrudan şu </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sürdürülebilir</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kalkınma </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Amaçları’yla</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ilişkilidir:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AF7A4D1" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="00C40FC7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SKA 4 – Nitelikli Eğitim: eleştirel, yaratıcı ve küresel okuma becerileri geliştirme</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="697AD737" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="00C40FC7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SKA 5 – Toplumsal Cinsiyet Eşitliği: metinlerde temsil, kimlik ve eşitlik temalarının ele alınması</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="289F4B66" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="00C40FC7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SKA 10 – Eşitsizliklerin Azaltılması: farklı kültür ve seslerin edebiyattaki görünürlüğünü inceleme</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="021C498C" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="00C40FC7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SKA 16 – Barış, Adalet ve Güçlü Kurumlar: edebiyatı diyalog, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>empati</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve etik farkındalık aracı olarak kullanma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="123E29E6" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="00C40FC7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SKA 17 – Amaçlar için Ortaklıklar: kültür, sanat, medya ve akademi arasında yaratıcı işbirlikleri kurma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E3DEE38" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BC4E30B" w14:textId="5F7B1E8C" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="000D336B" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Dili</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CBDD8E" w14:textId="184A460F" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Türkçe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders İşleme Tarzı</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3630" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608EE131" w14:textId="4A20DC88" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00B121F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yüz Yüze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="000D336B" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin Türü </w:t>
+            </w:r>
+            <w:r w:rsidR="00A8173B" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Düzeyi</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D6D351" w14:textId="619F2A63" w:rsidR="00681162" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00604E65">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zorunlu/ Lisans/ 4.Yıl/ </w:t>
+            </w:r>
+            <w:r w:rsidR="00604E65">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bahar</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dönemi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="000D336B" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="001B5C97">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="000D336B" w:rsidRDefault="00F96934" w:rsidP="00F96934">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersi</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğretim Üyesinin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Unvanı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="000D336B" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="000D336B" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Görüşme Saatleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="000D336B" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="001A51FF">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC02A2" w14:textId="117DE056" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Elmas Şahin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5DF00B" w14:textId="0C11C9D1" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1663" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCEC51D" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2759" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="406CD1B0" w14:textId="49938C7A" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00AC687C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00B121F7" w:rsidRPr="000D336B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>elmassahin@cag.edu.tr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="00B121F7" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Koordinatörü:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3B751E" w14:textId="4C32DF87" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Elmas Şahin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0A5C04" w14:textId="2EDF4CE0" w:rsidR="00C40FC7" w:rsidRPr="00C40FC7" w:rsidRDefault="00B121F7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Amacı</w:t>
+            </w:r>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00C40FC7" w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu ders, çağdaş edebiyat kuramlarını, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C40FC7" w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C40FC7" w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C40FC7" w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>postmodern</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C40FC7" w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> okuma biçimlerini merkeze alarak öğrencilerin karşılaştırmalı düşünme, yeniden okuma ve yeniden yazma becerilerini geliştirmeyi amaçlar.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C40FC7" w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amaç, öğrencilerin farklı kültür, dönem ve türlerden metinleri etkileşimli, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00C40FC7" w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>çokkatmanlı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00C40FC7" w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bir bakışla yorumlamaları ve bu yorumları yaratıcı üretimlere dönüştürmeleridir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66EAB58D" w14:textId="3A78E403" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aynı zamanda ders, edebiyatın günümüz dijital, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ekolojik</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve kültürel dönüşümleriyle ilişkisini sorgulayan bir uygulama laboratuvarı niteliğindedir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00A8173B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Öğrenme Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Program Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Net Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40FC7" w:rsidRPr="000D336B" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="659C2DB8" w14:textId="63114FF4" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B3929">
+              <w:t>Karşılaştırmalı edebiyatın temel kavramlarını ve yöntemlerini açıklar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3392DE1D" w14:textId="75F9B49C" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9, 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="245FC917" w14:textId="0792AABB" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40FC7" w:rsidRPr="000D336B" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5676F5CC" w14:textId="6607B006" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B3929">
+              <w:t>Postmodern</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B3929">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B3929">
+              <w:t>posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B3929">
+              <w:t xml:space="preserve"> ve post-eleştirel kuramları edebî metin çözümlemesinde uygular.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC074F8" w14:textId="20402838" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E540A1C" w14:textId="0EECD347" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40FC7" w:rsidRPr="000D336B" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B3CF6" w14:textId="0F5F9362" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B3929">
+              <w:t>Farklı kültürel, tarihsel ve türsel metinleri karşılaştırarak ortak temalar ve farklılıklar saptar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="130E6C82" w14:textId="5853B4B9" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B65611D" w14:textId="2E71FF2B" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40FC7" w:rsidRPr="000D336B" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C26084B" w14:textId="6FB27325" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B3929">
+              <w:t>Edebî metinleri küresel sürdürülebilirlik, etik ve kültürel farkındalık bağlamında yorumlar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18E382" w14:textId="1E4908E2" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12, 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCF042" w14:textId="6656ED2F" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40FC7" w:rsidRPr="000D336B" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C60B735" w14:textId="0A06D299" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD5EDC">
+              <w:t>Okuma eylemini bir yeniden yaratma süreci olarak kavrar ve yaratıcı biçimde uygular.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1561474B" w14:textId="2FD618BD" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17, 18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF8D652" w14:textId="505029C3" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40FC7" w:rsidRPr="000D336B" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97A7BA" w14:textId="56D5956C" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD5EDC">
+              <w:t xml:space="preserve">Grup içinde </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD5EDC">
+              <w:t>disiplinlerarası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD5EDC">
+              <w:t xml:space="preserve"> projeler yürütür, kültürel çeşitliliğe duyarlı işbirliği geliştirir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070A6310" w14:textId="437FDD62" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34872425" w14:textId="2E5EEED7" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40FC7" w:rsidRPr="000D336B" w14:paraId="0BDB48E7" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB28272" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5443340B" w14:textId="366BF326" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="313061AA" w14:textId="4DE6B294" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD5EDC">
+              <w:t>Edebiyatın dönüştürücü ve birleştirici gücünü toplumsal katkı aracı olarak kullanır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="281F7E2B" w14:textId="1B5CC076" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17, 16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B37EF11" w14:textId="0AFD6F26" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C40FC7" w:rsidRPr="000D336B" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62644321" w14:textId="665BCBE6" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B702992" w14:textId="75BADEB9" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FD5EDC">
+              <w:t>Dönem sonunda yaratıcı-eleştirel bir karşılaştırmalı proje üretir ve sunar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F7A50C" w14:textId="379DAB65" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19, 18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F83A37D" w14:textId="36C50A13" w:rsidR="00C40FC7" w:rsidRPr="000D336B" w:rsidRDefault="00C40FC7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin İçeriği:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00EFADF3" w14:textId="26ED3462" w:rsidR="00C40FC7" w:rsidRPr="00C40FC7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Post Okuma”, klasik karşılaştırmalı edebiyat yaklaşımlarını aşarak, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D30DB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">modern karşılaştırmalı edebiyat ve karşılaştırmalı kültürel çalışmalarla </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>okumanın kendisini bir yaratma eylemi olarak yeniden tanımlar.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F0E466" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="00C40FC7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğrenciler bu derste, metinleri yalnızca karşılaştırmakla kalmaz; onları yeniden kurar, başka kültürel bağlamlarla diyaloga sokar.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0576DB7A" w14:textId="77777777" w:rsidR="00C40FC7" w:rsidRPr="00C40FC7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ders, post-eleştiri, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> okuma, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ekolojik</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> okuma ve dijital çağın metinleri üzerine yoğunlaşarak, edebiyatın toplumsal ve insani boyutlarına yeni pencereler açar.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39231184" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRDefault="00C40FC7" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40FC7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Her hafta yapılacak okuma-atölye çalışmalarıyla öğrenciler, analitik düşünme + yaratıcı dönüşüm süreçlerini eşzamanlı olarak deneyimler.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="3BCE7BB2" w:rsidR="00522997" w:rsidRPr="000D336B" w:rsidRDefault="00522997" w:rsidP="00C40FC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders İçerikleri: (Haftalık Ders Planı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="000D336B" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="000D336B" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:ind w:left="-288" w:firstLine="288"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğretim Yöntem ve Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4227DD" w14:textId="128E2AD8" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="470003E1" w14:textId="647FA08F" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Giriş: Post </w:t>
+            </w:r>
+            <w:r w:rsidR="00D30DB7">
+              <w:t xml:space="preserve">Okuma, Karşılaştırmalı Edebiyat- Kültürel Çalışmalar </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ve Yaratıcı Atölye Tanıtımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1AA39" w14:textId="09FEC256" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Ders notları, örnek metinler, SKA hedefleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="630C4497" w14:textId="0D7217C4" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Sunum, tartışma, proje tanıtımı, ekip oluşturma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D940AF3" w14:textId="6D06685B" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4374FDA5" w14:textId="29DE6711" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Postmodern</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Okuma Kavramları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3375F5" w14:textId="5424C254" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Okuma metinleri, kuram notları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23414219" w14:textId="213FF17A" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atölye, grup tartışması, metin analizi, yansıtıcı değerlendirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6548EC" w14:textId="2D1F8A72" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAB814A" w14:textId="2E0F08F0" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Karşılaştırmalı Yöntemler ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Metinlerarasılık</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="11D6AAA5" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>İki farklı dönem/ülke metni</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A682109" w14:textId="735D2C0B" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Karşılaştırmalı analiz, grup çalışması, tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DEC8DB" w14:textId="586F935D" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCC2790" w14:textId="4B7529E1" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Yaratıcı Yeniden Okuma ve Dönüşüm Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6216AD61" w14:textId="68D4876F" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Metin pastiş, parodi örnekleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B065C00" w14:textId="3C5CA057" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atölye, yaratıcı yazı, metin yeniden kurma, geri bildirim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602CB1FF" w14:textId="487FFC7A" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB57E5F" w14:textId="7105AA1C" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Küresel Perspektif ve Kültürel Çeşitlilik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BDCA38" w14:textId="015BF38E" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Çeşitli kültürel metinler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0399AA" w14:textId="3F9B39F8" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Grup tartışması, karşılaştırmalı analiz, yaratıcı yorum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2413084A" w14:textId="410BBF74" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0931D2E2" w14:textId="7ABC9AB5" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Toplumsal Temalar ve Cinsiyet Okumaları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5773CCF7" w14:textId="3087FC3A" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Metinlerde cinsiyet ve eşitlik temaları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="108B07A9" w14:textId="6BE41B41" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atölye, grup çalışması, tartışma, yaratıcı uygulama (SKA 5 &amp; 10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D70DF3" w14:textId="28F672D1" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="333F1193" w14:textId="652A8FB3" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Saha / Dijital Gözlem Çalışması</w:t>
+            </w:r>
+            <w:r w:rsidR="001A5E29">
+              <w:t xml:space="preserve">, mini </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="001A5E29">
+              <w:t>lab</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001A5E29">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001A5E29">
+              <w:t>çalışması , ara</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001A5E29">
+              <w:t xml:space="preserve"> raporlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1591F644" w14:textId="329FE712" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Yerel/dijital kaynaklar, gözlem notları</w:t>
+            </w:r>
+            <w:r w:rsidR="001A5E29">
+              <w:t>, ara raporlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA15B95" w14:textId="24D38D53" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Saha çalışması, dijital analiz, grup tartışması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DDB1ED" w14:textId="62E16F49" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="6687CCEC" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="001A5E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Vize Haftası – </w:t>
+            </w:r>
+            <w:r w:rsidR="001A5E29" w:rsidRPr="001A5E29">
+              <w:t>Proje sunumları ve Eleştiri + yaratıcı ürünlerin teslimi</w:t>
+            </w:r>
+            <w:r w:rsidR="001A5E29">
+              <w:t>- Ara raporlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04590A59" w14:textId="1BFA69D5" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="001A5E29" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turnitin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> üzerinden dijital yükleme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE9B06" w14:textId="01F8DA8E" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="001A5E29" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Değerlendirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E59DE5" w14:textId="75ACEFC2" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE72139" w14:textId="40196801" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="001A5E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Vize Haftası</w:t>
+            </w:r>
+            <w:r w:rsidR="00664282">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="6BE5623A" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="001A5E29" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="6D6EF531" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="001A5E29" w:rsidP="001A5E29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="00664282">
+              <w:t>eri bildiri</w:t>
+            </w:r>
+            <w:r>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351D79C" w14:textId="2EEDF173" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C966E6" w14:textId="1931DB0B" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00D90F74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Post-eleştiri ve Eleştirel Yeniden Yazım Ekolojik ve Toplumsal Bellek Okumaları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7D3643" w14:textId="4B20C41B" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Post-eleştiri metinleri, Ekolojik okuma materyalleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50975E5D" w14:textId="09248F39" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00D9576C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atölye, yaratıcı metin üretimi, grup tartışması, Atölye, metin analizi, yaratıcı dönüşüm (SKA 15)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BE0142" w14:textId="58DD4302" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1242F594" w14:textId="4CDADD33" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="003B2093">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Dijital Çağda Edebiyat</w:t>
+            </w:r>
+            <w:r w:rsidR="00D30DB7">
+              <w:t>, Karşılaştırmalı Kültürel çalışmalar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD3F5E0" w14:textId="0364BBE8" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="003634FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Dijital </w:t>
+            </w:r>
+            <w:r w:rsidR="00D30DB7">
+              <w:t xml:space="preserve">ve kültürel </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">metinler, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>online</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="378C5450" w14:textId="4A89669B" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="003B2093">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Atölye, dijital yazı, </w:t>
+            </w:r>
+            <w:r w:rsidR="00D30DB7">
+              <w:t xml:space="preserve">metinlerle </w:t>
+            </w:r>
+            <w:r>
+              <w:t>interaktif tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05452BF1" w14:textId="3F75D8B9" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B35FFE" w14:textId="2708152A" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00D90F74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Proje Geliştirme Atölyesi I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="017669E5" w14:textId="7C20AB92" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Ön taslak projeler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C928C5" w14:textId="0C62EC8A" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Ekip danışmanlığı, grup çalışması, geri bildirim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD197EA" w14:textId="4A191E35" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BDADB8" w14:textId="40A8BA4F" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00D90F74">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Proje Geliştirme Atölyesi II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BE5125" w14:textId="2400477C" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Metin son taslakları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="213BE876" w14:textId="39C33145" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Atölye, yaratıcı-eleştirel bütünleştirme, sunum hazırlığı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65311EE9" w14:textId="1045FA03" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287BBCEB" w14:textId="679505AD" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Sunum Hazırlıkları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B48E8" w14:textId="5B07ADB7" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Dijital </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>portfolyo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> ve poster malzemeleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F8B557" w14:textId="50A02696" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Sunum ve performans hazırlığı, rehberli geri bildirim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF156B4" w14:textId="2AF531EB" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17983BCB" w14:textId="1B88CDA7" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="001A5F8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Final Haftası – Proje Sunumları ve Performans</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="463A8CB9" w14:textId="6A464BDE" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Nihai projeler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3574F7" w14:textId="25D97970" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Sunumlar, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>portfolyo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> teslimi, geri bildirim, değerlendirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D9576C" w:rsidRPr="000D336B" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00A80DCD">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="177346A9" w14:textId="231485D8" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6A86DB" w14:textId="1F55F81C" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="008E2AED" w:rsidP="008E2AED">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Mini final provası, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3461">
+              <w:t xml:space="preserve">proje çıktıları </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">değerlendirme ve </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>yıl s</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9576C">
+              <w:t>onu</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00D9576C">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9576C">
+              <w:t>ansımaları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC441A5" w14:textId="31AE458B" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="008E2AED" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9576C">
+              <w:t>roje çıktıları</w:t>
+            </w:r>
+            <w:r>
+              <w:t>nın gözden geçirilmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1738B9" w14:textId="49E0B962" w:rsidR="00D9576C" w:rsidRPr="000D336B" w:rsidRDefault="00D9576C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Değerlendirme, yansıtıcı tartışma, dersin genel özeti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682EA4FF" w14:textId="16A9D8B3" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00EF3461">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+            <w:r w:rsidR="008E2AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="005A7451" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3461">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proje teslimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607CC73E" w14:textId="26EB6709" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="008E2AED" w:rsidP="00EF3461">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3461">
+              <w:t xml:space="preserve">rojenin </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E2AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turnitin’e</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E2AED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> yükle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>nmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF471FD" w14:textId="7226BC77" w:rsidR="001A5F8C" w:rsidRPr="008E2AED" w:rsidRDefault="008E2AED" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Değerlendirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0A0783" w14:textId="614AF681" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00EF3461">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+            <w:r w:rsidR="00C07D7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CF168A" w14:textId="431DE720" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="00C07D7D" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Tüm proje çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA07FD4" w14:textId="06EF40F9" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="008E2AED" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Geri bildirim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="002540BC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders İçin Kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders Kitabı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F91EC77" w14:textId="2BD29334" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elmas Şahin &amp; Kadir Can Dilber (ED.) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Karşılaştırmalı Edebiyat Kuram ve Uygulama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Ankara, Akademisyen Kitabevi, 2023, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F0368F3" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elmas Şahin "Neden mi Karşılaştırmalı edebiyat ?", Adana, Çukurova Üniversitesi, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>November</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0530C84D" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elmas Şahin, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatı Üzerine Anlatı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Akademisyen Kitabevi, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13BA4B79" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medine Sivri (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Karşılaştırmalı Edebiyat ve Kültürel Çalışmalar I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Günce Yayınları, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD12D8D" w14:textId="27C2B6B4" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Barthes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Roland</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>S/Z: Metin Çözümlemeleri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Metis.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16CD8584" w14:textId="27502E70" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eagleton</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Terry. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Edebiyat Kuramı: Giriş</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>. Ayrıntı Yayınları.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6587E634" w14:textId="54438E88" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Braidotti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Rosi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Polity</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Press</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29973D25" w14:textId="145C45C7" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>McLuhan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Marshall. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gutenberg Galaksisi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A118FA1" w14:textId="0A85461E" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eco</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Umberto. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Açık Yapıt</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EBFEF7F" w14:textId="2726741D" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Moran</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Berna. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Edebiyat Kuramları ve Eleştiri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="2453DD70" w14:textId="074828F9" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Genette</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gérard</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Metinlerarasılık</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve Anlatı Kuramı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CCD8B6E" w14:textId="33FAF983" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Elmas Şahin,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Zamana Vuran Dalgalar, Yitik Ülke Yayınları</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3011E0E6" w14:textId="4588A345" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="3241"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Önerilen Kaynaklar:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD9B323" w14:textId="77777777" w:rsidR="00413F1B" w:rsidRPr="000D336B" w:rsidRDefault="00413F1B" w:rsidP="00413F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elmas Şahin, "On </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Comparative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Literature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="000D336B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve">International </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="000D336B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Journal</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="000D336B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> of </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="000D336B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Literature</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="000D336B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="000D336B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>and</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidRPr="000D336B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="000D336B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>Arts</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+            </w:hyperlink>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Volume 4, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Issue</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-1, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>January</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77659ED1" w14:textId="10BC519C" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Harari</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yuval</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Noah</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Homo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Deus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Küresel perspektif ve yapay zekâ temaları için</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="108AAAB8" w14:textId="0A970A6F" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atay, Oğuz. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eylembilim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Yaratıcı üretim ve metin bilinci için</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32C412D0" w14:textId="50F92B36" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pamuk, Orhan. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Saf ve Düşünceli Romancı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Modern ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>postmodern</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kurgu örnekleri</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2712715B" w14:textId="50EEE1FE" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dolar, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Mladen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sesi Düşünmek: Sesin Felsefesi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Dijital ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> okuma için</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="099387F4" w14:textId="7631E184" w:rsidR="007826B6" w:rsidRPr="007826B6" w:rsidRDefault="007826B6" w:rsidP="007826B6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Butler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Judith</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cinsiyet Belası</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007826B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Toplumsal cinsiyet ve eleştirel okuma temaları</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="375CDE00" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Elmas Şahin, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Historical</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Critical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Survey</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Comparative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Literature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turkey</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>", Uluslararası Türkçe Edebiyat Kültür Eğitim Dergisi, Sayı: 6/4, Aralık 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00BD6D69" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Elmas Şahin, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Comparative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>literature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> at </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>universities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turkey</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>theory</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>application</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>development</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Trends</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uluslararası Türkçe Edebiyat Kültür Eğitim (TEKE) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dergisi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> , 10</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1) , 124-138 . </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="000D336B">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>https://dergipark.org.tr/en/pub/teke/issue/60878/902703</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="4DC27059" w14:textId="77777777" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23171847" w14:textId="5652427D" w:rsidR="004C2064" w:rsidRPr="000D336B" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Ölçme ve Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Notlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="000E274E">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CE2F29" w14:textId="2B330AB1" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ara Sınav </w:t>
+            </w:r>
+            <w:r w:rsidR="001A51FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(Proje)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF41AA6" w14:textId="232A1760" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AF3B95" w14:textId="20CF7EFD" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="000E274E">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFD8A18" w14:textId="74B359A8" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="006101B5" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ödev /</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB5ACF" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA78A11" w14:textId="3CD479F5" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="006101B5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="096895BB" w14:textId="3E8E9DCB" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="006101B5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FBA075" w14:textId="2DBB43C6" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Portf</w:t>
+            </w:r>
+            <w:r w:rsidR="001A51FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>öy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7047698A" w14:textId="0837C744" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA8C672" w14:textId="790C8B7F" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="006101B5" w:rsidP="006101B5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB5ACF" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2379F32B" w14:textId="2E6942B0" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidR="001A51FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Proje)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1872788A" w14:textId="728B4E09" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A86F748" w14:textId="3992E449" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="006101B5" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB5ACF" w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Tablosu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="000D336B" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="000D336B" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="004419E0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="549B0A4F" w14:textId="1D858039" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE76651" w14:textId="4966A6F9" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4D27A9" w14:textId="5B3BFB5B" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="004419E0">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="458530B9" w14:textId="58844966" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="21AAFFD4" w14:textId="02207215" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38251A98" w14:textId="2726B1D2" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="004419E0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF8321E" w14:textId="38502F19" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="002E6706">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ödevler / </w:t>
+            </w:r>
+            <w:r w:rsidR="002E6706">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A772A1" w14:textId="6600A558" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E57125" w14:textId="066305CD" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64324612" w14:textId="666EFFD2" w:rsidR="00EB5ACF" w:rsidRPr="000D336B" w:rsidRDefault="00EB5ACF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E6706" w:rsidRPr="000D336B" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="004419E0">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D8140D" w14:textId="14DCCB5E" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proje</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Portföy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="178609E5" w14:textId="71DA410A" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C36617F" w14:textId="5CFE0CA6" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D470DAB" w14:textId="19382B6D" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E6706" w:rsidRPr="000D336B" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="004419E0">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5186E46B" w14:textId="3BBE3E28" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav (Ara Sınav Süresi + Ara Sınav Hazırlığı)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Proje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5C7A5" w14:textId="04F7C42F" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8D88F" w14:textId="7A7DD75F" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698DB0F" w14:textId="4B59071C" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E6706" w:rsidRPr="000D336B" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00987A02">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F32B48B" w14:textId="264EE2FD" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Sınavı (Final Sınavı Süresi + Final Sınavı Hazırlığı)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Poroje</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="57453E3E" w14:textId="302DE943" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1671B335" w14:textId="13AA9FA8" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F4B433" w14:textId="3172A5A0" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E6706" w:rsidRPr="000D336B" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="002765B7">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1139CD8F" w14:textId="77BEAC66" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>196</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E6706" w:rsidRPr="000D336B" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="002765B7">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F8EF1F" w14:textId="68E8C4F5" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>=196/30=</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6.5</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E6706" w:rsidRPr="000D336B" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="002765B7">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Kredisi:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18FD7F" w14:textId="44D8C73E" w:rsidR="002E6706" w:rsidRPr="000D336B" w:rsidRDefault="002E6706" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3D5C4217" w14:textId="77777777" w:rsidR="00C72131" w:rsidRDefault="00C72131">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:noProof/>
-[...69 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F37F1" w:rsidRPr="00F806A3" w:rsidRDefault="005B4CD2" w:rsidP="0049506A">
+    <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="003237AD">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F806A3">
+      <w:r w:rsidRPr="000D336B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:drawing>
-[...43 lines deleted...]
-        </w:drawing>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C5270" w:rsidRPr="00F806A3" w:rsidRDefault="006C5270" w:rsidP="0049506A">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="000D336B" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Geçmiş Dönem Başarıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="000D336B" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05806513" w14:textId="2CDC3FB8" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1885371C" wp14:editId="15C1BB4A">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="512801470" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="427BA7FB" w14:textId="47DE8BC2" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FA47C53" wp14:editId="69367B23">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2071116311" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="000D336B" w14:paraId="2BCFF5A2" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7E970A" w14:textId="4F40234B" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A96DE31" wp14:editId="66E4DF37">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="900991778" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F752316" w14:textId="3328BFA2" w:rsidR="003237AD" w:rsidRPr="000D336B" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D4C7441" wp14:editId="0FE4A47C">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="710092929" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F34D6" w:rsidRPr="000D336B" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="639ABC3C" w14:textId="2E22890D" w:rsidR="000F34D6" w:rsidRPr="000D336B" w:rsidRDefault="006241B7" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DF07A08" wp14:editId="0D867B99">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="729780621" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42343372" w14:textId="1C0777E5" w:rsidR="000F34D6" w:rsidRPr="000D336B" w:rsidRDefault="006241B7" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000D336B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="658F462F" wp14:editId="4484698B">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1483050501" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId17"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="000D336B" w:rsidRDefault="003A4CE2">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006C5270" w:rsidRPr="00F806A3" w:rsidRDefault="006C5270" w:rsidP="0049506A">
-[...81 lines deleted...]
-    <w:sectPr w:rsidR="00E67127" w:rsidRPr="00F806A3" w:rsidSect="00286050">
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="000D336B" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="719" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6B2DCF62" w14:textId="77777777" w:rsidR="00AC687C" w:rsidRDefault="00AC687C" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7794C64F" w14:textId="77777777" w:rsidR="00AC687C" w:rsidRDefault="00AC687C" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...8 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="205A1FEE" w14:textId="77777777" w:rsidR="00AC687C" w:rsidRDefault="00AC687C" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3F7A0C35" w14:textId="77777777" w:rsidR="00AC687C" w:rsidRDefault="00AC687C" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="06121C61"/>
-[...3 lines deleted...]
-      <w:start w:val="4"/>
+    <w:nsid w:val="0B0F6467"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="39AE4F26"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="1FE12A86"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37041932"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="4D4D450A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B5A4EAA2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1800"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...5 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...235 lines deleted...]
-        <w:ind w:left="6915" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="178A4178"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="60D8D432">
+    <w:nsid w:val="5DBA6883"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7D72EA34"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2775"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="2775" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="E28EE110">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1875"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1875" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:color w:val="0000FF"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A7D29B0C">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2775"/>
+          <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2775" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-        <w:color w:val="auto"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3315"/>
+          <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="3315" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4035"/>
+          <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="4035" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5475"/>
+          <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="5475" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6195"/>
+          <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
-        <w:ind w:left="6195" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6915"/>
+          <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
-        <w:ind w:left="6915" w:hanging="180"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="1A5F5AD7"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="3972231A">
+    <w:nsid w:val="71F92C25"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="84FE9996"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="78C60994"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="28D4C35A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...5 lines deleted...]
-      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
-      <w:lvlJc w:val="right"/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
-[...959 lines deleted...]
-        <w:ind w:left="6915" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="12"/>
-[...20 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:savePreviewPicture/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...177 lines deleted...]
-    <w:rsid w:val="00FF0BC3"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000D336B"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="00151B5B"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="001706FE"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A51FF"/>
+    <w:rsid w:val="001A5E29"/>
+    <w:rsid w:val="001A5F8C"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="002064E9"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00231126"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="002E6706"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="00361813"/>
+    <w:rsid w:val="003634FB"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003B1CC7"/>
+    <w:rsid w:val="003B2093"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="00413F1B"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004344F3"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="0048422B"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004C2064"/>
+    <w:rsid w:val="004C69FC"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="00522997"/>
+    <w:rsid w:val="005322E1"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005A7451"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005D475F"/>
+    <w:rsid w:val="005D653C"/>
+    <w:rsid w:val="005E5459"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00604E65"/>
+    <w:rsid w:val="006101B5"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="00664282"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="0069446C"/>
+    <w:rsid w:val="006A0C8A"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006B533B"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007826B6"/>
+    <w:rsid w:val="007B37DA"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="00864CBC"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00891615"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008D64B2"/>
+    <w:rsid w:val="008E2AED"/>
+    <w:rsid w:val="008F19E3"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="009156B8"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="009523C7"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="0096613D"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00983483"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00A84E72"/>
+    <w:rsid w:val="00AC687C"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B121F7"/>
+    <w:rsid w:val="00B263CD"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B90BE3"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C07D7D"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C40FC7"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C64EF7"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72131"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C87F92"/>
+    <w:rsid w:val="00C9413C"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CC1BC7"/>
+    <w:rsid w:val="00CC5C84"/>
+    <w:rsid w:val="00CD0498"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D30DB7"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D430C9"/>
+    <w:rsid w:val="00D514AE"/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:rsid w:val="00D669D5"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00D90F74"/>
+    <w:rsid w:val="00D9576C"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E336B4"/>
+    <w:rsid w:val="00E404D4"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EB5ACF"/>
+    <w:rsid w:val="00EC4DD9"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00EF3461"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F8411A"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FB535C"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6A0E76EB"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -10304,329 +10694,499 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk2Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading1-Accent51">
-[...3 lines deleted...]
-    <w:rsid w:val="00183415"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:tcBorders>
-[...12 lines deleted...]
-        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="longtext">
-[...2 lines deleted...]
-    <w:rsid w:val="00CF7236"/>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-    <w:rsid w:val="00816970"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="003B1CC7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00816970"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="003B1CC7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -10698,1403 +11258,3629 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk2Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading1-Accent51">
-    <w:name w:val="Medium Shading 1 - Accent 51"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:uiPriority w:val="63"/>
-    <w:rsid w:val="00183415"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:tcBorders>
-[...12 lines deleted...]
-        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="longtext">
-    <w:name w:val="long_text"/>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00CF7236"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalonMetniChar"/>
-    <w:rsid w:val="00816970"/>
+    <w:rsid w:val="003B1CC7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
-    <w:rsid w:val="00816970"/>
+    <w:rsid w:val="003B1CC7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk2"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CF3BAA"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="133791500">
+    <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1414162275">
+    <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1739204943">
+    <w:div w:id="404956323">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="743259939">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="801003195">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1157385199">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1269970457">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1776516505">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1792820336">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1866863052">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1185094304">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1837189944">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1896702006">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1971664789">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dergipark.org.tr/en/pub/teke/issue/60878/902703" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencepublishinggroup.com/journal/index?journalid=502" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmassahin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dergipark.org.tr/en/pub/teke/issue/60878/902703" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencepublishinggroup.com/journal/index?journalid=502" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmassahin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\Users\elmas\Documents\&#199;a&#287;%20&#252;niversitesi\2022%20bahar%20not%20graph\TDE%20406%20bahar%20Tr%20graph%202022.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\Users\elmas\Documents\&#231;a&#287;%20&#252;niversitesi\2022%20bahar%20not%20graph\TDE%20434%20bahar%20Tr%20graph%202023.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_3.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_4.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_5.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_6.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <c:date1904 val="1"/>
+  <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
-  <c:style val="47"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>2021-202</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t>2 </a:t>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-[...1 lines deleted...]
-TDE 406  Karşılaştırmalı</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Güz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> Edebiyat </a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>II</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
+      <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
+    <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
-          <c:dLbls>
-[...24 lines deleted...]
-          </c:dLbls>
+          <c:invertIfNegative val="0"/>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>3</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>4</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>5</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>5</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>6</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>3</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>4</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
-        <c:axId val="108869888"/>
-        <c:axId val="109417216"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="148583936"/>
+        <c:axId val="183393600"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="108869888"/>
+        <c:axId val="148583936"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="109417216"/>
+        <c:crossAx val="183393600"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="109417216"/>
+        <c:axId val="183393600"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="108869888"/>
+        <c:crossAx val="148583936"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId1"/>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
-  <c:style val="47"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>2022-2023</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-[...1 lines deleted...]
-TDE 434 Karşılaştırmalı</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Bahar</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> Edebiyat </a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>II</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
             </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
+      <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
+    <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
-          <c:dLbls>
-[...24 lines deleted...]
-          </c:dLbls>
+          <c:invertIfNegative val="0"/>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>11</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>8</c:v>
                 </c:pt>
-                <c:pt idx="5">
-[...7 lines deleted...]
-                </c:pt>
                 <c:pt idx="8">
-                  <c:v>1</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>3</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
-        <c:axId val="123402112"/>
-        <c:axId val="125177216"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="274507264"/>
+        <c:axId val="230507648"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="123402112"/>
+        <c:axId val="274507264"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="125177216"/>
+        <c:crossAx val="230507648"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="125177216"/>
+        <c:axId val="230507648"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="123402112"/>
+        <c:crossAx val="274507264"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId1"/>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Güz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="274506752"/>
+        <c:axId val="230509952"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="274506752"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="230509952"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="230509952"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="274506752"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="148584960"/>
+        <c:axId val="230511104"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="148584960"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="230511104"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="230511104"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="148584960"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-1B61-4F0B-BA52-A0957D33D0C8}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="274506240"/>
+        <c:axId val="230512832"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="274506240"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="230512832"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="230512832"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="274506240"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-C93A-4AAE-B455-3C3D6FA9C3B8}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="274507776"/>
+        <c:axId val="260947968"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="274507776"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="260947968"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="260947968"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="274507776"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
-    <a:clrScheme name="Ofis">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Ofis">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Ofis">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4565</Characters>
+  <Pages>5</Pages>
+  <Words>1202</Words>
+  <Characters>6853</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5355</CharactersWithSpaces>
+  <CharactersWithSpaces>8039</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...38 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:creator>30853879058</dc:creator>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>