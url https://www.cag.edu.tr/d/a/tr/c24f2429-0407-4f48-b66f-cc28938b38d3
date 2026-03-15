--- v0 (2025-10-30)
+++ v1 (2026-03-15)
@@ -1,52 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="79EA8F18" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="173"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79EA8F19" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:ind w:right="12"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>DERS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1153,56 +1154,65 @@
               </w:rPr>
               <w:t>Dr. Öğr. Üyesi Aysun Dağtaş</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79EA8F38" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00BA6FDC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Salı  13.20 -15.40</w:t>
+              <w:t>Salı  13</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.20 -15.40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79EA8F39" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00BA6FDC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:left="22"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1305,115 +1315,128 @@
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. Öğr. Üyesi Aysun Dağtaş </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A337C6" w14:paraId="79EA8F40" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10840" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8F3F" w14:textId="6B5EFE5C" w:rsidR="00A337C6" w:rsidRDefault="00486557" w:rsidP="00B80E64">
+          <w:p w14:paraId="79EA8F3F" w14:textId="4BCE629B" w:rsidR="00A337C6" w:rsidRDefault="00486557" w:rsidP="00B80E64">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:left="31"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-7"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Amacı</w:t>
             </w:r>
             <w:r w:rsidR="00B80E64" w:rsidRPr="00B80E64">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">: Bu ders, öğrencilere çeviriyi hem bir disiplin hem de bir meslek olarak temel düzeyde tanıtmayı amaçlamaktadır. Çeviribilim alanındaki temel kavramlar, terimler ve kuramsal çerçeveler öğretilirken; kaynak dil ve erek dil arasındaki yapısal, anlamsal ve </w:t>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="001D7E18" w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu dersin amacı, çeviriyi hem kuramsal bir alan hem de profesyonel bir uygulama olarak öğrencilere tanıtmaktır. Ders, öğrencilerin </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00B80E64" w:rsidRPr="00B80E64">
+            <w:r w:rsidR="001D7E18" w:rsidRPr="001D7E18">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>edimbilimsel</w:t>
+              <w:t>metinsel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00B80E64" w:rsidRPr="00B80E64">
+            <w:r w:rsidR="001D7E18" w:rsidRPr="001D7E18">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> farklılıkların farkındalığını artırmak hedeflenmektedir. Ayrıca öğrenciler, başarılı çevirinin ayrılmaz bir parçası olan kültürel ve dilsel nüanslara karşı duyarlılık kazanacaklardır.</w:t>
-[...4 lines deleted...]
-            <w:r w:rsidR="00551B05" w:rsidRPr="00551B05">
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="001D7E18" w:rsidRPr="001D7E18">
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Bu ders ayrıca, çevirinin bir bilim dalı olarak tarihini, temel normlarını ve kuramlarını öğrencilere tanıtmayı amaçlamaktadır. Dersin temel amacı, çeviri alanındaki temel terimleri edinmektir.</w:t>
+              <w:t>pragmatik</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001D7E18" w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eşdeğerlik konusundaki farkındalıklarını geliştirmeyi; bağdaşıklık, tutarlılık ve iletişimsel amaç doğrultusunda metinleri çözümleme ve çevirme becerilerini artırmayı hedeflemektedir. Ayrıca çeviri sürecinin aşamaları, mesleki iş akışları, etik sorumluluklar ve dijital teknolojilerin çeviri üzerindeki etkileri ele alınarak, öğrencilerin kuramsal bilgilerini uygulamalı çeviri çalışmalarında etkili biçimde kullanmaları amaçlanmaktadır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A337C6" w14:paraId="79EA8F45" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="619" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F41" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="196"/>
@@ -1753,65 +1776,116 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6217" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8F4D" w14:textId="77777777" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
+          <w:p w14:paraId="779F4D37" w14:textId="77777777" w:rsidR="001D7E18" w:rsidRPr="001D7E18" w:rsidRDefault="001D7E18" w:rsidP="001D7E18">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="81"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B80E64">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Bağdaşıklık, tutarlılık, tematik yapı ve çıkarım (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>implicature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) dâhil olmak üzere </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>metinsel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>pragmatik</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eşdeğerliğe ilişkin temel kavramları açıklayabilir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EA8F4D" w14:textId="5AD1A6A1" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="001D7E18">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F4E" w14:textId="119F0CD7" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F4F" w14:textId="5B74AC67" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
@@ -1872,65 +1946,103 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6217" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79EA8F53" w14:textId="45EEB813" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
+          <w:p w14:paraId="4BC77999" w14:textId="77777777" w:rsidR="001D7E18" w:rsidRPr="001D7E18" w:rsidRDefault="001D7E18" w:rsidP="001D7E18">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kaynak ve erek metinleri eşdeğerlik açısından çözümleyebilir ve çeviride ortaya çıkan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>metinsel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>pragmatik</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kaymaları belirleyebilir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EA8F53" w14:textId="53513C10" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F54" w14:textId="6EB8B067" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F55" w14:textId="431688D7" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
@@ -1993,78 +2105,86 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6217" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8F59" w14:textId="77777777" w:rsidR="00816B2D" w:rsidRPr="004F0081" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
+          <w:p w14:paraId="6B818EFB" w14:textId="77777777" w:rsidR="001D7E18" w:rsidRPr="001D7E18" w:rsidRDefault="001D7E18" w:rsidP="001D7E18">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="81"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F0081">
-[...4 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="004F0081">
-[...3 lines deleted...]
-              <w:t>edimbilimsel</w:t>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Metinsel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="004F0081">
-[...3 lines deleted...]
-              <w:t>) uygulamalı çeviri çalışmalarında kullanabilecek.</w:t>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tutarlılığı ve </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>pragmatik</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> uygunluğu gözeterek özgün metinlere çeviri stratejileri uygulayabilir.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79EA8F5A" w14:textId="77777777" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="81"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F5B" w14:textId="725468E7" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
@@ -2136,65 +2256,75 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6217" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79EA8F60" w14:textId="77777777" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
+          <w:p w14:paraId="31B1405F" w14:textId="77777777" w:rsidR="001D7E18" w:rsidRPr="001D7E18" w:rsidRDefault="001D7E18" w:rsidP="001D7E18">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="81"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004F0081">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Çeviri sürecinin aşamalarını ve çeviri iş akışı kapsamında yer alan mesleki görevleri tanımlayabilir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EA8F60" w14:textId="6E7A10E5" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F61" w14:textId="5130CB9C" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F62" w14:textId="11255300" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
@@ -2257,65 +2387,85 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6217" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8F66" w14:textId="77777777" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
+          <w:p w14:paraId="70597BDE" w14:textId="77777777" w:rsidR="001D7E18" w:rsidRPr="001D7E18" w:rsidRDefault="001D7E18" w:rsidP="001D7E18">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Düzeltme ve kalite güvence ilkeleri dâhil olmak üzere, çeviri kalitesini mesleki ölçütlere göre değerlendirebilir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33F1E64A" w14:textId="77777777" w:rsidR="001D7E18" w:rsidRPr="001D7E18" w:rsidRDefault="001D7E18" w:rsidP="001D7E18">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79EA8F66" w14:textId="5BE70E49" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD4C35">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F67" w14:textId="42567254" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F68" w14:textId="3174760C" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
@@ -2376,65 +2526,75 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6217" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79EA8F6C" w14:textId="77777777" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
+          <w:p w14:paraId="54ED4068" w14:textId="77777777" w:rsidR="001D7E18" w:rsidRPr="001D7E18" w:rsidRDefault="001D7E18" w:rsidP="001D7E18">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="81"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Çeviri uygulamalarında etik sorumluluklar ve mesleki roller konusunda farkındalık gösterebilir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EA8F6C" w14:textId="4A1BF257" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="107" w:right="142"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD4C35">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F6D" w14:textId="765A0188" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F6E" w14:textId="07DEA62F" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
@@ -2509,64 +2669,64 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6217" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8F72" w14:textId="77777777" w:rsidR="00816B2D" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
+          <w:p w14:paraId="79EA8F72" w14:textId="37F256B7" w:rsidR="00816B2D" w:rsidRDefault="001D7E18" w:rsidP="00816B2D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="81"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DD4C35">
-[...3 lines deleted...]
-              <w:t>Çevirilerin kalitesini mesleki ölçütlere göre eleştirel biçimde değerlendirebilecek.</w:t>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Dijital çeviri araçlarını ve teknolojilerini mesleki ve etik standartlar doğrultusunda eleştirel biçimde kullanabilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F73" w14:textId="4AA92ED2" w:rsidR="00816B2D" w:rsidRPr="0008196A" w:rsidRDefault="00816B2D" w:rsidP="00816B2D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2884,110 +3044,106 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>İçeriği:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9229" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F6B782F" w14:textId="77777777" w:rsidR="007916AF" w:rsidRPr="007916AF" w:rsidRDefault="007916AF" w:rsidP="007916AF">
+          <w:p w14:paraId="79EA8F85" w14:textId="14200AB5" w:rsidR="00DD4C35" w:rsidRDefault="001D7E18" w:rsidP="007916AF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007916AF">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Bu ders, öğrencileri çevirinin temel kavramları, terimleri ve süreçleriyle tanıştırır. Yazılı çeviri ile sözlü çeviri arasındaki temel farkları kapsar ve hem kuramsal hem de uygulamalı bir bakış açısı sunar. Temel konular arasında çeviri kalitesi, çeviri eğitimi ve farklı düzeylerdeki (sözcük, sözcük üstü, dilbilgisel, metinsel ve </w:t>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu ders, çeviriyi hem kuramsal hem de mesleki bir alan olarak ele almakta; </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007916AF">
-[...3 lines deleted...]
-              <w:t>edimbilimsel</w:t>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>metinsel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007916AF">
-[...35 lines deleted...]
-              <w:t>Ders ayrıca, çeviri doğruluğunu ve mesleki yeterliliği artırmak için gözden geçirme teknikleri ve değerlendirme ölçütleri konularına da değinir. Çeviri tarihine kısa bir girişin ardından öğrenciler, çeviri kuramlarını inceleyerek çeviri süreci ve ürünü üzerine daha derin bir bakış açısı geliştireceklerdir.</w:t>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>pragmatik</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eşdeğerlik, çeviri süreci ve çevirmen yeterliği konularına odaklanmaktadır. Ders kapsamında bağdaşıklık, tutarlılık, tematik yapı ve çıkarım (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>implicature</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001D7E18">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) gibi kavramlar; tartışmalar, grup çalışmaları ve özgün metinler üzerinden yapılan çeviri atölyeleri aracılığı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DD4C35" w14:paraId="79EA8F88" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10840" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8F87" w14:textId="77777777" w:rsidR="00DD4C35" w:rsidRDefault="00DD4C35">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="81"/>
               <w:ind w:left="31" w:right="1"/>
@@ -3077,51 +3233,50 @@
             <w:tcW w:w="892" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79EA8F89" w14:textId="77777777" w:rsidR="00DD4C35" w:rsidRDefault="00DD4C35">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:left="199"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Hafta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4284" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="79EA8F8A" w14:textId="77777777" w:rsidR="00DD4C35" w:rsidRDefault="00DD4C35">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:left="41"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3618,51 +3773,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> çevirileri metinsel eşdeğerlik açısından analiz ederler.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79EA8F9F" w14:textId="4F503DE2" w:rsidR="00DD4C35" w:rsidRDefault="00DD4C35" w:rsidP="00B75EDF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="118"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="79EA8FA1" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A337C6">
-          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:headerReference w:type="default" r:id="rId7"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1280" w:right="425" w:bottom="421" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4297,72 +4452,80 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3C2A5EFB" w14:textId="77777777" w:rsidR="00BE6A99" w:rsidRPr="00BE6A99" w:rsidRDefault="00BE6A99" w:rsidP="00BE6A99">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="114"/>
               <w:ind w:left="109" w:right="171"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA8FBF" w14:textId="408A9AC6" w:rsidR="00A337C6" w:rsidRDefault="00BE6A99" w:rsidP="00BE6A99">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="114"/>
               <w:ind w:left="109" w:right="171"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE6A99">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>İngilizce ve Türkçe (veya öğrencilerin çalışma dilleri) arasında eşdeğerliğin nasıl değişebileceğine dair karşılaştırmalı analiz notları hazırlanır.</w:t>
+              <w:t xml:space="preserve">İngilizce ve Türkçe (veya öğrencilerin çalışma dilleri) arasında eşdeğerliğin nasıl değişebileceğine dair karşılaştırmalı </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE6A99">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>analiz notları hazırlanır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
           <w:p w14:paraId="614E096C" w14:textId="77777777" w:rsidR="00181030" w:rsidRPr="00181030" w:rsidRDefault="00181030" w:rsidP="00181030">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00181030">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Atölye Yaklaşımı:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09CC5FD6" w14:textId="77777777" w:rsidR="00181030" w:rsidRPr="00181030" w:rsidRDefault="00181030" w:rsidP="00181030">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="008541EE" w14:textId="77777777" w:rsidR="00181030" w:rsidRPr="00181030" w:rsidRDefault="00181030" w:rsidP="00181030">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00181030">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -4463,65 +4626,107 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="341AEFB4" w14:textId="77777777" w:rsidR="00181030" w:rsidRPr="00181030" w:rsidRDefault="00181030" w:rsidP="00181030">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA8FC0" w14:textId="086A9274" w:rsidR="00A337C6" w:rsidRDefault="00181030" w:rsidP="00181030">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00181030">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metinsel değişimleri (ör. cümle sırası, tematik ilerleme) ve </w:t>
+              <w:t xml:space="preserve">Metinsel değişimleri </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00181030">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00181030">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ör. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00181030">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>cümle</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00181030">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sırası, tematik ilerleme) ve </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00181030">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>edimbilimsel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00181030">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> değişimleri (ör. ton, ima) tartışır.</w:t>
+              <w:t xml:space="preserve"> değişimleri (ör. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00181030">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ton</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00181030">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, ima) tartışır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A337C6" w14:paraId="79EA8FCB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1377"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8FC2" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA8FC3" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="110"/>
@@ -4531,387 +4736,275 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA8FC4" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8FC7" w14:textId="6868C72C" w:rsidR="00A337C6" w:rsidRDefault="00BF7035">
+          <w:p w14:paraId="79EA8FC7" w14:textId="17F75581" w:rsidR="00A337C6" w:rsidRDefault="004B5274">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="235" w:lineRule="auto"/>
               <w:ind w:left="110" w:right="1600"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BF7035">
-[...3 lines deleted...]
-              <w:t>Çeviri Türleri ve Çeviri Süreci</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Çevirmenlik Mesleğine Genel Bakış </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41DE8AA3" w14:textId="77777777" w:rsidR="00AE2B9C" w:rsidRPr="00AE2B9C" w:rsidRDefault="00AE2B9C" w:rsidP="00AE2B9C">
+          <w:p w14:paraId="79EA8FC8" w14:textId="204B2AD5" w:rsidR="00A337C6" w:rsidRDefault="004B5274" w:rsidP="00AE2B9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="237" w:lineRule="auto"/>
               <w:ind w:left="109" w:right="278"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE2B9C">
-[...102 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, “An </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Overview</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">”, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 1 in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Profession</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, 2007)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D69BD2B" w14:textId="77777777" w:rsidR="00AE2B9C" w:rsidRPr="00AE2B9C" w:rsidRDefault="00AE2B9C" w:rsidP="00AE2B9C">
-[...181 lines deleted...]
-          <w:p w14:paraId="79EA8FCA" w14:textId="1202D9CD" w:rsidR="00A337C6" w:rsidRDefault="00AE2B9C" w:rsidP="00AE2B9C">
+          <w:p w14:paraId="797BFA27" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="237" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="262"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE2B9C">
-[...3 lines deleted...]
-              <w:t>Çeviri sürecini anlamanın çeviri kalitesi ve tutarlılığını nasıl geliştirdiğini tartışırlar.</w:t>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Etkileşimli Ders Anlatımı: Çevirmenin mesleki rolü ve sorumluluklarına ilişkin temel kavramlar sunulur.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2438AE0B" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="237" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="262"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D79A9D9" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="237" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="262"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Yönlendirilmiş Tartışma: Öğrenciler, kısa senaryolar üzerinden kalite kısıtları, çeviri çeşitliliği ve amaç uyuşmazlığı gibi konuları tartışır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F75B91C" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="237" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="262"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="524B2164" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="237" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="262"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Süreç Odaklı İnceleme: Çevirmenin işi ve görev dağılımı (çeviri öncesi, aktarım/çeviri, kalite kontrol, çeviri sonrası) adım adım ele alınır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="274CD857" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="237" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="262"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79EA8FCA" w14:textId="4A14415F" w:rsidR="00A337C6" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="237" w:lineRule="auto"/>
+              <w:ind w:left="108" w:right="262"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Vaka Analizi: İş akışı aşamalarını ve mesleki sorumlulukları somutlaştırmak amacıyla örnek bir çeviri projesi analiz edilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A337C6" w14:paraId="79EA8FD4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8FCC" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA8FCD" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -4923,316 +5016,380 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA8FCE" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8FD1" w14:textId="568C6EA8" w:rsidR="00A337C6" w:rsidRDefault="00561936">
+          <w:p w14:paraId="79EA8FD1" w14:textId="38BF40C6" w:rsidR="00A337C6" w:rsidRDefault="004B5274">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00561936">
-[...3 lines deleted...]
-              <w:t>20. Yüzyıl Öncesi Çeviri Kuramları ve Çağdaş Yaklaşımlar</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Çeviri Sürecinin Aşamaları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="7821993B" w14:textId="77777777" w:rsidR="00561936" w:rsidRPr="00561936" w:rsidRDefault="00561936" w:rsidP="00561936">
+          <w:p w14:paraId="79EA8FD2" w14:textId="33676E46" w:rsidR="00A337C6" w:rsidRDefault="004B5274" w:rsidP="00561936">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="230"/>
               <w:ind w:left="109" w:right="311"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00561936">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Cicero, Horace, St. Jerome, Martin Luther, </w:t>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00561936">
-[...3 lines deleted...]
-              <w:t>Dryden</w:t>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00561936">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> ve Alexander Fraser </w:t>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00561936">
-[...3 lines deleted...]
-              <w:t>Tytler</w:t>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00561936">
-[...55 lines deleted...]
-              <w:t>Sözcüğü sözcüğüne çeviri ile anlamca çeviri (sense-</w:t>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00561936">
-[...3 lines deleted...]
-              <w:t>for</w:t>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>translation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00561936">
-[...34 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>process</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Z”, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 3 in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Profession</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, 2007)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC3AE38" w14:textId="77777777" w:rsidR="00561936" w:rsidRPr="00561936" w:rsidRDefault="00561936" w:rsidP="00561936">
-[...89 lines deleted...]
-          <w:p w14:paraId="79EA8FD3" w14:textId="2E79EEEF" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
+          <w:p w14:paraId="42F923BF" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Etkileşimli Ders Anlatımı: Çeviri sürecinin A’dan Z’ye aşamaları kuramsal çerçevede tanıtılır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ADD212A" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="404E2CBD" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Süreç Odaklı Gösterim: Çeviri setinin hazırlanması, kaynakların oluşturulması, görevin planlanması ve çeviri ortamlarının yönetilmesi adım adım gösterilir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12171878" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B1263DA" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vaka Temelli Öğrenme: Öğrenciler, çeviri öncesi hazırlık, aktarım/çeviri, kalite kontrol ve çeviri sonrası aşamaları anlamak amacıyla </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>simüle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> edilmiş bir çeviri projesini analiz eder.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B8D54C6" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67F9FAB5" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Görev Temelli Etkinlikler: Öğrenciler kaynak metinleri çözümleme, ham materyalleri hazırlama, kısa çeviri örnekleri yapma ve iş akışı planlama çalışmaları gerçekleştirir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C13D63B" w14:textId="77777777" w:rsidR="004B5274" w:rsidRPr="004B5274" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79EA8FD3" w14:textId="200E8587" w:rsidR="00A337C6" w:rsidRDefault="004B5274" w:rsidP="004B5274">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Kalite Güvence Atölyesi: Çevirmen, düzeltmen (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>reviser</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B5274">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) ve işverenin kalite kontrol süreçlerindeki rolleri ile düzeltme uygulamaları örnekler üzerinden tartışılır.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A337C6" w14:paraId="79EA8FD9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8FD5" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="81"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="20"/>
@@ -5418,557 +5575,573 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA8FE0" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="16" w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8FE3" w14:textId="32B8A469" w:rsidR="00A337C6" w:rsidRDefault="00A71A4F">
+          <w:p w14:paraId="79EA8FE3" w14:textId="4FAB784B" w:rsidR="00A337C6" w:rsidRDefault="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="211" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A71A4F">
-[...3 lines deleted...]
-              <w:t>Dilbilimsel Yaklaşımlar</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Çeviri Projesi Yönetimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BA532CC" w14:textId="77777777" w:rsidR="008504E9" w:rsidRPr="008504E9" w:rsidRDefault="008504E9" w:rsidP="008504E9">
+          <w:p w14:paraId="79EA8FE4" w14:textId="5EAA654B" w:rsidR="00A337C6" w:rsidRDefault="00796798" w:rsidP="008504E9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="109" w:right="301"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008504E9">
-[...48 lines deleted...]
-              <w:t xml:space="preserve">- Anahtar kuramcılar: Nida, </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008504E9">
-[...3 lines deleted...]
-              <w:t>Catford</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008504E9">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="008504E9">
-[...3 lines deleted...]
-              <w:t>Jakobson</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Living</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="008504E9">
-[...31 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>crowd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Interacting</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of ‘</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>partners</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’”, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 9 in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Profession</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, 2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293E50A3" w14:textId="77777777" w:rsidR="00950CBC" w:rsidRPr="00950CBC" w:rsidRDefault="00950CBC" w:rsidP="00950CBC">
+          <w:p w14:paraId="74E4FE6C" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00950CBC">
-[...7 lines deleted...]
-          <w:p w14:paraId="56A845AB" w14:textId="77777777" w:rsidR="00950CBC" w:rsidRPr="00950CBC" w:rsidRDefault="00950CBC" w:rsidP="00950CBC">
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Etkileşimli Ders Anlatımı: Çevirmenin mesleki ağı ve işverenler, proje yöneticileri, düzeltmenler ve teknik uzmanlar gibi farklı paydaşlarla olan etkileşimleri tanıtılır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10016A20" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00950CBC">
-[...6 lines deleted...]
-          <w:p w14:paraId="1085A3C4" w14:textId="77777777" w:rsidR="00950CBC" w:rsidRPr="00950CBC" w:rsidRDefault="00950CBC" w:rsidP="00950CBC">
+          </w:p>
+          <w:p w14:paraId="21510EE4" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00950CBC">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">- Her grup bir dilbilimsel modeli uygulasın (Nida, </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Vaka Analizi: Gerçek ya da </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00950CBC">
-[...3 lines deleted...]
-              <w:t>Catford</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>simüle</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00950CBC">
-[...20 lines deleted...]
-          <w:p w14:paraId="79EA8FE5" w14:textId="71E8463B" w:rsidR="00A337C6" w:rsidRDefault="00950CBC" w:rsidP="00950CBC">
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> edilmiş çeviri projeleri incelenerek farklı ortaklarla ve kurumsal yapılarla yürütülen iş birlikleri ele alınır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6340B82B" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Grup Tartışması: Çeviri uygulamalarında mesleki ilişkiler, ekip çalışması ve çatışma yönetimi üzerine değerlendirmeler yapılır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44E6366B" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00950CBC">
-[...10 lines deleted...]
-              <w:t>odaklanır.</w:t>
+          </w:p>
+          <w:p w14:paraId="4EC276D2" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Problem Çözme Görevleri: Öğrenciler, koordinasyon, teslim tarihleri ve kalite beklentileriyle ilgili yaygın mesleki sorunlara çözüm üretir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EA8FE5" w14:textId="7F0D6034" w:rsidR="00A337C6" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:right="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Yansıtıcı Uygulama: Öğrenciler, çevirmenin mesleki ekosistem içindeki rolü ile iş birliği ve iletişim becerilerinin önemi üzerine kısa bir yazılı yansıma çalışması yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A337C6" w14:paraId="79EA8FEB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8FE7" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="230"/>
               <w:ind w:left="16" w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8FE8" w14:textId="4B073ED7" w:rsidR="00A337C6" w:rsidRDefault="00557EC9">
+          <w:p w14:paraId="79EA8FE8" w14:textId="29BD9A3D" w:rsidR="00A337C6" w:rsidRDefault="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="230"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00557EC9">
-[...3 lines deleted...]
-              <w:t>İşlevsel Yaklaşımlar</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Çeviri Projesi </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yönetimi : </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Simulasyon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Role-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>play</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8FE9" w14:textId="26B4C0F4" w:rsidR="00A337C6" w:rsidRDefault="00557EC9" w:rsidP="00557EC9">
+          <w:p w14:paraId="79EA8FE9" w14:textId="59C17F07" w:rsidR="00A337C6" w:rsidRDefault="00796798" w:rsidP="00557EC9">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="109" w:right="171"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00557EC9">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> olduğunu </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00557EC9">
-[...9 lines deleted...]
-              <w:t>ıtılır</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00557EC9">
-[...61 lines deleted...]
-              <w:br/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, “Living in a crowd: Interacting with no end of ‘partners’”, Ch. 9 in Translation as Profession (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, 2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="1DCE439A" w14:textId="6B700491" w:rsidR="006E2273" w:rsidRPr="006E2273" w:rsidRDefault="006E2273" w:rsidP="006E2273">
-[...77 lines deleted...]
-          <w:p w14:paraId="79EA8FEA" w14:textId="3B128658" w:rsidR="00A337C6" w:rsidRDefault="006E2273" w:rsidP="006E2273">
+          <w:p w14:paraId="73CA54A5" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="217"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E2273">
-[...3 lines deleted...]
-              <w:t>2. Reklam için (ikna edici)</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Rol Oynama Etkinlikleri: Öğrenciler; işverenlerle müzakere etme, proje yöneticileriyle iş birliği yapma ve düzeltmen geri bildirimlerine yanıt verme gibi mesleki iletişim senaryolarını canlandırır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0856D6C7" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:right="217"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Grup Tartışması: Mesleki ilişkiler, ekip çalışması ve çatışma yönetimi konuları yeniden ele alınır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EA8FEA" w14:textId="1AB4D7AE" w:rsidR="00A337C6" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:right="217"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Problem Çözme Görevleri: Koordinasyon, zaman yönetimi ve kalite beklentilerine ilişkin mesleki zorluklar üzerinde çözüm odaklı çalışmalar yapılır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A337C6" w14:paraId="79EA8FFB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="2068"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8FEC" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA8FED" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
@@ -5996,553 +6169,613 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA8FF0" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="16" w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8FF4" w14:textId="7B3DB254" w:rsidR="00A337C6" w:rsidRDefault="00105BD0" w:rsidP="00105BD0">
+          <w:p w14:paraId="79EA8FF4" w14:textId="1D7596E7" w:rsidR="00A337C6" w:rsidRDefault="00796798" w:rsidP="00105BD0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="2" w:line="237" w:lineRule="auto"/>
               <w:ind w:left="110" w:right="1853"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00105BD0">
-[...3 lines deleted...]
-              <w:t>Betimleyici Çeviri Çalışmaları (DTS)</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Çeviri Projesi </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yönetimi : </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Simulasyon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Role-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>play</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA8B75C" w14:textId="7430819A" w:rsidR="00105BD0" w:rsidRPr="00105BD0" w:rsidRDefault="00105BD0" w:rsidP="00105BD0">
+          <w:p w14:paraId="79EA8FF7" w14:textId="287719B0" w:rsidR="00A337C6" w:rsidRDefault="00796798" w:rsidP="00105BD0">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="237" w:lineRule="auto"/>
               <w:ind w:left="109" w:right="171"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00105BD0">
-[...3 lines deleted...]
-              <w:t>CTS’nin</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00105BD0">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> (Critical </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00105BD0">
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Living</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>crowd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Interacting</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>end</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of ‘</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>partners</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’”, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 9 in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Translation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00105BD0">
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Profession</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">John </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00105BD0">
-[...3 lines deleted...]
-              <w:t>Studies</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00105BD0">
-[...39 lines deleted...]
-              <w:t>Konu ile ilgili makale getirilir.</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, 2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49026AF8" w14:textId="3EF7652C" w:rsidR="00847C1D" w:rsidRPr="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
+          <w:p w14:paraId="1DF9F212" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="237" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00847C1D">
-[...12 lines deleted...]
-          <w:p w14:paraId="7CCE94EA" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRPr="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Rol Oynama Etkinlikleri: Öğrenciler; işverenlerle müzakere etme, proje yöneticileriyle iş birliği yapma ve düzeltmen geri bildirimlerine yanıt verme gibi mesleki iletişim senaryolarını canlandırır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18C856C3" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="237" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00847C1D">
-[...6 lines deleted...]
-          <w:p w14:paraId="1C33D9A2" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRPr="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Grup Tartışması: Mesleki ilişkiler, ekip çalışması ve çatışma yönetimi konuları yeniden ele alınır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79EA8FFA" w14:textId="58B52F7C" w:rsidR="00A337C6" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="237" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00847C1D">
-[...67 lines deleted...]
-              <w:t>• Başlangıç normu (kaynak/ hedef yönelimi)</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Problem Çözme Görevleri: Koordinasyon, zaman yönetimi ve kalite beklentilerine ilişkin mesleki zorluklar üzerinde çözüm odaklı çalışmalar yapılır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A337C6" w14:paraId="79EA9002" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="921"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
           <w:p w14:paraId="79EA8FFC" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="115"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA8FFD" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="16" w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA8FFF" w14:textId="6774EE7A" w:rsidR="00A337C6" w:rsidRDefault="00C95B89">
+          <w:p w14:paraId="79EA8FFF" w14:textId="60D15A31" w:rsidR="00A337C6" w:rsidRDefault="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="110" w:right="809"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C95B89">
-[...3 lines deleted...]
-              <w:t>Eleştirel Çeviri Çalışmaları (CTS)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Çeviride Etik Konular</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA9000" w14:textId="7C767C54" w:rsidR="00A337C6" w:rsidRDefault="003048AC" w:rsidP="003048AC">
+          <w:p w14:paraId="79EA9000" w14:textId="54557E0A" w:rsidR="00A337C6" w:rsidRDefault="00796798" w:rsidP="003048AC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="109" w:right="100"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003048AC">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003048AC">
-[...3 lines deleted...]
-              <w:t>CTS’nin</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003048AC">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> (Critical </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003048AC">
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>From</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>manual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>automatic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">”, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 14 in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Translation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003048AC">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003048AC">
-[...3 lines deleted...]
-              <w:t>Studies</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Profession</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003048AC">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">) ortaya çıkışını ve DTS ile Kültürel </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (John </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003048AC">
-[...3 lines deleted...]
-              <w:t>Çalışmalar’dan</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003048AC">
-[...43 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, 2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="25E10CC8" w14:textId="77777777" w:rsidR="0016096B" w:rsidRPr="0016096B" w:rsidRDefault="0016096B" w:rsidP="0016096B">
+          <w:p w14:paraId="007DD2EE" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0016096B">
-[...6 lines deleted...]
-          <w:p w14:paraId="45B419E4" w14:textId="5E70B315" w:rsidR="0016096B" w:rsidRPr="0016096B" w:rsidRDefault="0016096B" w:rsidP="0016096B">
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Etkileşimli Ders Anlatımı: Konuya ilişkin temel etik ilkeler ve kavramlar tanıtılır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="761191D4" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0016096B">
-[...18 lines deleted...]
-          <w:p w14:paraId="29521360" w14:textId="51A53B53" w:rsidR="0016096B" w:rsidRPr="0016096B" w:rsidRDefault="0016096B" w:rsidP="0016096B">
+          </w:p>
+          <w:p w14:paraId="79EA9001" w14:textId="1B147A04" w:rsidR="00A337C6" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0016096B">
-[...31 lines deleted...]
-              <w:t>- Tartışma: Bu çeviri kimin çıkarına hizmet ediyor? Hangi ideolojiler açık ya da gizli?</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Yönlendirilmiş Tartışma: İşverenlere, meslektaşlara, iş ortaklarına ve diğer paydaşlara karşı etik sorumluluklar üzerine tartışma yapılır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C95B89" w14:paraId="79EA9010" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79EA9003" w14:textId="77777777" w:rsidR="00C95B89" w:rsidRDefault="00C95B89" w:rsidP="00C95B89">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA9004" w14:textId="77777777" w:rsidR="00C95B89" w:rsidRDefault="00C95B89" w:rsidP="00C95B89">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
@@ -6560,182 +6793,275 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA9006" w14:textId="77777777" w:rsidR="00C95B89" w:rsidRDefault="00C95B89" w:rsidP="00C95B89">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="16" w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA900A" w14:textId="05E9DD0B" w:rsidR="00C95B89" w:rsidRDefault="00C95B89" w:rsidP="00C95B89">
+          <w:p w14:paraId="79EA900A" w14:textId="4E0B867C" w:rsidR="00C95B89" w:rsidRDefault="00796798" w:rsidP="00C95B89">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DF2A4E">
-[...3 lines deleted...]
-              <w:t>Eleştirel Çeviri Çalışmaları (Uygulama)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Çeviride Etik Konular</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA900D" w14:textId="77D19BBA" w:rsidR="00C95B89" w:rsidRDefault="00C95B89" w:rsidP="00C95B89">
+          <w:p w14:paraId="79EA900D" w14:textId="66DD8E46" w:rsidR="00C95B89" w:rsidRDefault="00796798" w:rsidP="00C95B89">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="109"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193B6E">
-[...3 lines deleted...]
-              <w:t>Güç, ideoloji ve kültürün çeviriyi nasıl şekillendirdiğini gösteren örnekler hazırla (siyasi konuşmalar, medya çevirileri, sömürge sonrası metinler vb.).</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>From</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>manual</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>automatic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">”, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 14 in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Profession</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, 2007</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F501945" w14:textId="77777777" w:rsidR="00C95B89" w:rsidRPr="00193B6E" w:rsidRDefault="00C95B89" w:rsidP="00C95B89">
-[...2 lines deleted...]
-              <w:spacing w:line="230" w:lineRule="exact"/>
+          <w:p w14:paraId="2CBE6367" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193B6E">
-[...9 lines deleted...]
-              <w:spacing w:line="230" w:lineRule="exact"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Etkileşimli Ders Anlatımı: Konuya ilişkin temel etik ilkeler ve kavramlar tanıtılır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EF84175" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193B6E">
-[...9 lines deleted...]
-              <w:spacing w:line="230" w:lineRule="exact"/>
+          </w:p>
+          <w:p w14:paraId="79EA900F" w14:textId="34F3F395" w:rsidR="00C95B89" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108" w:right="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193B6E">
-[...48 lines deleted...]
-              <w:t>• Kültürel ve ideolojik kaymalar</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yönlendirilmiş Tartışma: İşverenlere, meslektaşlara, iş ortaklarına ve diğer paydaşlara karşı etik sorumluluklar üzerine </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>tartışma yapılır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="79EA9011" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00A337C6">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A337C6">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1280" w:right="425" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
@@ -6782,288 +7108,382 @@
           </w:p>
           <w:p w14:paraId="79EA9012" w14:textId="3B73E406" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="230"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4312" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA9014" w14:textId="59CF6456" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
+          <w:p w14:paraId="79EA9014" w14:textId="7DD9DC00" w:rsidR="00847C1D" w:rsidRDefault="00796798" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="211" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00193B6E">
-[...3 lines deleted...]
-              <w:t>Sözlü Çeviri Kuramsal Çerçevesi</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Dijital Çağda Çeviri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="044921DE" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRPr="00CB0CA9" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
-[...90 lines deleted...]
-          <w:p w14:paraId="79EA9015" w14:textId="7408266D" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
+          <w:p w14:paraId="79EA9015" w14:textId="2934339E" w:rsidR="00847C1D" w:rsidRDefault="00796798" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="150"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CB0CA9">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CB0CA9">
-[...3 lines deleted...]
-              <w:t>Effort</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CB0CA9">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Model ve </w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CB0CA9">
-[...3 lines deleted...]
-              <w:t>Interactional</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>From</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CB0CA9">
+            <w:r w:rsidRPr="00796798">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CB0CA9">
-[...3 lines deleted...]
-              <w:t>Models</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>manual</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> dan bahsedilir.</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>automatic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">”, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. 14 in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Profession</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (John </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, 2007)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="77B7267F" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRPr="005C070A" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
-[...44 lines deleted...]
-          <w:p w14:paraId="79EA9016" w14:textId="43B4A7AA" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
+          <w:p w14:paraId="1AAAA948" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="107"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C070A">
-[...3 lines deleted...]
-              <w:t>- Kuramsal modellerle ilişkilendir.</w:t>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Etkileşimli Ders Anlatımı: CAT araçları, makine çevirisi, son-düzenleme (post-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>editing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>) ve çevrim içi platformlar dâhil olmak üzere çeviride dijital dönüşüme genel bir bakış sunulur.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="202CE362" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="751BF13A" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gösterim: Öğretim elemanı, çeviri teknolojilerinin temel işlevlerini ve dijital iş akışlarını </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>uygularak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gösterir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C023AFA" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C9D5ADF" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Yönlendirilmiş Tartışma: Dijitalleşmenin çevirmenin rolü, kalite, verimlilik ve etik üzerindeki etkileri tartışılır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BB3CC85" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BB9C3F1" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Vaka Analizi: Teknoloji odaklı çeviri projelerinden gerçek örnekler incelenir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="709E9BD0" w14:textId="77777777" w:rsidR="00796798" w:rsidRPr="00796798" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79EA9016" w14:textId="0FCC5B4C" w:rsidR="00847C1D" w:rsidRDefault="00796798" w:rsidP="00796798">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uygulamalı Çalışma: Öğrenciler dijital çeviri araçlarını veya </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>simüle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> edilmiş çeviri ortamlarını kullanarak uygulama yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00847C1D" w14:paraId="79EA901E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="921"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="893" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79EA9018" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="115"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="79EA9019" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
@@ -7442,58 +7862,55 @@
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Kitabı:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7408" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79EA902C" w14:textId="744BC23D" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
+          <w:p w14:paraId="34BCCA8F" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:line="230" w:lineRule="exact"/>
               <w:ind w:left="104" w:right="569"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B2757F">
               <w:t xml:space="preserve">Baker, M. (1992). </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>In</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
@@ -7527,50 +7944,142 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2757F">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Translation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2757F">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2757F">
               <w:t>Routledge</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2757F">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49B39628" w14:textId="77777777" w:rsidR="00796798" w:rsidRDefault="00796798" w:rsidP="00847C1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="569"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="79EA902C" w14:textId="6D71CD6E" w:rsidR="00796798" w:rsidRDefault="00796798" w:rsidP="00847C1D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="230" w:lineRule="exact"/>
+              <w:ind w:left="104" w:right="569"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniel </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Gouadec</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (2007).</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Translation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Profession</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.John</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Benjamins</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00796798">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00847C1D" w14:paraId="79EA9030" w14:textId="77777777" w:rsidTr="009609C1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3452" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
           <w:p w14:paraId="79EA902E" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -7656,51 +8165,59 @@
             <w:r w:rsidRPr="00B2757F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2757F">
               <w:t>Studies</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2757F">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2757F">
               <w:t>Theories</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2757F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2757F">
               <w:t>and</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B2757F">
-              <w:t xml:space="preserve"> Applications, 2004, Jeremy </w:t>
+              <w:t xml:space="preserve"> Applications, 2004, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B2757F">
+              <w:t>Jeremy</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B2757F">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B2757F">
               <w:t>Munday</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="79EA902F" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00847C1D" w14:paraId="79EA9032" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10860" w:type="dxa"/>
@@ -8448,50 +8965,51 @@
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
           <w:p w14:paraId="79EA9053" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:left="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>İçerik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1124" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
           <w:p w14:paraId="79EA9054" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:left="362"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
@@ -8905,51 +9423,50 @@
       </w:tr>
       <w:tr w:rsidR="00847C1D" w14:paraId="79EA906B" w14:textId="77777777" w:rsidTr="00A420D1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
           <w:p w14:paraId="79EA9067" w14:textId="77777777" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1124" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79EA9068" w14:textId="2CB1FD3E" w:rsidR="00847C1D" w:rsidRDefault="00847C1D" w:rsidP="00847C1D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="86"/>
               <w:ind w:left="22"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -10011,51 +10528,51 @@
                                         <a:pt x="2850511" y="0"/>
                                       </a:lnTo>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="D9D9D9"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="0841B944" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:29.75pt;margin-top:12.1pt;width:224.45pt;height:.75pt;z-index:-16197632;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC8vKbFbAIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjhxl16MOMXQrMGA&#10;oi3QDHtWZPmCyZJGKbHz96PkS9K02EOHAAJpUiTP4YkWt20tyV6ArbRK6WwypUQorrNKFSn9ubn/&#10;ck2JdUxlTGolUnoQlt4uP39aNCYRsS61zAQQLKJs0piUls6ZJIosL0XN7EQboTCYa6iZQxeKKAPW&#10;YPVaRvF0ehk1GjIDmgtr8euqC9JlqJ/ngrunPLfCEZlSnM2FE8K59We0XLCkAGbKivdjsA9MUbNK&#10;YdOx1Io5RnZQvSlVVxy01bmbcF1HOs8rLgIGRDObnqFZg96ZgKVImsKMNCG1Zzx9uCx/3K/BvJhn&#10;6KZH80Hz3xZ5iRpTJKdx7xfH5DaH2l9CEKQNjB5GRkXrCMeP8fV8Op/NKeEYu5nH845wXuJW3lzi&#10;5fd/XYtY0rUMg42DNAaVY4/k2P8j56VkRgTOrQf/DKTKUnpBiWI16nfdS+XCA/GtMcez13u2J/Jd&#10;br5eXcYd/nfpmcVXQY8jTpbwnXVroQPNbP9gXSfXbLBYOVi8VYMJKHovdxnk7ihBuQMlKPdt190w&#10;5+/53XmTNMc9+W+13ouNDlF3tiMc7RiV6jSr2/SMkkEEmNtloOHboKA6I7RG+xScVH6KIBDf2GpZ&#10;ZfeVlMGBYnsngewZglrd+J/HgRVepRmwbsVs2eWFUJ8mVRCzTbrt+K1tdXbA1Ta4zZTaPzsGghL5&#10;Q6F4/CsxGDAY28EAJ+90eEsCQdhz0/5iYIhvn1KHm33Ug4ZYMizNQx9z/U2lv+2cziu/UdTzMFHv&#10;oJ6DFf72aL16V079kHV8SJd/AQAA//8DAFBLAwQUAAYACAAAACEANOaiGOAAAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTUEMb4lRVBZwqJFok1JubbJOo8TqK3ST9e5YT&#10;HGdnNPM2W022FQP2vnGkIZ5FIJAKVzZUafjavz0sQPhgqDStI9RwRQ+r/PYmM2npRvrEYRcqwSXk&#10;U6OhDqFLpfRFjdb4meuQ2Du53prAsq9k2ZuRy20rkyh6ktY0xAu16XBTY3HeXayG99GM68f4ddie&#10;T5vrYa8+vrcxan1/N61fQAScwl8YfvEZHXJmOroLlV60GtRScVJDMk9AsK+ixRzEkQ/qGWSeyf8P&#10;5D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvLymxWwCAACQBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANOaiGOAAAAAIAQAADwAAAAAAAAAA&#10;AAAAAADGBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 3" o:spid="_x0000_s1027" style="position:absolute;top:47;width:28505;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAx/HQHwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9mY2pSImuQcRADxVq2h68PbLPbDD7NmS3Jv77bqHQ4zAz3zCbYrKduNHgW8cKFkkK&#10;grh2uuVGwedHOX8B4QOyxs4xKbiTh2L7MNtgrt3IJ7pVoRERwj5HBSaEPpfS14Ys+sT1xNG7uMFi&#10;iHJopB5wjHDbySxNV9Jiy3HBYE97Q/W1+rYKlulIx/BVHiZj5JvMqvt7ea6UenqcdmsQgabwH/5r&#10;v2oFz/B7Jd4Auf0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMfx0B8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79EA908A" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:ind w:left="239"/>
               <w:rPr>
@@ -12819,51 +13336,51 @@
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="2550585" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="156082"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="29025F7E" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:29.75pt;margin-top:3.45pt;width:224.45pt;height:77.7pt;z-index:-16198144;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,9867" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqQyEHiyEAAHyuAAAOAAAAZHJzL2Uyb0RvYy54bWzsnW1vHEeOx98fcN9B0PuL+/lBiL1YJJdg&#10;gcVugOSwr8eybAkna2Znxpbz7e/HLrKnJuoutnc6AQ7YBEjJMafEIlksPvyr5ts/ffn4ePX5bn94&#10;2D69vs6/ya6v7p5ut+8enj68vv6fX374r+766nDcPL3bPG6f7l5f/3p3uP7Tm//8j2+fdzd3xfZ+&#10;+/jubn/FJE+Hm+fd6+v743F38+rV4fb+7uPm8M12d/fEX77f7j9ujvxx/+HVu/3mmdk/Pr4qsqx5&#10;9bzdv9vtt7d3hwP/9/vwl9dvhvnfv7+7Pf79/fvD3fHq8fU1vB2H/+6H/76V/7568+3m5sN+s7t/&#10;uFU2Nv8CFx83D0/80nGq7zfHzdWn/cOLqT4+3O63h+374ze324+vtu/fP9zeDWtgNXn2m9X8uN9+&#10;2g1r+XDz/GE3ignR/kZO//K0t3/7/ON+9/Pup33gnh//ur393wNyefW8+3AT/738+cOJ+Mv7/Uf5&#10;EIu4+jJI9NdRondfjle3/M+iq7M6r6+vbvm7vmvaXkV+e49eXnzs9v6/0x98tbkJv3ZgbmTmeYf1&#10;HE4COlwmoJ/vN7u7Qe4HEcBP+6uHd6+vWcXT5iM2/KOaSy3WI78aGpGg/umgwpyUT9kUWdEEs5sU&#10;UtWUdT0IaVzr5ub20+H44912EPfm818Px2C27+ynzb39dPvlyX7cY/xi9o+D2R+vrzD7/fUVZv82&#10;/P7d5iifEx3Kj1fPkb7uX18rJ/LXH7ef737ZDoRHUVqRd0Vb9ddXaBWyoh9WBMMnwsensw+UbdsV&#10;+csPBDI+KRz8C5zkZdEUzcTEc5zkdVGV3cQHLuakyYu2LV4ucZaTLmu7Cqv6rRAv5aSomqbIy5cT&#10;z3FSNE1VlhMfuJQTPO5vFzfHQ9O0Xf87sFC0ddEW1XJGgsv6HQykrRvmXs5IX1dVNkF/qVLyrCpa&#10;duxi1eRF2XbNxG6/mJOub5h7OSdF1ldlPfGBizmJ3EiZZ/AlLjLh0GI3cvaBizmJZHI28dzGiWVy&#10;9oFLOYl3ztnEs5wMh33YOWcfuJSTPHKtZxPPcZJHrvXsA5dyEhza2ZSzPES75uwDl/IQu/eziec4&#10;id372Qcu5iQKA84mnuUkCgPOPnAxJ5GXz2scZ+fs39jLn33gYk4imZxNvEQmZx+4lJM88iRnE89y&#10;EnnXsw9cyknYNWdTzvEQ79yzD1zKQ7xrziae4yTeNWcfuJSTIA0L8Wd/fbRVjPbS3xzLwOac/f1R&#10;TGi0F//+aJfanLO/PzpMjPY3v1+zhiGF4ec4SXp8kmymr4t6yMoP28eHdz88PD5KhnHYf3j73eP+&#10;6vOG5Oj7Xv5VZ3FGttsfjt9vDveBbvgrJXt8GpLjw03I9CQDfLt99ytp4jOZ4evrwz8/bfZ311eP&#10;f3kiEUXdR/thbz+8tR/2x8fvtkNtYkh++J2/fPnHZr+7kl//+vpIjvi3reWjmxtL/mTpI6188mn7&#10;50/H7fsHyQzJjY0j/QO5cchUf/ckmbDyPEkeAqmvTJLrPC8HnW9uJnNktmPdDtk3crA0O1a/iYl6&#10;zO+bIysnooGTIe+GHPkrnN5lh5HLg22fE4dhI2FDIZv/91b7/7jVSIPOt1or/mnxVuvbPg+ZVJE1&#10;dTt8ONpvTV31JdmnFO7ati75OWREf/x+M1aoSSknU/ut68o+VF8alsaP6QQubM8zUtsVNsb7mF+c&#10;V9V4AITa1jnhiYGvIp5k4fZxe7gLC3hRGFsmjpL6XBbKHk3etSPv806grJoJelujjeYyRuoFi414&#10;+TrqM86Ng8tl09Rd2dCYwLTrqiBbcGylbvq+DQWTM3rjyMYgm4h6wWojXr6OepKTy2XTkzt1YXNQ&#10;Rixd2XR1wwe0hBPRm0xsDLKJqBesNuLl66jPODcOLpdNXhSdSEQMp+zazK8S5WVPEPryA8aTjUE6&#10;hD0j+YIFx+x8JfkZ98bECgLCSaLisN5FZbSqaMztTBQENjfGmwooIl+y4oidrySfZGYFAbV9VxZh&#10;exVlztZxXE+OlfVF2F9nHzDB2KgCisiXrDhi5yvJJ5m5XEBF1lVIaLCgs6x77tzK+76hTv7yAyYY&#10;G1VAEfmCFcfsfCX5GffGxAoC4uSSfpv4oLYvXAMqqPVbIBDTG0c2BvGcUfshTxEz85XkEe/GwwrS&#10;ITjqsrBd3LSnpsSRB0karXFio0ololxiBRETX0n+Wz5eSCRR8zirXpwVOfK6yToLiCOyoVDw7yLG&#10;i04/9nOeWQ1eenFmFZxR3+VtMQg9yqpiOATtYlP3H59TKSNTiVRg31ib87tnNYuzvEhNdGifjRAD&#10;/mdcoPl3fS5UDP/w+hxd3HPTHmqfi00buAXxyHD4DAYSmbZ0txtsRwoGXdNlY+bwxxu3sULBQDmZ&#10;svMcoE2I5buq6WlDpwsGZaGBbVf1OX38QG0HhY3hwAhbqJMUzdyuEdho520VYp2uqerS6tBGY2Og&#10;bUut1wCjUhwVu8pobAy0edvoydY1rLJMckuQo7gVFFiNhVWb0UaduWuKYAC4kJzMLyWHGRHbjC9O&#10;NyqSBkRapsOaGDqARrqqLGAsrUPSh2KC3PixMay07MpaV1pRTDFEgBHZ+IK47rI8T4olYqORiCtJ&#10;HC1xAXFbabLQ+WzUJ2J/gREbsaRNCperss9Q+eBZugrDMgnOnT9dlnG6ShR8Rm782Bi009IuCEFh&#10;V/FP2mgjYmqgmFfKwiM26p6cKEkcLXEBcQXGLizQZ6M/EfsLjNiIJW0iu1yVOWmJ5nDsoWqUypwu&#10;c6oG5lSoTKCqlMjzvMjp6wXVV7nj3PKc+l7ApOCP89KZG19onNdNF7pQ8162hFo5qcsaj5vkmxo6&#10;Lj7w3eW5w0mJfauvAq9YOnPPSHxFnTZ1pvX1juKIe1wi9rpWucf0xpGNeqrUWdGptSMlCtdJSUbU&#10;Vd1RT0lTnzipM866NHW0ziXUNEmU7wWcEGYY9YJVRpxMSfDyfQoUubUwgWOos4Nodp/2BYFFsOCY&#10;3nRpo+q0o8NkFlBI9JTUUkQNPpGAJEkdcVK1mRM5xetcQt30WgHvfE5ono3URCDOKmNOpiS4gk5L&#10;MJUqdWDaQGqDHOd0StCUKRwagPaJ3nRpY9BpgZ8ZLYYQM73zYuoSgG/aAmJOKoEiJS2giNa5gBrM&#10;t2Jvaf24nETUgMu9VUacTElwBZ2yHSrdd4TcYMYdnbJCRQ53Mb3p0kbVaVOMJyQRTJ7eeUTQI3XJ&#10;bYa0NwVENXICiLg3zo0DG5WTaJ0LqLu8zjXTWsBJRL1glREnUxK8XKcIOrd4N8/78Xyf26clSYWk&#10;1xLwAj7maE35x6LHSvRcwkM5ES9zt63FGlnjRD1lxqGhiTO3BkZggOnSxqBTkta8sZM94/hN8l3m&#10;fdea96okWUutkuSvrpXvnDZSWiZzEjd+V9ApzS87H7O2dn1vWUKvksyzPkvvJSQ9yoaslw2elE1J&#10;lcIsgNKMM3eFuWiGVHQn9ITJxkbVKbEd9eTBFjnxGoeTurV7D4RqBUdrkm9iZO3Nd3mGHaepZyRu&#10;/K6g067PLTfJymaU+uw+bcm8NcqP6Y0jG1WSLcm0WgC3gZyoBxzFSJ13ZEpp2UScFAU7JU0drXMB&#10;dV+WeluHE8blJKJesMqIkykJXq7TqiizPngZLsL0Y8VrTqekjVwJCfaeZWWW9koV2VGnpzU1DUdL&#10;zE38an6d0zKppSrviYyUuitHzs2qbAzWVRHb9eoD8prSXnruEvC18d2D/UhTFzRqAyc0GKn3OtTT&#10;Ejd+V9ApW1Mbf7Q5uZOo/MzqlIupWThP277m3zT/FSVXzfSz/ISKMf5tVLkDYLXcHUxHuO85W0Wo&#10;ahI901KVjdUSm9NGnRt3Kxdqhzgga51MmcJ2oXCDLqOE56wSMJLualZbjjm+cWCjcTItcaO6XKcU&#10;mCVgkLW2oOvGc2ZWpzS6NdY4ozeObFT+qWTrLckzizEqG19Qd+jIiagEe2dRT9ZWKCx15kXr5OKS&#10;T82NRrNFlxPM3KgXrDLiZFKCK+iUYhapXdApB41Z5JxO4b7JQqzBDeITvWnHxqCluhgC0jB7U49R&#10;tVHZ+JK6J09Jx48RJ1T4vb1Un9a5hLoqODaCVBZwElHT3/FWeeJkUoIr6FTudeg+pfFEKhGsfVan&#10;TdXqtc82pjft2KhakqaUykbaiumTBqjDSM3p50Q9gBdHTgDqOfkGXYRxnUuo8aFquQs4EY9rdu6v&#10;MuJkSoKX65Qrl5Wdj22WBXw4Z9icTht6Ntoua2N606WNqlPwtIpObglqx16xUdn4kpqowzmrY04k&#10;lExHPfE6l1A3VDTUe/mc5Cdqf5UxJ1MSXEGnVSNth8E7EiGNseasTkvoNU4m7CCUTJ1iTVlWGj+2&#10;LbC8dA2/KZtWI5O2y/vRvkzzNgYLaKpi5Jxu/QhmMioblbqG2s4YetAOJ0DGTCok7ZRNkqsk+tJ4&#10;vRWRpE92wK0j37HEjd8VdApyQPtbNC6lyJn2vQ1LtH0d0xtHNqokKd7owxAt0ZKDZmgi6pbSXzp3&#10;jzlppTOSlnu0zgXUFFMsclzASUS9YJURJ1MSvFynLVEMydqwT+ucsqmj0zanqhIyN0CYJ3rTpY1B&#10;pwjG+pA8SUGGmpR7TI0PcCoUMSd80unLxOtcQn2KBBdwEsWNC1Y5I3GT3Ao65bzTNzRaMj63Ngji&#10;xHDfZ/TGkY2qU6bUV3Dkg07HQiY0agmXHAuIOCFccvoycq7bOpdQE3+p5S7gRKI1pV6wyoiTWOIm&#10;uRV02leZVnpa0EJjpDF3nvLcz1h3AnnsnEsci1ZHaglpHd/L3G2mZ3VNRSl95oEfyyitBg/Tt84+&#10;BeSSWV2AiNlBN3V0lce58yz3OAG7onUkqZxZ3ca0ZKPa+YzEjepynXLBJ9P6SgsOgfZC+jztCly1&#10;8h/TG0c2Bv6JdAqt9bR8zkEuxNQVqW36hIw5qXoJUlJxTLzOJdRdoRV/nIfLSXmiXrDKGYmb5FbQ&#10;KbditCdOI1UgGI5OGyq4mnHG9MaRjarTmhhPo00gsJTzk3KPqGnReDsv4oQ0yekQyZU0W+cSamIF&#10;9aYLOJHIQqkXrDLiZEqCl+uUkK20fJm4FAU4Ou15fFD9Y0xvurRRddqD3NVdneOg0jWHLqIueo7f&#10;tAVEnJRAQY1z48DGwEm8zgXUwN3sRPI5AZ4zUvurjDmZkuAKOi2pgYQ+S5vRNLT8Ye487YemeDjF&#10;cl4DTWuJcIruslKToaa9aV/y+9UCQEkBOEzt6p6TGuDEcJ7SdHFiJDEoxQ2KP3KqHz2hjna523xA&#10;Xyc5wT1bhQJvQFqQpJ6RuNngCjrl4Uft51LUqEbJzOqUdwAV50AUQykpzb80Q0ItHI8jPyZX20iQ&#10;pBaA77VzwFZro+48YjqTJLgegPrJuaULqpxQCRtjQZvTRp2bsq3NTSnZQVzInVGzAL/3QC1lUuLG&#10;weU6laAOXzQIsumJ2axwPqdU2jg8MBmkQ+rDE6dJWUIONiY4Aq7eZ1QgUqKX2aVsM+w+YBTOzoZ7&#10;wmPdrDmXtNImBggBcvNKpLQeMzSXbXZ6xQ7gBWb6FmMR3pEMfQVnqTOSX1O5NeWEcNILAnqstc0r&#10;t6LIqtqiNpJZucJ4sjGYvnTHDfXS8ASJUyfktUoAWOq2BaeUdmiQc3BonIK7Ge8RGBM2GjNUNLSh&#10;TvpEvdYRf93zirFqC6yPt1TybIUzNSzagQLkdKCM9zPJG89r7FwK4ixyMLe2FqRK2FnzyqUjqWh7&#10;CnanDxhPNpo8Wy4yBW0Rb8lbAOmdG5Gzz53qEi8KnJjpeXjYuDcmbDRmosUuIgdNFgJ58WouMzSX&#10;jHzJUiNmpgS5gnJlG2odkMYDkC5PuXg/6aoP1hB/wORoo8qTNMfwJABVCIrSyo3JOx6rSB+3dBpO&#10;zHBVw8GKgrA4LXYJOaeUYhybJcxE5EuWGjEzJcg1lEuWaWciboVrXs7OBR0LUiUoF7flxC9yB8du&#10;w1NdPRWzzAZsNFsgHQSqoo4E5LtjC3WLd1VyqRA55LhNRdA0FL9cSwODr/feGk7RUTbGs43GOwsE&#10;lDPwDkrTCy94fnZS8jbrGsqlH2riqYADmducdctgO7nTH5ZQsXgnhiF87Xh6P6y4LkYUoy3BRhNQ&#10;x4zmF2rBkSa9OPBlmkphdnni3/yOzWqjzk48VWsixl6RTyZnJ4cRyJ1qy8toyAMJutQwK8ohFpsa&#10;EzbaUmckb2QrKJfeAg9whQWUuGWT5qxywSFY5sEZR+PNERCLVCg54szH+W0JNpr4AfDbS19c0fL8&#10;AtcyMB4Vv1SZHWbK4dQP2qJ86vHOFWmTDfeqF8xeKMoAyXj9SFzItORNImsoF4CnInf4IoIaD+24&#10;ZfjnuxPUGgRk4ciz5lTU4JofnAyX4I4bjGb99NjNkdiKbTRbkKvk6gnlCqmzWeReFhjCQbnUUR0g&#10;hpzQkmQP5NzncOockFdYQyAHXeq0MFjqtORtiSsot8yQj+a5JIqjMc/vXGp7FlDhQV1zpp0BzSAg&#10;7GKc35Zgo2mLTo1tdFyo01khWEOiqlwcijd7iQL0QQQSdHlsIOmWS7nhqbZAqXHB7Lnm6A3gEKf2&#10;Au/TkjeJrKHcimNFtwrBLHvS2bkECpkFJeSZY3nSeLJRtQU1iOqgXOqsIyrOyGwcyeW7YcwWpIKT&#10;Fn9JC2/cLDgJhxxEqjYpGkrb3s7lMjPdL+WdKzkmG+PZRuM9ih3pKzovGhCVTkveZl1DuWBFtVVc&#10;c4d/vBo0u3NLsCuK8D77gPFko62YsNQiTr6GyqvyAHYayUl0nB4RTnNkpskpiTtumXabLXYZORGm&#10;BlRLmKFWaeRLlnpiZlKQKygXhDTXSAbrrElaRuucVS7fowIYRT/QEgqnN0vFNlcvzmHtWj+zy/2H&#10;wYtzv8mredA/58FdJecha2dvgXyj6GGzuzuXuy0tYDphBvH7vBccQIEZWkHuzp2TvO2ONZRLEUzj&#10;TWpzlA08twz8TaKoYcUcYA4amvop8CdbMdVNZ28xO/dsVJ7Unxw/S3Rf6LsknOf0JR1LY4ma1JMH&#10;CTQg6fQ5cHuNFzD8zqu0CsyHczlIZnghxJl9WvJrKrcjnlKOCAPGxHJ+52LMxDnDEqhKcBMgvYSW&#10;Sz0hKAEEgz175LxlEUIAnsvxYKVUSLirpbN3klo4sxPlKMiZ2WUTp3nnIUvt3uMUfN57HoVQwwQX&#10;5SXd1YzkV1Su4EJMmsMFGF3vrHJrsLla9aj5MJC0pIC47W3AItwmOBSPHE+rTl+CSSegqumA62U5&#10;TOdUPDUB2agBAJkeV2vUMFt6eA4zVMg0TQQAImF5eqlcwtXyDik60AuPfFryxvMKbplkjwQhrJdr&#10;sO776mQHtLN055bkOc5mqSl76ctyPNgjUI20gGiKa5WH981oeDrk2Jf2beTEdWeXRF5559EgB5zO&#10;85pcgVS/wD4bZWPit9FMB1S4WRrPUmAW6aXOSN5mXUO5eCrtWbIP/SY96QyvOmkEBqzCQTJCPl4m&#10;oWVCcdFZMYm92Ro3nr2Oq8Ro2kIlJRWMR1KeXCcT0M1wpJB+e6YDijRXAEMNmM17nEpOaM1zSbNK&#10;555gjm4nJb+ichtJ7DU+IvQcxTPrloHAU0YKAuJLD7yWNI/0s6eUnK9e8MQPlkLrBmyy1oFWUdgE&#10;ImNupKDU7SiXtp0+uM7shG4eOdga5Z3A2Z+dzoE6fcC5XjA4J/k1lUsjTms8yOb0FRXzyhVwsO5c&#10;YBxeUAJImW96CMolQPIa3lwQMGQ5J3vnnVuEp5l2i9m3py9iMAHZqI6zoSahOBhmLwgd0hv99JIf&#10;oYO86+aQg8XSYBDYBpCPNPmM5I3nFdyyIBK0JCTR+3iPfF65IPq0gopfo/7oLAGEm81PNdFrpwta&#10;w7IPTMfLbTjjuPuupkOO5mhLuqyWxhEsc54mxU8gbi/10SoGs+2RgxQLZs+1PZ5R8MinJb+mcqnm&#10;azIh4cBYwJtVLvqXkq+cW1yDAPTkLKFAtyEoIT6S0DYtT4q/WjCjsukhXqkOciwrMxid50Y44+w2&#10;CwHS6QUrk6eNutHlgorNTujgXGfBKsFcBSeFQ2O1zlJnJG9MrLFzqSdrX0UeHxxfaZhXLqeoxrPg&#10;Z05PZhpPNpqAqBbY/A33u729BSpdK9dy39k75lowmJp9cDnIu0lAeMxVlXAqimF6CC3mtpc6eCOB&#10;/pOjLblMGsI1AiuRatqOZyRvAlxBuVQKAOqFjSj4WfOy88qlAq2pOh0ukMLOEkBI2vz4fa9WL0/Y&#10;aA1JnmUaS922YhvVdABfyIskgxshj/PAD2BlBN85kHO4j8gEm9VGm53SrM3OfXqvLs4zqAA8w+wV&#10;hTNHuXOSNybWUC7pidZPpTXt93OBSALiVGugxeUoF5wKQHol5zj1VkzKoeVHuvY8epg2HS6YWYBK&#10;Eg3m1iPnmUXlndKulxbz4reh3On+Eo15s+OKQwDANQdeR3bIZyS/pnI5trSZDkxVvv8u+JLZnStX&#10;fc35oFuvnytNVjNnwlOq/ElfRTgN4FNtAdCwc26BL5d7fcNW5Ok7Dvf07CDSteQkluwlWlwd522r&#10;MDs5tOek5LlWWhcDM5JVeszMSH5F5fYgtbXeB0hbQKuOcmmgGsoJlI13wZK3UanDqYAyUgUzHluC&#10;jeoJmd0wadKg8CJOgJu8HqvylBZIWrk9+Y+F7oRfXnRHJswdpTA7z0F6sSPImkZNh9f4KIB5zExL&#10;3iSyglvmq+AIA4YFgCQ5XfSY3blEp4SC4QPkxV7JCfwCSHwlJ8/1VgxAQtNiea7QQ2hJ+VP9rHzD&#10;m5eXUVmWK7myt+RtWQ8sKSGIlkgABXgXVcizBeiuS4XcW+qM5NdULnGF1vtoAnAx1t25vB2iyQqd&#10;dXlzM+kJeczOrmSUzO7dOCBvtYc2pbPuwZbI3cA8qjyBNjheHNfKg2+BnG+H8uJZemQG4hFUgJfb&#10;UAOSY20wHa7QuKYzI/n1lMu2ojqrxszdtLFpNrdzuccn37IYlkAVw0E5ybU/Q+fy0ovYUcoWIC9J&#10;LlVAbEazNVuxjcGLQ04yHCIkwHQSq6Znl8eCdbE8nOKE7ryGKt8SF5ipceIeMznmqLzTInH6DLOS&#10;tyVe7pYBD/AgqRozRebxNZx55eKqtBjN9d1TBGY82Wjih4jdPZiz9A3SISTQX4IAZUdK9Wm/APck&#10;K+FEp1DvRUjECqTOZsmUP9IbXeB/9jI8TynK6ZI2HbpS1EuHpbJjHBTJrORNgGsoF0y6mVt8lXRe&#10;uaQEtXpCeW/UExClYo3G5WulnDMXcAS4wRAtYzkCT0vLU7yy7i15fDSdl5GpclVLlVuQ53jawlzI&#10;fwZt4XGdS9zMjsKUGapBTvzFUqclv6JyCdkNS8o29L/Klu51Zg1avn8SVLojflyrIghBbbgvv7Nt&#10;5a3nIE/E6Xhxga1ZDMP54smTB9aJAcLsqJbAOWk6zG03ZyS5d0AnEI9XrjlxAYE7s89Ifk3lcsTp&#10;vcOCLTleop7duQAx5EsRRPz4Wy9VJ82SSwGBHKfsdAIgR6FKjoCcCx9FTsKhJSe68FxuceQJQEJt&#10;AUum0uaR84RksDRKcSdMt4nfRj2B5DsGtP2LZPAMzuwzkrdZV3DLwEGI2oPw6c6N3fF55dJm04Cq&#10;oPntZPbsK5pr4RDlqii5pbNirj9oJgrcHAV45FzQUvHLFSZvs3BtVqtrxBdc4XNmB8Oo/Vy+WFpq&#10;MemNToFEH5ct6lq+fyxNPiP5FZUrX69oyiUmGXU1r1yQJ/o2ObeGiPmcJXDbXBsHlDC42JYmJ/5t&#10;NJ4FzACKzSOXR7zUNOncO+EapmZ5GU171y0DHBj9AtGdFwwSW1MAC8zwUrpz0YZqyrTk11QuVVO9&#10;yo4l0+JSac4ql/tLAETCEuDP21vyrL1tFiAuDnADzLi8I6wC4kKpsWMrtlE9oXzjju3cUophji3I&#10;d+cp75wurrbQp1aoWIaUwpJbEYgw98xMMm60jK1PSt6WuIJbpn9ql6Nz4qMxJJlXLn7WnA9eyLVP&#10;6eGFajqphWgiLSCBYig51Twv5OHql329DNtMkH7p2WncaOLKce29N1hgW5bSY8aunyWgkyKNRCME&#10;br7XmZH8isqlvUyDNnCEWEfrnFcu8aamlpyg9C0defac42ErclXX31vyZoiSEyFx4iW1xX7izrvK&#10;s22cyjXfjsS5H3YumFhSLWd2/KxWVOSlDu/MZXZ7YE+eKvVO9DnJr6lc+VqXcGrJTnFvHOCoyD5D&#10;tEwZHp/rCIiQSx0nmCjvRRh8vtyPM1vzYM6Q04lR5ZLyeuUyytbcRdLZSUqdcI0quhSUh63IFnBa&#10;VJwoPGcT3DLtMu/iErxPS35N5QqWW3cuZjrWJGZ3LizJq4/DiuWOnRMhkV1RoA3kAGdd6yfkUhAP&#10;DrR0bvlR5OaQUOUSCDtAGBCMw9sBA+8Uq5zuuwAeeVBMeZdv9XTsmIqaNj2w59OdOtOWjRovyOWH&#10;Kckb2QpnLnfN7So7GbuAJoIfnFcucYuJH9/mip+mqK2Y+HesXdsSbLQV06Xi3A+mI1/sk5YntPIt&#10;EoGc+NeJv+hYS1lqICcvHs8gY8JGZYbHVFGwklOWc5mhc6FmDyzUq3/NSd6YWEG50bcX4eDGNtWs&#10;boG7WU+Obq7zCJg0ZDl+gnj4mjEHKUHoRT1THRuRkoPyINykoqZeAafpwDYgP5klOvbaBlLAUGCF&#10;PGaGt0oe/8S+duLKV1Q7Hn9G7GsqlrRf6zs8CThW1+YVKw+WBFXhgbxyEDV9Hm8aFNuhYc/sqXvp&#10;2c+7Je6e4okHLZORjHm9IzrWgqmVDct3wjnYJmCLIL2CydBl8Fz3cIoHV0PkPhb4TEs2mi+YlrhR&#10;rbFZ5ZXK4G3AHY3QlHmdEihqkSmmN45sNP7p+CsegS9rGPNmo7LxJTXrdhqsJJJ851XQEo+ueWkV&#10;eYlsT9HpAmraS3yDcKD2OYmol6xyWuImixV0ygu4lNwG7iktjSnhrE4BWJN0vqA3jmxULcl3pOns&#10;pAQOJILvO6UoH/wv0B5vVwsnCj2n3Thi+IwDG40TEMbqrJdQU+42pMgCTqBWTpasclrixu8aOuXS&#10;otZNLNqb16dcfQ4yp5XqOFLqa/THB+Xjj7yyrtz2sxI/btc5wLi8Z46UkqGDUqQWNBrWcPEsfThK&#10;ZUoPF7yuU3WiRGxPIRAEOBWY+qWoZxXJFyvtNsf7vx6Ob77l59tPh+OPd9uPb77d3By2jw/vfnh4&#10;fBz+sP/w9rvH/dXnzSO1Eb7XYjwNI7JXz7vDzWH30/7Nt/LT2+27X3/aXz3vN7vX14d/ftrs766v&#10;Hv/ydHh9zQFytB/29sNb+2F/fPxuy+/JruVX7/aH4y9f/rHZ767kx9fXx7svx79tf77f7O4Ggs1n&#10;2A+ByIlWPvm0/fOn4/b9w/CXJ45Yqfzh+bAbfvpw8/xBftrcfIDT+4fb7zfHTfzngermrtjebx/f&#10;3e3f/B8AAAD//wMAUEsDBBQABgAIAAAAIQArYndg3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI9BS8NAEIXvgv9hGcGb3aQ1oY3ZlFLUUxFsBfE2zU6T0OxsyG6T9N+7nuxxeB/vfZOvJ9OKgXrX&#10;WFYQzyIQxKXVDVcKvg5vT0sQziNrbC2Tgis5WBf3dzlm2o78ScPeVyKUsMtQQe19l0npypoMupnt&#10;iEN2sr1BH86+krrHMZSbVs6jKJUGGw4LNXa0rak87y9GwfuI42YRvw6782l7/TkkH9+7mJR6fJg2&#10;LyA8Tf4fhj/9oA5FcDraC2snWgXJKgmkgnQFIsRJtHwGcQxcOl+ALHJ5+0DxCwAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAOpDIQeLIQAAfK4AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhACtid2DfAAAACAEAAA8AAAAAAAAAAAAAAAAA5SMAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADxJAAAAAA=&#10;">
                       <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;top:3620;width:28505;height:4635;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,463550" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCzsBMdwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLaLqKi1Sj6MKCiIK6gtdH82y727x0m1jrvzeC4HGYmW+Y2aIxhaipcrllBR+DCARx&#10;YnXOqYLTz3d/AsJ5ZI2FZVJwJweLebs1w1jbGx+oPvpUBAi7GBVk3pexlC7JyKAb2JI4eBdbGfRB&#10;VqnUFd4C3BRyGEWf0mDOYSHDkr4ySv6OV6NgtFn9josz1ofdrrde/S+TaK+3SnU7zXIKwlPj3+FX&#10;e60VjOF5JdwAOX8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAs7ATHcMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m2182749,463296r195072,em1326261,463296r198120,em1612772,463296r195073,em2466213,463296r198120,em,463296r667893,em2752724,463296r97787,em756285,463296r198120,em1042796,463296r195073,em1896237,463296r198120,em1326261,310896r198120,em1896237,310896r198120,em2752724,310896r97787,em1612772,310896r195073,em,310896r1237869,em2466213,310896r198120,em2182749,310896r195072,em2752724,155448r97787,em2182749,155448r195072,em1896237,155448r198120,em,155448r1807845,em2466213,155448r198120,em,l2377821,em2466213,r198120,em2752724,r97787,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 6" o:spid="_x0000_s1028" style="position:absolute;top:511;width:28505;height:1556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,155575" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDhGn8fwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWPFUFM3QSqChx5aK/b6yL5mQ7Nvw+5q4r93C4Ueh5n5htlUo+3ElXxoHStYzDMQ&#10;xLXTLTcKTp/7x2cQISJr7ByTghsFqMrJwwYL7Qb+oOsxNiJBOBSowMTYF1KG2pDFMHc9cfK+nbcY&#10;k/SN1B6HBLedfMqyXFpsOS0Y7OnVUP1zvFgFX+a0vAxjHd8P+a5x67eVPPuVUrPpuH0BEWmM/+G/&#10;9kEryOH3SroBsrwDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4Rp/H8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,155448r2850511,em,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 7" o:spid="_x0000_s1029" style="position:absolute;left:979;top:2065;width:26549;height:7754;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2654935,775335" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAm4ptAwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Ba8iE0ti0o1igiKl0WsIh4fzesfbF5KE7X77TfCwh6HmfkNs1z3phFP6lxtWcEkikEQ&#10;51bXXCq4nHfjOQjnkTU2lknBDzlYrz4GS0y1ffGJnpkvRYCwS1FB5X2bSunyigy6yLbEwStsZ9AH&#10;2ZVSd/gKcNPIJI6n0mDNYaHClrYV5ffsYRQc8tvua3JMysvIPq6b7f6aFN+JUsPPfrMA4an3/+G/&#10;9kErmMH7SrgBcvULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJuKbQMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m88392,697992l,697992r,77152l88392,775144r,-77152xem374904,618744r-91440,l283464,775144r91440,l374904,618744xem658368,542544r-88392,l569976,775144r88392,l658368,542544xem944880,466344r-88392,l856488,775144r88392,l944880,466344xem1228344,387096r-88392,l1139952,775144r88392,l1228344,387096xem1514856,310896r-88392,l1426464,775144r88392,l1514856,310896xem1798320,231648r-88392,l1709928,775144r88392,l1798320,231648xem2084832,155448r-88392,l1996440,775144r88392,l2084832,155448xem2368296,79248r-88392,l2279904,775144r88392,l2368296,79248xem2654808,r-88392,l2566416,775144r88392,l2654808,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 8" o:spid="_x0000_s1030" style="position:absolute;top:9817;width:28505;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA/WOZ2vgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WVJFlqUYRseBBYbfqwdvQjE2xmZQm2vrvzUHw+Hjfi1Vva/Gg1leOFUzGCQjiwumK&#10;SwWnY/b9C8IHZI21Y1LwJA+r5eBrgal2Hf/TIw+liCHsU1RgQmhSKX1hyKIfu4Y4clfXWgwRtqXU&#10;LXYx3NZymiQ/0mLFscFgQxtDxS2/WwWzpKNDOGfb3hi5l9P8+ZddcqVGw349BxGoDx/x273TCuLW&#10;eCXeALl8AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD9Y5na+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m,l2850511,1e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 9" o:spid="_x0000_s1031" style="position:absolute;left:1320;width:25629;height:8680;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2562860,868044" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDwPOMLwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvQv9DeEJvmuih1NUoYhGk6sHVH/DYvO4u3bwsSappf70pCB6HmW+GWayS7cSVfGgda5iMFQji&#10;ypmWaw2X83b0DiJEZIOdY9LwSwFWy5fBAgvjbnyiaxlrkUs4FKihibEvpAxVQxbD2PXE2fty3mLM&#10;0tfSeLzlctvJqVJv0mLLeaHBnjYNVd/lj9Uwq/ug/P4y+/xLO3XEQ9qfP5LWr8O0noOIlOIz/KB3&#10;JnPwfyXfALm8AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPA84wvBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m13554,846937l3256,849185,,854252r2242,10287l7317,867790r10299,-2247l20872,860475,18629,850188r-5075,-3251xem53163,843229r-10540,l38359,847496r,10515l42623,862279r10540,l57428,858011r,-10515l53163,843229xem90562,840181r-10540,l75758,844448r,10515l80022,859231r10540,l94827,854963r,-10515l90562,840181xem124832,835431r-10003,3327l112125,844143r3316,9995l120832,856830r10003,-3314l133539,848118r-3316,-9982l124832,835431xem165092,831037r-10541,l150287,835304r,10516l154551,850087r10541,l169357,845820r,-10516l165092,831037xem202716,827989r-10540,l187911,832256r,10516l192176,847039r10540,l206980,842772r,-10516l202716,827989xem239621,821893r-10540,l224816,826160r,10516l229081,840943r10540,l243885,836676r,-10516l239621,821893xem277246,818845r-10541,l262441,823112r,10515l266705,837895r10541,l281510,833627r,-10515l277246,818845xem311162,811936r-10002,3315l298457,820648r3316,9982l307164,833335r10003,-3327l319871,824623r-3318,-9982l311162,811936xem348576,807593r-10002,3314l335871,816305r3316,9982l344578,828992r10004,-3327l357285,820280r-3317,-9982l348576,807593xem389129,803605r-10540,l374324,807872r,10515l378589,822655r10540,l393393,818387r,-10515l389129,803605xem423091,796975r-10002,3328l410386,805687r3317,9983l419094,818375r10003,-3328l431806,809663r-3322,-9983l423091,796975xem460508,792632r-10008,3327l447795,801344r3328,9982l456507,814031r10008,-3327l469220,805319r-3327,-9982l460508,792632xem501008,788365r-10541,l486213,792632r,10516l490467,807415r10541,l505275,803148r,-10516l501008,788365xem538143,782269r-10541,l523335,786536r,10515l527602,801319r10541,l542410,797051r,-10515l538143,782269xem575278,776173r-10541,l560470,780440r,10515l564737,795223r10541,l579532,790955r,-10515l575278,776173xem612400,770077r-10541,l597604,774344r,10515l601859,789127r10541,l616667,784859r,-10515l612400,770077xem646118,763270r-10007,3327l633406,771994r3314,9983l642118,784682r9995,-3328l654818,775957r-3315,-9982l646118,763270xem686441,757885r-10541,l671633,762152r,10516l675900,776935r10541,l690708,772668r,-10516l686441,757885xem723347,751789r-10541,l708539,756056r,10516l712806,770839r10541,l727602,766572r,-10516l723347,751789xem760469,745693r-10541,l745661,749960r,10516l749928,764743r10541,l764736,760476r,-10516l760469,745693xem794086,738327r-9995,3327l781386,747052r3315,9982l790098,759739r9995,-3328l802798,751014r-3314,-9982l794086,738327xem834015,730453r-10541,l819207,734720r,10515l823474,749503r10541,l838282,745235r,-10515l834015,730453xem870921,724357r-10541,l856113,728624r,10515l860380,743407r10541,l875176,739139r,-10515l870921,724357xem907332,715213r-10541,l892524,719480r,10516l896791,734263r10541,l911586,729996r,-10516l907332,715213xem939539,707288r-9423,4712l928198,717715r4686,9410l938612,729043r9423,-4699l949953,718629r-4686,-9423l939539,707288xem977868,700443r-10008,3327l965155,709155r3315,9982l973867,721842r10008,-3315l986567,713130r-3314,-9982l977868,700443xem1014342,690321r-10007,3314l1001629,699033r3328,9982l1010342,711720r10007,-3327l1023042,703008r-3315,-9995l1014342,690321xem1051286,683082r-10007,3327l1038574,691794r3314,9982l1047286,704481r10008,-3315l1059986,695769r-3315,-9982l1051286,683082xem1091266,675589r-10541,l1076458,679856r,10516l1080725,694639r10541,l1095533,690372r,-10516l1091266,675589xem1127906,666445r-10541,l1113097,670712r,10515l1117365,685495r10541,l1132173,681227r,-10515l1127906,666445xem1161129,656628r-9995,3314l1148416,665327r3315,9995l1157116,678027r10007,-3315l1169828,669328r-3302,-9995l1161129,656628xem1197616,646506r-10008,3314l1184890,655205r3315,9982l1193590,667905r10008,-3315l1206303,659206r-3302,-9995l1197616,646506xem1233874,636447r-10007,3315l1221162,645147r3302,9995l1229848,657847r10008,-3315l1242574,649147r-3315,-9995l1233874,636447xem1268710,626529r-9436,4711l1257369,636955r4712,9411l1267796,648271r9423,-4712l1279137,637844r-4712,-9410l1268710,626529xem1306772,617232r-10007,3315l1294047,625932r3315,9982l1302746,638632r10008,-3315l1315459,629932r-3302,-9995l1306772,617232xem1343031,607174r-10008,3314l1330318,615873r3302,9995l1339005,628573r10008,-3314l1351730,619874r-3314,-9995l1343031,607174xem1382236,596341r-10541,l1367428,600608r,10516l1371695,615391r10541,l1386503,611124r,-10516l1382236,596341xem1415078,584174r-9995,3315l1402365,592874r3315,9982l1411065,605574r10007,-3315l1423777,596874r-3302,-9995l1415078,584174xem1451248,572122r-10008,3314l1438535,580821r3302,9982l1447222,593521r10007,-3314l1459947,584809r-3315,-9982l1451248,572122xem1487722,561987r-10008,3315l1475009,570687r3302,9995l1483709,583387r9995,-3315l1496421,574687r-3314,-9982l1487722,561987xem1523511,549046r-9995,3315l1510798,557745r3315,9983l1519497,570445r10008,-3314l1532210,561746r-3302,-9995l1523511,549046xem1559312,536092r-10008,3315l1546599,544791r3302,9995l1555286,557491r10008,-3314l1567999,548792r-3302,-9982l1559312,536092xem1593742,523443r-9424,4711l1582400,533882r4712,9411l1592827,545198r9436,-4712l1604168,534758r-4711,-9410l1593742,523443xem1631270,511098r-10008,3315l1618557,519798r3302,9982l1627244,532498r10008,-3315l1639957,523798r-3302,-9995l1631270,511098xem1667046,498144r-10008,3328l1654346,506869r3315,9982l1663058,519544r9995,-3328l1675758,510832r-3327,-9983l1667046,498144xem1701120,482726r-9995,3328l1688420,491439r3327,9982l1697132,504126r10008,-3327l1709832,495401r-3314,-9982l1701120,482726xem1736909,469773r-9995,3327l1724209,478497r3327,9983l1732934,491172r9994,-3327l1745634,482460r-3328,-9982l1736909,469773xem1771796,455104r-9995,3327l1759096,463816r3327,9982l1767808,476503r10007,-3327l1780508,467779r-3315,-9983l1771796,455104xem1806301,439534r-9994,3327l1793601,448259r3328,9982l1802326,460933r9995,-3327l1815026,452208r-3327,-9982l1806301,439534xem1838877,425729r-8776,5842l1828907,437476r5830,8763l1840655,447433r8776,-5842l1850612,435673r-5830,-8750l1838877,425729xem1873269,409917r-8776,5830l1863299,421665r5829,8763l1875034,431609r8776,-5829l1885003,419861r-5829,-8762l1873269,409917xem1910213,393725r-10008,3327l1897513,402437r3315,9982l1906225,415124r9995,-3327l1918925,406400r-3315,-9983l1910213,393725xem1944719,378155r-9995,3327l1932019,386867r3327,9995l1940731,399554r10008,-3327l1953444,390842r-3328,-9995l1944719,378155xem1976012,361734r-8776,5842l1966042,373494r5829,8750l1977790,383438r8775,-5842l1987746,371678r-5829,-8751l1976012,361734xem2012829,345287r-9995,3327l2000129,354012r3327,9982l2008841,366699r10008,-3340l2021554,357974r-3328,-9982l2012829,345287xem2043245,327075r-8775,5842l2033276,338823r5829,8763l2045023,348780r8776,-5842l2054980,337019r-5829,-8763l2043245,327075xem2076126,309206r-8776,5842l2066169,320967r5829,8763l2077904,330911r8775,-5842l2087873,319163r-5829,-8763l2076126,309206xem2109362,291096r-8763,5880l2099430,302895r5868,8737l2111216,312800r8750,-5880l2121134,301002r-5867,-8737l2109362,291096xem2145671,273570r-9995,3353l2132984,282321r3340,9969l2141721,294982r9995,-3352l2154408,286232r-3340,-9982l2145671,273570xem2175084,254393r-8750,5868l2165165,266179r5855,8737l2176938,276085r8763,-5868l2186857,264299r-5855,-8737l2175084,254393xem2209984,234861r-9995,3340l2197296,243611r3353,9969l2206047,256273r9995,-3353l2218721,247523r-3340,-9983l2209984,234861xem2243588,217563r-9995,3353l2230901,226313r3340,9970l2239638,238975r9995,-3352l2252325,230225r-3340,-9969l2243588,217563xem2275097,196900r-9995,3340l2262422,205638r3340,9982l2271160,218312r9994,-3352l2283834,209562r-3340,-9982l2275097,196900xem2306618,176225r-9995,3352l2293931,184975r3340,9982l2302681,197637r9982,-3340l2315356,188899r-3341,-9982l2306618,176225xem2336057,156222r-8751,5868l2326138,168008r5855,8737l2337911,177914r8763,-5868l2347842,166128r-5867,-8737l2336057,156222xem2370448,135648r-9995,3353l2357774,144399r3340,9969l2366511,157060r9995,-3352l2379186,148310r-3340,-9969l2370448,135648xem2398464,113601r-8750,5867l2388546,125387r5854,8750l2400319,135293r8750,-5868l2410237,123507r-5854,-8738l2398464,113601xem2429097,91147r-8751,5868l2419178,102933r5867,8738l2430964,112839r8750,-5880l2440882,101053r-5867,-8737l2429097,91147xem2460821,70002r-8763,5880l2450903,81787r5854,8738l2462676,91694r8763,-5868l2472594,79908r-5854,-8738l2460821,70002xem2494997,47409r-6032,l2481510,54863r,6033l2488939,68338r6020,l2502427,60896r,-6033l2494997,47409xem2524702,23812r-6045,l2511202,31254r13,6033l2518632,44729r6032,l2532119,37287r13,-6033l2524702,23812xem2550585,r-8750,5867l2540666,11785r5855,8738l2552439,21691r8763,-5867l2562358,9905r-5855,-8737l2550585,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
@@ -13005,67 +13522,75 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="595959"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>FD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="47"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DD</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="44"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="43"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -13268,51 +13793,51 @@
                                         <a:pt x="2850511" y="0"/>
                                       </a:lnTo>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="D9D9D9"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="7F82752C" id="Group 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:30.65pt;margin-top:12.1pt;width:224.45pt;height:.75pt;z-index:-16196608;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDfy7C3bAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtqGzEQfS/0H4Te67WXOpfF61DixhRC&#10;GohDn2Wt9kK1kjqSvc7fdyTtrh0n9CHFsJzRjOZy5liLm0MryV6AbbTK6WwypUQorotGVTl93tx9&#10;uaLEOqYKJrUSOX0Rlt4sP39adCYTqa61LAQQTKJs1pmc1s6ZLEksr0XL7EQbodBZamiZQxOqpADW&#10;YfZWJul0epF0GgoDmgtr8XQVnXQZ8pel4O5nWVrhiMwp9ubCF8J367/JcsGyCpipG963wT7QRcsa&#10;hUXHVCvmGNlB8yZV23DQVpduwnWb6LJsuAgz4DSz6dk0a9A7E2apsq4yI01I7RlPH07LH/ZrME/m&#10;EWL3CO81/22Rl6QzVXbq93Z1DD6U0PpLOAQ5BEZfRkbFwRGOh+nVfDqfzSnh6Luep/NIOK9xK28u&#10;8fr7v64lLIslQ2NjI51B5dgjOfb/yHmqmRGBc+uHfwTSFCjsGSWKtSjgda8VPEGOfHGM8vz1lu2p&#10;fJedr5cXaWTgXYJm6WVQ5Dgpy/jOurXQgWi2v7cuCrYYEKsHxA9qgICy94KXQfCOEhQ8UIKC38bq&#10;hjl/z2/PQ9IdN+XPWr0XGx287mxL2NrRK9VpVNw1EjXIAGNjBAJfBiUVQSiN+HQ4qXwXQSK+sNWy&#10;Ke4aKYMB1fZWAtkzHGp17X9+DszwKsyAdStm6xgXXH2YVEHONovb8Vvb6uIFl9vhOnNq/+wYCErk&#10;D4Xy8e/EAGAA2wGAk7c6vCaBIKy5OfxiYIgvn1OHm33Qg4pYNizNjz7G+ptKf9s5XTZ+o6jooaPe&#10;QEUHFP74iF69LKd2iDo+pcu/AAAA//8DAFBLAwQUAAYACAAAACEAYeYfqt8AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm90kNbXEbEop6qkItoL0ts1Ok9DsbMhuk/TfO57s&#10;bWbe48338tVkWzFg7xtHCuJZBAKpdKahSsH3/v1pCcIHTUa3jlDBFT2sivu7XGfGjfSFwy5UgkPI&#10;Z1pBHUKXSenLGq32M9chsXZyvdWB176Sptcjh9tWJlG0kFY3xB9q3eGmxvK8u1gFH6Me1/P4bdie&#10;T5vrYZ9+/mxjVOrxYVq/ggg4hX8z/OEzOhTMdHQXMl60ChbxnJ0KkucEBOtpHPFw5EP6ArLI5W2B&#10;4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDfy7C3bAIAAJIFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBh5h+q3wAAAAgBAAAPAAAAAAAAAAAA&#10;AAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                       <v:shape id="Graphic 11" o:spid="_x0000_s1027" style="position:absolute;top:47;width:28505;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBRFRsowgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JasMw&#10;EL0H8g9iCr3FckIoxbESQomhhxQatz30NlgTy8QaGUv18vdVIdDbPN46+WGyrRio941jBeskBUFc&#10;Od1wreDzo1g9g/ABWWPrmBTM5OGwXy5yzLQb+UJDGWoRQ9hnqMCE0GVS+sqQRZ+4jjhyV9dbDBH2&#10;tdQ9jjHctnKTpk/SYsOxwWBHL4aqW/ljFWzTkd7CV3GajJFnuSnn9+K7VOrxYTruQASawr/47n7V&#10;cf4a/n6JB8j9LwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBRFRsowgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79EA9095" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:ind w:left="257"/>
               <w:rPr>
@@ -16124,51 +16649,51 @@
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="2551353" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="156082"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="7A72B3DF" id="Group 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:30.65pt;margin-top:3.4pt;width:224.45pt;height:77.75pt;z-index:-16197120;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,9874" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8oo3kBSIAAHaxAAAOAAAAZHJzL2Uyb0RvYy54bWzsnetvHMeRwL8fcP8Dwe8XzftBSAoC+2IE&#10;MBwD9iGfVxQlEkdxmd2VKP/396vpqtlecXpqmB0nOCAJ4Kak2mZ1vbqeva//+PXT/cWXm93+bvvw&#10;5jL/Q3Z5cfNwvX1/9/DxzeX//Prn/+ouL/aHzcP7zf324ebN5W83+8s/vv3P/3j99Hh1U2xvt/fv&#10;b3YXbPKwv3p6fHN5ezg8Xr16tb++vfm02f9h+3jzwD9+2O4+bQ78cffx1fvd5ondP92/KrKsefW0&#10;3b1/3G2vb/Z7/vb78I+Xb4f9P3y4uT789cOH/c3h4v7NJbgdhv/uhv++k/++evt6c/Vxt3m8vbtW&#10;NDb/ABafNncP/NJxq+83h83F593ds60+3V3vtvvth8MfrrefXm0/fLi7vhnOwGny7JvT/LDbfn4c&#10;zvLx6unj40gmSPsNnf7hba9/+vLD7vGXx593AXt+/HF7/b976PLq6fHjVfzv8uePR+CvH3af5EMc&#10;4uLrQNHfRorefD1cXPOXRVdndV5fXlzzb33XVkUdSH59C1+efez69r/nP/hqcxV+7YDciMzTI9Kz&#10;PxJofx6BfrndPN4MdN8LAX7eXdy9R7jLy4uHzSeE+AeVF/4GOskvB0poqH/aKzknKVQ2RVUOH9xc&#10;TZKpasq6HiRzPO3m6vrz/vDDzXYg+ObLj/tDENz39tPm1n66/vpgP+4QfxH8+0HwD5cXCP7u8gLB&#10;fxe48Lg5yOeEi/LjxVPEsds3l4qJ/POn7ZebX7cD4EHYVuRd0Zf95QV8BazoG9kRhI+A9w8nHyjb&#10;Lsvz5x8IYHxSMPgHMMnLoqnqiY1TmOR1UdXtxAfOxqTJoQNSspQmeZd1WYl2fPuBczEpqqapshdg&#10;UgBfFxMfOBcTbO63h0vxpWkgx++AQtHWRS82aCkiwWj9DgLS1k3VvgCRHtNZtc8RP5cpeVYVGOPn&#10;G6dYkxdll9UT2n42Jl3fVMULMCmyvvp9aBKZkTLPwMsxaLEZOfnAmjQ52TjFnZgmJx84F5NYc042&#10;TmIyXPdBc04+cC4meWRaTzZOYRKb1pMPnItJMGgnWyZxiLTm5APn4hCb95ONU5jE5v3kA2djErkB&#10;JxsnMYncgJMPnI1JZOXzuq6qztHf2MqffOBsTCKanGy8hCYnHzgXkzyyricbJzGJrOvJB87FJGjN&#10;yZYpHGLNPfnAuTjEWnOycQqTWGtOPnAuJoEa5uInf32kKgZ77m+OaWB7Jn9/5BMa7Nm/P9JS2zP5&#10;+6PLxGC/+f0aNQwhDD/HQdL9g0QzfU3AKUHFfnt/9/7Pd/f3wx92H999d7+7+LIhOPq+l/+rsTgB&#10;e9ztD99v9rcBbvgnBbt/GMLj/VWI9CQCfLd9/xuB4hOh4ZvL/d8/b3Y3lxf3f3kgFIXdB/thZz+8&#10;sx92h/vvtkN2Ygh++J2/fv3bZvd4Ib/+zeWBGPGnrUWkmysL/uToI6x88mH7p8+H7Yc7iQyJjg0j&#10;/QPRcYhUf/8wuXoWJldCtheGybi+ZSufS0TJKGSNLx2CTgu0YwEwQpGT+X2jZMVEMD2K8uMQJb/A&#10;7J13Hbk4mAIdMQyqhBSFeP7fyvb/UtmIJr/JSQ06sVjZ+i7PQvhVZE3fDZoaaVxTV70kKCR917Z1&#10;yc//Ko0zVMhLKSZTGtd1ZV8MgW3Ttz0/BnRTYh8U9ATU9MLWWJP5xXk10AjzawC2BsAjAi8CnkTh&#10;+n67vwkHeJYcW0aOsq36DIMM+5qc9KvhnqJH0ZVVMwFvZ7TVjMYIveCwES4vgz7B3DA4nzZN3ZUN&#10;5QloU5OXdmlTN33fNs/hDSNbA20i6AWnjXB5GfQJ5obB+bTpiZ+6oBykEkuXNl0NzAS8YWSr6sgR&#10;esFpI1xeBn2CuWFwPm3yQrQkKEnZtZmfKcrLHkd0kJyTDxhOtgbq5BH4ggPH6LwQfBKZFQiEkezq&#10;oCknMX7K6uQVKXw1OycfMMLYqgSKwJecOELnheCTyKxAoLbvyiKoS1HmjZuryJGyvgi26uQDRhhb&#10;lUAR+JITR+i8EHwSmfMJVGRdBYUGjTmJvJMS1JNHVgN08gEjjK1KoAh8wYljdF4IPonMCgTi5pKa&#10;m1xebV+4AlQUOEPqCMTwRhZbA3lOoH2Xp4iReSF4hLvhsAJ1cI6oJQ3UcQOfmjRHHihpsIaJrUqV&#10;CHKJFERIvBD8WzyeUWQm73GSwdjHiY68brLOHOIIbEgW/DuR8bzej1B8E1sNNaHFsVUw8H1XUBae&#10;y2QUrTH8X5bHmAqlAvqGWsrynuQtNNoKeqNCOnQFjI0G/GWcpPl3li7kDf/5WTqC/m+Ee8i2LRZu&#10;2i7yPDKxUdKgJmDoNWnQNfzfZOifL96GCkkDxWRK0vOyyULRsqvaEs91PmlQFl0ohXccs8pPhP6Y&#10;FgiXRlCirq5qKBK2tVvFVr1dcm1J6XAHRzNtMLYG2LYowoXFmfKQs0nmI3KyNoFNXdNkmbHCNrRV&#10;keCCCNmgrpFS0CzGedeok0/ukAB2HniaxPbrn91w5CWtIWkZD+syr4wrJR1Uik3KbBFCqIPQVRG4&#10;4WNrIEtJvDfKR5/ZHWpAtj4DrrsKFZnjeoRGUzSdYW072hp2jo64ALg1r6bz0aiPwFXrHTBCY4p0&#10;57Oyz9pG5bvKavpU5tWxy6izD75eF4Mb7WwNNGzr3vSMFEdt+TADsvUZcE01Yl53IjRqusAMa9vR&#10;1rBzdMQFwHVWhnRD56PRH4H9A0ZoTJHufFbmRZ1pqqQr6y50f2KrUmqZ56CvvC9p2ppXtZy+pNIU&#10;s9J6UdoS4gBXujf2mPByTjPzgi6p0I3W1W3h8DMnU2BCWJd9ZvVE47qtgft5SS5U90YIcweTknYt&#10;FfCSRNu8GKYobhiswNMGHBR7jC4HmddP6WFrQizfxfCGka1KGwSmV2kvadN0ThtBV41ci7M8jTCR&#10;DxrmhoGtikl0ziXQfY2FkIC8W4BJc4RecMoIkykKns/TIit6TUh1ZDdHXyWpp31hdZYTeKOgrUrJ&#10;rkMsA21os0MYZrkUQVdl3s7foHmESUWBY/4Kjc+5BLqlaKI8dTEpsiO0f8oYk5jiRrkVeFoSeqq9&#10;K4qiN5uU4ikgBHPhtDG8YWRr4GmBZTfbW+AIzmteDM1F6vi3MSZVTjAxKy9I4njOBdCkCVH8QU8X&#10;YBJBLzhlhMkUBVfgadtW5nQj+bS9z9telM1an7sY3nhpq/IUt5JU4kCboqwd37WIoEu6zed9qRgT&#10;/GnirTkbUETnXADd5W1hd4aPSQS94JQRJlMUPJ+nJQWfRvVOHBq78VJ6Cu1K82HFpXHo3hP3mVZL&#10;4/cs3dm717ofd3UGUee4VGYtPWqqS2UbslxJ/wsDWrameVnlhVFMd9nemJp83p+miNLq5EUnLuT8&#10;LZCiuGnDCjytOsZdAmUyyitmHZM8pRRnthdxcLSjJJi23XM0fP6GLEsGdVQ70MJuXvOobFIgUBvQ&#10;lyPmRhtbg8Uo8ajshiSidpIAeDrVuHfWtI50kVtp9fbNaU7x8J6muOG7Ak+7vjSvHfFllmne9qIa&#10;xIQqAxG8YWSrUhLDLp024j9KFsbhaQSNiwJ7Z/U0wqQos8YwNwxsVUyicy6Apj8IARzwXoBJBL3g&#10;lBEmMcUN3/N5Wom9DTap7duyMU8jpaf4F1Z265g+HUv/hpGtgZJVztCMWQFUdp7u7N1ndg80GeZs&#10;jqdV3hvm5ADbEXPDwFbFhGE9QqnAJYLfeXmpKE5bhJdn2ZgQtT1ttb1JQ6oEkGB0tDpFcdtzBZ42&#10;OOLBbrTQaIwJkzytgQ+0aUnc1A7dqSwal7iVCPpnuVSTGdC0ZI6TYne7ndZWpWTdGOYdgfWYLTEo&#10;WxW6aVqLqvI8c26Bqukxp2pfiKudUzYNt/8A3RKp4ujPnjJBccP3fJ7iADBxGvDpuhb3J+CT5Gmf&#10;NZqkx/Yd4Q0jW5WS5NwLOy1a5fD0CC3Tm54uHTHpcGgKw9wwsDVgEp1zETR1brszXEyYxDZo0Qvn&#10;lBEmkxRcgaclWYHgl0CXZmzmTvG0ZhxN50NP4I2CtiolseyaNWs7ZH/e760j6J67dV4CIkyYaRYl&#10;nNMO6i92ziXQGEhcHbHU3EguJhH0glMeMZmk4Ao8Zb5D50Tbtqlb7z6VgVjT6xjeeGmr8rTJbNIb&#10;75o02zzdI+ieEMuRgAiTvm6cWIbRg/GcS6Bp/wuZmHYBJlhcg15wygiTKQqez1NGL4kggkS2GX1Z&#10;ju2lltppt2MbwxsvbVWe9mh1sGFE2u348IFB2focml/iZJ1iTLqe7vVZeYnPuQSaviG7kXxMCNMM&#10;2j9ljMkUBVfgKW826Eg8cTMdvh5PqZFqfpjaXO/EYg0Bqu1O6QTncM4+8vu5jvRup9Ay7yNxU5da&#10;oyZizsZbw+TE1iAvDYbdbnbSPmOfnEHZatB1ZntDljG7ZlC2GjQle9ULKEgr+ewpExS3PVfgqSR6&#10;lI6U2kYepe5TMiZ4jYHuMbxhZKueFjvNJTrcS01ROzckfuwI3ZImmo83YkzaVmrts5SMzrkAmmLc&#10;eMP4mETQC04ZYTJFwfN5ivYw5qY8KnK3LoNAZtrMyL1whDde2hp4SiJeVGLgqdRG52/IGBob4GQo&#10;Ykxa/J95Hyk+5xLottOnZMQaeZiQTDHoBadMUNwotwJPKVRrPq6taLPxfCTuxFxryyfwhpGtylNc&#10;RvOSpZY+7yOJg2nQJCicukyMSUNXvWFuGNiqmEBszQvgmPjQrYRSwb5U0qQxZwPEOmufALVl0h8O&#10;NNeR2i5SkPSJz+9NMKJ2XRwS55SQzfaWgRNHh2p6q9W7XwI9LSlG5zVkcWhtGKhOu8hYEU/dGRiV&#10;F+FfV9pltURyac3RXpFF0NOYr0mbaXzStHnZaV9EyRdK2TTmK9KG5kDaVga5oUbAFRU0KkmbrqKF&#10;IsCTuWwdLSGjabvTkOnkNnEDc4uXSFU5XhvtbbXdBvRDOrlNyfVp/o7Hm7wKF+mgwjIaJP6cyhwT&#10;GdIoFHTPjU+5MiYpvh5PZaiN5GfgKUbN7F6Kp50kKkwGInjDyNZwG1B+5okx3X1g2JwNjqEpeDvZ&#10;mxiTaiDq7N7ROZdAM+KnHtgCTGSkTqGRxDH3bLSwVWkSYVJOUPB8+961ubySMPC0oA3Li/M6QgLt&#10;NaSifoQ3vG1V/FGJRk9b9NlYuTYoW59D02HkZG9iTCryVoa57Wmr7h2dcwk0LbEmuT4mJCgMesEp&#10;I0ymKHg+T2nalILywFPq/5inedvbyWWgMhDDGwVtVUpSKNK6e0svgFP/xWMYoWlTdGr6MSZMjjt2&#10;PT7nAmjmYI/Wy8MEwzVC+6eMMZmi4Ao8pT5cK4+IlseIJmV7SZjAHZWBQsrkcxaPvi4yzwotF+A8&#10;NK88MCcQbAaln3nfmt6CwnI9NJA5Oba+wllQTIgJnT4NepkZo1e8OYJzSmIZ7cBk/rV0arN9guKm&#10;DSvwtGU+RPVUasWGfZKnDUOvetqpardhFvS0l+y67c5hzAoYlK0G3efm9VA4HnNDBmWrQmMwbO+C&#10;1wUdCRDfTv0GvxLNu5PsqDwtS2d6hTnpzmJlLibHvpAJGPGOKW6nO5+neZYTEgZFbajsjUW0FFMp&#10;n3ONBm0izdk78TjgRTbuT7PEfKgqxXlJmA66isw72gf2jFbohZ0XXgmQCjDgek+SKuJ92DkrAzhm&#10;WnfPqL7Ni43sblE5lJHWmvndE5Rfk7l1Tm57oGbT0TZlOpVmLiV1e16lIzwwFTecbA1qJSMC+Pxh&#10;f6ym010nzXp0eytzGUfw6FlR51bbSpmGH+fpWVOdMQPCgw3zKVp+e1bp7rS9IA3u7hkWTwSTCUCO&#10;4oFPU94IuIbm9ghQOC+1Zh7kUIzSzO3QKFX1+AOGk63GXFKRKv1MPNIc65w4Ase/GG9829VW2z1C&#10;hmvRSaeS1z8edhE4abFgwrFqPjK0hBj4kqNGyEwRcgXm5gXyrryixXHMASSZSzMOZwjyGX/AyG6r&#10;kp+eTDyuAI6SOZ3RABzBu5xx2HlZiJEh7na6P5l6Oh52CXhJCS5YcZo/fWQi8CVHjZCZIuQazG0g&#10;ZyhT4PRkYwtNmrkkX3Q2gZlXipEO+XFKNYFEBa0d9zcZsNVkgYyQPjWCIWkd/xixbEtt02rwT9zd&#10;yT1zjQ+Gk7c0PKPP/SPX+ACOi+nvzvZqBEm3elc0zy5PUt4osgZzcdq0ikoFivvRM8u4mKQHw4kp&#10;13JBzl5z9CLgJSl4jd33wJnZNUNCldO5RPGlSREq+am5OruLy2VmpKn0ub1kwzweGsGSai7z4wt2&#10;x0sIyOAHe3cuadhJyq/IXBxC2nQCRhTIx8JuUnNJn+Jy6hFwDx3NLYpxFILkojeLT8yPf6q6xfOh&#10;TvRJ2wvutUlaV4zYG4FsVbsA6hnu/aCKPJvo6VbBu/daCkIUfNzp4ddYuPGzZ+A+TXnDeQXNZV4d&#10;XyGct6A930KVNHNrwn+ThrzxbFVB5pIGsoGeDI441UZyrYyNBfcXQyIx16xdAHvYpZI2jMjMg9Oc&#10;RE/YgEwF/Z1gheeWiGgU945ck4MMBS9zNcnVYIDmkUlQfkXmMiXAVF04QE4QaIqYZm7P9aMnli8k&#10;cAxnQUemDrKxuVyQ8yemS8yUhVYkioqz4HR905Wn5Oc9A2f3Ur63xbjF73Fwp3NKcpdBMCn5GG2M&#10;/LaqXWD30gIDLgCnl5oGjmnK264raC6xNsYqHIAOqrFzKclcPBLJ7A0n5rsxnDYBcX5r7b1t0HMO&#10;P88tfAxtAAPYjZwIzOXWH5DhJRZ3d0yxtoDR0UNDmIMM3p32gDXM6I60MfLbaswV31H9BTIa3C7z&#10;R01Q3nZdg7ncVJru52kJcsmKUZq5ZJI1iXHyAcPJVjsxtpXXEAbyk0/y/C9EfwTHF3ZqRHKdGzL0&#10;bNAB7dDzeNhl4DSmmRwvQIacjoEvOeoRmUlCrsBcfFPuh4H4FKUWaC7PejD6ox+gkd+RfjKsVi+s&#10;eyybQ355NERT1sRZjGnOc4sEUmF3BJNR7u6kyOwOQhO9O1da4XUWcQhtnDuiwrvWxmPqBq7mpihv&#10;2rEGc8VpV14RVo6aldRcOply9ZBqtGxMRhtOtqrmUhhlhEJlgTSzY6sYQLIbvSaDwwU5a9poH2q1&#10;yIToeE0bOcUaexMCGTp2kBjOthru9GroHSGdlk5DALvT7R2cQWkJ8e5cKXdMUd6QWIO5MoUUXBKm&#10;C/gCOs8sk82l4zJwC/I4LTOSHLeZPfFgxv3tCLYaPVuuXJMFwB2Xh65/Ei8qOjxCY9jbrrba7j12&#10;PDgYNV8c5nIL70uDbqyPjztFZzXL3Oc4GI5gJihvOK/AXLrMax2uI/IDJY+5JKiksVAu0RqL7uUT&#10;SWEwOKLgzJA5/izNlpI4GnYn5edMBsL8vrLdqZyiCLOKzoVC24zuTpzliA4PLRXmXhCi+bsTVaqk&#10;0WzoBYkpyq/JXMyZqQoPNYziljTLEvzrSDRvQXnNqTyP1PAbAj35EkZnOhvwnukUlQWmkEzW7MS2&#10;qiqS5yj0rQA6yXt3dxxku0RBbPQebVdbbXeJohUZSXk4qijt1zoQDWVc94J03STlDYk1NBdLpS3w&#10;iBIvqriay3uB6vBDKRm4mFcWfEJNkvDovbzz4YBju9XoVyXPBjvgdHZomoGh7uNDm0YgW5VbTUbP&#10;qZplOgac/ptcKn7mL5RImuMAkJ8kixEEs8A79cxIgvKG8wrMZcaJB20CRtxx1NUD8ZOaS07KshLy&#10;aLwzioSLxoN8apaJFcf97Qi2GvkZYdYWJeIg11tuCiruKgu8OuDuzgMsFvdJOsMRTJKIXFTKLXIx&#10;RhvD2VbDnUkCfV8TyrjecorytusazG0ovQdhxiIu8JaldqRvyjNR4bqQPN9NDjUQiHduvCwPu/MJ&#10;lTVGnpxKAJMCRGZK/syNoklb00eiu1Nmc4y+1KVsdykXesggOdq3LLMm2KtZI0WZe5LyKzKXSEIa&#10;RMWDwfWUJyQ9zeWZKxVnMjLyPtL8EbpOxoeH/Xvymx6ByDhp4QAC4aI6u5Ot1MIBpXr+Nw9OxzB+&#10;bGAuz8qM3qPR01ZVRTxrzKvi7r7NQIGQ6fdglhn/5wEeD5lpyhsSK2iuPANlX2tM+RKHwGGuROf2&#10;XeN81MshIc1S5R6YS8rD85bZvcdxCbLGWzqO9Et51r4KGaFzWtKYOQVckQEX70aXyRfbnWjdaexk&#10;d0ijuMs5HCueovyazOVxapz2gZpU5Mi8eswlKMC4hg8wj+jJJ4VQ25+o0ekil9IFXZUqC5U+xJ+u&#10;uLZ8rYYmumkW8l7roO8W904PKxUqT9GliUdVkbjMuyPgPh6GUYbUmaO5CcqvyNxOHu3SO5fIZrSD&#10;SYcKzRrlU97y9JhLY4Um3+XxYmesj+3I7ahu8YiAM5PMF8vKF1oHejJiP2JvBLJV7Sz5KcmeB8Hk&#10;TTTHn8XOEL0pOM3lzlHZ3V4FkZd+vDAuRXnDeQWzLN+cp94yCNF562muXMya/YW3x8edDSdbjZ4k&#10;ojUUktDGs+K8F001INCTQHQcTbRdbbXdSXnolAYv2DVefyKNwtZFUvFIu9dPJ00k2olRYf0955r9&#10;oEfAnXlJz4qnKG9HXIO5tP1oRRRCyXcNOGZ5+BoCVXUiQfJtsw4VPpe1ztLi1I9DKXYEW41bvH+s&#10;FUKucwyts3srznigJ5Lm2QV8O2uEkQf2+eQ87rwDr9lfigKu/4WLYK2DFDTckL5LUN4osgJz6b2Q&#10;TnSxVHSJHN/4TJrlntYHTY+X2FAvzmVuhz6nQH5sqFe3oYHRhmu4cclLz5OfNnqbCSELjDF0wHlK&#10;xdxfbKjn3SGKMhI6WHFuL8/q9Mi6NsjRrO89GIKgT1N+TeZiS3Qsmhclq7EOkGYu59VQnbk5aU+b&#10;lX7KfBKhDMLDuKDn/kJNqUUEWcO0OdccjSDSxRXAGSdzVJGUBF+Hp+DE0y44w8chFc1MC6xzjipP&#10;oCnutNB6Zlkmbo0yMeXXZC5lO82l82QO9NEDpJlLOR1PZKAn7aSuOJO1sROj5877NzKYbeP91Aq5&#10;Ih160kAIEYPoYP89zYVXmv/i/ufxHmd3wiWN0aUrwJUFPHetwdAhxAC5s3uC8usxl6uEWr3KPj7J&#10;GNenmMujm6Rqgq0qeWbSyaACzktbur98o+r8ieVJTzwqFZ2SavksgQCntK+XCq9BclvPmREOS91G&#10;kSFzOUqy0dPW4ACQLSV7qkflNnWqQrI7cVzAnXf7napQkvKGxPl3LiUtpEypKTG42cE0c2EpddNB&#10;WahNjx6Y4WSrEYgSunbCkvs4JkkMzNYRXIYljUB8EY7DLZ6ANfLzDdGOh0SvAD6ySTIPms4rukyw&#10;0eesR22pknjIkNxWWeAbCFzBTFDeKLIGc8nlak6CTC5PUOgB0sxtqNXoiekrcpwSOk8aifgGWSAM&#10;dMVZCgEG3ntt4wztSWSm5OdWnE8K8eWmJCD1EsVvc7qiAeexTuUWVhmTO28XuEfM1cRZcopIMnA4&#10;SfkVmUveRbJMQnwahtFij7nMD9jYHh0xdIU7J4ZDwAzM5SsynIQWgQqFO9Vcan+eskh+WIOVklS9&#10;R0+Z8tSmdBkZd8JiZJEGM/WQuL6cvLh43zbzxuy312bDUacpvyZz5UWtoCpYZbL8LnPxu7RtiXSr&#10;1+TPvAFFIRUe9MBpuQKcGMJkjVDUURYqazTyqGhSI3QkDV7R6WGSjJ2aF0yCK6sWS+Xa8b+QBGQ3&#10;mBFiPvp4nN0TlF+TuaQB1AugGn1sTkiaZUJFGYkaVJ28upNBxSXBKgdV5GnRysktUxKCX0HRiXLz&#10;MWFmJ7ZVr2hcZRumgp4SlM4aTi7cTLNrFO1xHz1w3iFW0ZFZGLNqhoSthgy+tbbZkHxkLNDZPUF5&#10;23WFOxfrMGoWxBkHYpPMxUMl/x+YK9+L5hGoR72DaeNGkm9TnyU/PqQ8LjqIDt6MEwrR14Q46u7I&#10;0FjTMgLZquRH1GxUHrMpZf55ZEg0mF3gcRDPu0N1bcyM91QJ6r3dpylvOK/BXDqFtZmRo8s4ajhv&#10;mrl4yJrloTzk9UoUXMq1KQvtdE7XPuBot4kOHUmOh0R1XJ6PHmRBBvjmsxJgS81dRUea3xzdKrhx&#10;iVaH3emgGq8sI7+tJjoYPvVNsUCuFaf9aJLytusazGWoW8swZBDkW3s85qIgWuQclNg+YDjZaidm&#10;PkgdVEIL11ZhuuVRpIGeMkLg7c57JJo3oD+HYMhRlk6iS9tdHuac11zaDDSkZypKimcOOI2hQRby&#10;Xl7GdsATlDcCrsBcvEZai4fzUkw9vsCS1lxOqcGfFOicxiJm9jBoIc0go7revUVjpaQihLm8bgux&#10;5gnE1xzQuKbgZKs8cDbUG10STk6xnnwTDWMhByDZDyefCDitlQrOK0xOsR6TNk35NZlLMletLM4h&#10;d4xSM8lc2qDk5YyB/HizTpKNt7f5xoagiuKKef4saRF6VVTWqPg4/izfokpeSsEZ9HfsLI/TSLA3&#10;4I6V8jSXFhXxKcJRK7TekTS+blnzNQRF7jccEmZPUn5N5soTzMor+e5dI0+auUz7a1KIryLyUvu0&#10;vFP0UwIxceYU5bhBuRwUXL6ByNCxE9uqRp/ASZ5UH8gv37/rWEIpKBtzcdcIqGftrEztawJGnr7x&#10;7lwEjd7BgAyuptOuj881TXk74hpmuR/eWhvIQ5C5QHMZq9OSdI5tczVXXvZTVcRDdZ4eoHMaoihz&#10;eb/d01zmluQFoQF7pnM8/4u4QKoFAzj3hScLZDbJFyv4YNBnZQEHSeZfAim5jMw3NW7ZaoKZoLyB&#10;rcBcBq945GLAiKrWGNYnFZesgdRB5QT4X16Uy/u75n3RSUjP9ryq0AtCrKjkwbN2Akvp8tGONOk8&#10;ddpgKD0exVLeyHOIT5HDasXw2BthI86TkYdAGLmtvZNOkn1NxjKkqvMPXIZj62CasTRJ6P3JbeFJ&#10;JuVK5lWH0/p1XxlBw1AG2kBIx75KR6WmFyiRO41uvHtK2BP0u4tuHqOkrapR5NdLdTF5E9mZ7Zcn&#10;PCygYVbCaV0AepLihsEayspLA1oE5SBjhi/NU0bWNfaM4Q0jW4029CBqYBu+vHzelAGtToh4Z54y&#10;gYkGStL26HhbzLVZk8kCaPlyaC0HLsAkgl5yymmKG+VW4Ckxgz2Zhd8yRpBJnjJBJ++TiAGO4Q0j&#10;W5WnpAdElwUaf8uLeARanWL8Cs+xEUy0lZ/8pXcVyDlNFhdASxgeTrkEE75+zUqMC045TXGj3Bo8&#10;lWgx+HDmyqf5ObSNDRzC7Bq4IWOrsZMspD7egj0ahcWgbB2hMRKaP8DsOn4qeVwsaRAszK6TyJPH&#10;oHW+iwyg87wkg04UkAI7sbouIrSXm5Pkpdeo5n5LaqPCM0bSi/24Odz+uD+8fc3P15/3hx9utp/e&#10;vt5c7bf3d+//fHd/P/xh9/Hdd/e7iy+be0L/OMKKwF49Pe6v9o8/796+lp/ebd//9vPu4mm3eXxz&#10;uf/7583u5vLi/i8P+zeX0PRgP+zsh3f2w+5w/92W35Ndyq9+3O0Pv37922b3eCE/vrk83Hw9/LT9&#10;5XbzeDMAbL6AfjDMR1j55MP2T58P2w93wz8eMeKk8oen/ePw08erp4/y0+bqI5je3l1/vzls4j8P&#10;UFc3xfZ2e//+Zvf2/wAAAP//AwBQSwMEFAAGAAgAAAAhAI4xyxfeAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81qwzAQhO+FvIPYQG+N/ENMcS2HENqeQqFJoPSmWBvbxFoZS7Gdt+/21J6WYT5m&#10;Z4rNbDsx4uBbRwriVQQCqXKmpVrB6fj29AzCB01Gd45QwR09bMrFQ6Fz4yb6xPEQasEh5HOtoAmh&#10;z6X0VYNW+5Xrkdi7uMHqwHKopRn0xOG2k0kUZdLqlvhDo3vcNVhdDzer4H3S0zaNX8f99bK7fx/X&#10;H1/7GJV6XM7bFxAB5/AHw299rg4ldzq7GxkvOgVZnDLJlwewvY6jBMSZuSxJQZaF/D+g/AEAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA8oo3kBSIAAHaxAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCOMcsX3gAAAAgBAAAPAAAAAAAAAAAAAAAAAF8k&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaiUAAAAA&#10;">
                       <v:shape id="Graphic 13" o:spid="_x0000_s1027" style="position:absolute;top:3624;width:28505;height:4635;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,463550" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBT0WlnwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhF6k2bRSKamrqCCINNBEweuQnSbR7GyaXWP677uFQm/zeJ+zWA2mET11rras4CmKQRAX&#10;VtdcKjgdd4+vIJxH1thYJgXf5GC1HI8WmGh754z63JcihLBLUEHlfZtI6YqKDLrItsSB+7SdQR9g&#10;V0rd4T2Em0Y+x/FcGqw5NFTY0rai4prfjILZYXN5ac7YZ2k63W++1kX8od+VepgM6zcQngb/L/5z&#10;73WYP4PfX8IBcvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAU9FpZ8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m2182939,463296r195072,em1326451,463296r198120,em1612963,463296r195072,em2466403,463296r198120,em,463296r668083,em2752915,463296r97596,em756475,463296r195072,em1042987,463296r195072,em1896427,463296r198120,em1326451,310896r198120,em1896427,310896r198120,em2752915,310896r97596,em1612963,310896r195072,em,310896r1238059,em2466403,310896r198120,em2182939,310896r195072,em2752915,155448r97596,em2182939,155448r195072,em1896427,155448r198120,em,155448r1808035,em2466403,155448r198120,em,l2378011,em2466403,r198120,em2752915,r97596,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 14" o:spid="_x0000_s1028" style="position:absolute;top:515;width:28505;height:1556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,155575" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBgCFwrwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X/A9hhN5qtraKrmYXaSl46KE+0OuwGTdLN5Mlie723zeFgrf5+J6zLgfbihv50DhW8DzJQBBX&#10;TjdcKzgePp4WIEJE1tg6JgU/FKAsRg9rzLXreUe3faxFCuGQowITY5dLGSpDFsPEdcSJuzhvMSbo&#10;a6k99inctnKaZXNpseHUYLCjN0PV9/5qFZzN8eXaD1X82s7fa7f8nMmTnyn1OB42KxCRhngX/7u3&#10;Os1/hb9f0gGy+AUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBgCFwrwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,155448r2850511,em,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 15" o:spid="_x0000_s1029" style="position:absolute;left:981;top:2069;width:26549;height:7754;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2654935,775335" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhLjBowgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4L+x/CLHgRm1pWkWoUERQvi1hFPA7N9IHNpDRRu/9+IyzsbT6+5yzXvWnEkzpXW1YwiWIQxLnV&#10;NZcKLufdeA7CeWSNjWVS8EMO1quPwRJTbV98omfmSxFC2KWooPK+TaV0eUUGXWRb4sAVtjPoA+xK&#10;qTt8hXDTyCSOZ9JgzaGhwpa2FeX37GEUHPLb7mtyTMrLyD6um+3+mhTfiVLDz36zAOGp9//iP/dB&#10;h/lTeP8SDpCrXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBhLjBowgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m88392,697992l,697992r,77152l88392,775144r,-77152xem374904,618744r-91440,l283464,775144r91440,l374904,618744xem658368,542544r-88392,l569976,775144r88392,l658368,542544xem944880,466344r-91440,l853440,775144r91440,l944880,466344xem1228344,387096r-88392,l1139952,775144r88392,l1228344,387096xem1514856,310896r-88392,l1426464,775144r88392,l1514856,310896xem1798320,231648r-88392,l1709928,775144r88392,l1798320,231648xem2084832,155448r-88392,l1996440,775144r88392,l2084832,155448xem2368296,79248r-88392,l2279904,775144r88392,l2368296,79248xem2654808,r-88392,l2566416,775144r88392,l2654808,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 16" o:spid="_x0000_s1030" style="position:absolute;top:9821;width:28505;height:12;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDe/INcwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwwt40VRZZqlFELOxhBe2uB29DMzbFZlKaaOu/N4Kwt3m8z1mue1uLO7W+cqxgOklAEBdO&#10;V1wq+PvNxl8gfEDWWDsmBQ/ysF4NB0tMtev4SPc8lCKGsE9RgQmhSaX0hSGLfuIa4shdXGsxRNiW&#10;UrfYxXBby1mSzKXFimODwYa2hoprfrMKPpOO9uGU7Xpj5I+c5Y9Dds6V+hj1mwWIQH34F7/d3zrO&#10;n8Prl3iAXD0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3vyDXMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l2850511,1e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 17" o:spid="_x0000_s1031" style="position:absolute;left:1321;width:25635;height:8686;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2563495,868680" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCD+JbzwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4X+h/CFHqrWWupdWsUKxRWelJ78TZsppulm8mSpPvorzeC4G0+vucs14NtREc+1I4VTCcZCOLS&#10;6ZorBd/Hz6c3ECEia2wck4KRAqxX93dLzLXreU/dIVYihXDIUYGJsc2lDKUhi2HiWuLE/ThvMSbo&#10;K6k99incNvI5y16lxZpTg8GWtobK38OfVVCYUX+cZt349e+nel4sNruX0Cv1+DBs3kFEGuJNfHUX&#10;Os2fw+WXdIBcnQEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCD+JbzwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m13601,847356l3289,849541,,854595r2171,10287l7226,868184r10312,-2184l20827,860945,18656,850658r-5055,-3302xem53149,843635r-10541,l38341,847902r,10516l42608,862685r10541,l57416,858418r,-10516l53149,843635xem90766,840587r-10528,l75971,844854r,10516l80238,859637r10528,l95034,855370r,-10516l90766,840587xem125044,835825r-10008,3327l112331,844537r3315,9995l121043,857237r9995,-3328l133743,848512r-3315,-9982l125044,835825xem165303,831443r-10541,l150494,835710r,10516l154762,850493r10541,l169570,846226r,-10516l165303,831443xem202920,828395r-10528,l188125,832662r,10516l192392,847445r10528,l207187,843178r,-10516l202920,828395xem239826,822299r-10541,l225031,826566r,10516l229285,841349r10541,l244093,837082r,-10516l239826,822299xem277456,819251r-10541,l262648,823518r,10516l266915,838301r10541,l281724,834034r,-10516l277456,819251xem311365,812330r-9994,3314l298665,821042r3315,9982l307378,833729r9995,-3327l320078,825017r-3315,-9982l311365,812330xem348780,807986r-9995,3315l336080,816698r3314,9983l344792,829386r9995,-3328l357492,820674r-3315,-9983l348780,807986xem389343,804011r-10541,l374535,808278r,10516l378802,823061r10541,l393598,818794r,-10516l389343,804011xem423303,797369r-10007,3327l410590,806081r3315,9982l419303,818769r10007,-3315l432003,810056r-3315,-9982l423303,797369xem460717,793026r-10007,3327l448005,801738r3314,9982l456717,814425r10008,-3327l469417,805713r-3315,-9982l460717,793026xem501218,788771r-10529,l486422,793038r,10516l490689,807821r10529,l505485,803554r,-10516l501218,788771xem538124,782675r-10541,l523328,786942r,10516l527583,801725r10541,l542391,797458r,-10516l538124,782675xem575259,776579r-10541,l560451,780846r,10516l564718,795629r10541,l579526,791362r,-10516l575259,776579xem612393,770483r-10541,l597585,774750r,10516l601852,789533r10541,l616648,785266r,-10516l612393,770483xem646315,763663r-9995,3328l633615,772388r3315,9982l642327,785075r9995,-3327l655027,776351r-3314,-9983l646315,763663xem686650,758291r-10541,l671842,762558r,10516l676109,777341r10541,l690918,773074r,-10516l686650,758291xem723557,752195r-10541,l708748,756462r,10516l713016,771245r10541,l727811,766978r,-10516l723557,752195xem753794,746099r-3656,l745883,750366r,10516l750138,765149r6350,l757554,764971r5982,-2095l766152,757440r-3479,-9931l760852,746632r-8581,l753794,746099xem757237,744893r-4966,1739l755408,746099r4336,l757237,744893xem759744,746099r-4336,l752271,746632r8581,l759744,746099xem794512,738657r-10008,3315l781812,747369r3314,9982l790511,760056r10008,-3327l803224,751344r-3315,-9982l794512,738657xem834453,730859r-10541,l819645,735126r,10516l823912,749909r10541,l838707,745642r,-10516l834453,730859xem871575,724763r-10541,l856767,729030r,10516l861034,743813r10541,l875842,739546r,-10516l871575,724763xem907986,715619r-10541,l893178,719886r,10516l897445,734669r10541,l912253,730402r,-10516l907986,715619xem940155,707478r-9436,4699l928801,717905r4699,9411l939215,729233r9436,-4698l950569,718807r-4699,-9411l940155,707478xem978496,700697r-10007,3314l965796,709409r3315,9982l974496,722096r10007,-3327l987209,713384r-3315,-9982l978496,700697xem1014755,690638r-9995,3328l1002055,699350r3315,9983l1010767,712038r9995,-3315l1023467,703326r-3315,-9983l1014755,690638xem1051699,683399r-9995,3328l1038999,692124r3315,9982l1047711,704811r9995,-3327l1060411,696087r-3314,-9983l1051699,683399xem1091476,675995r-10541,l1076667,680262r,10516l1080935,695045r10541,l1095743,690778r,-10516l1091476,675995xem1128115,666851r-10541,l1113307,671118r,10516l1117574,685901r10541,l1132382,681634r,-10516l1128115,666851xem1161338,657021r-10007,3315l1148626,665721r3314,9995l1157325,678421r10008,-3315l1170038,669721r-3302,-9995l1161338,657021xem1197813,646899r-9995,3315l1185100,655599r3315,9982l1193800,668299r10007,-3315l1206512,659599r-3302,-9995l1197813,646899xem1234084,636841r-10008,3315l1221371,645541r3302,9994l1230058,658241r10008,-3315l1242771,649541r-3302,-9995l1234084,636841xem1268907,626910r-9423,4711l1257579,637349r4712,9411l1268006,648665r9423,-4712l1279334,638225r-4699,-9410l1268907,626910xem1306982,617626r-10008,3315l1294256,626325r3315,9983l1302956,639025r10008,-3314l1315669,630326r-3302,-9995l1306982,617626xem1343240,607568r-10007,3314l1330528,616267r3302,9995l1339214,628967r10008,-3315l1351927,620268r-3302,-9995l1343240,607568xem1382445,596747r-10541,l1367637,601014r,10516l1371904,615797r10541,l1386713,611530r,-10516l1382445,596747xem1415288,584568r-9995,3314l1402575,593267r3314,9983l1411274,605967r10008,-3314l1423987,597268r-3302,-9995l1415288,584568xem1449603,571614r-9424,4724l1438275,582053r4699,9411l1448701,593369r9424,-4712l1460030,582942r-4699,-9411l1449603,571614xem1487716,562457r-10008,3315l1475003,571157r3302,9994l1483702,583857r10008,-3315l1496415,575157r-3302,-9995l1487716,562457xem1523517,549516r-10008,3302l1510791,558215r3315,9983l1519491,570903r10008,-3302l1532204,562203r-3302,-9982l1523517,549516xem1559305,536562r-10007,3314l1546593,545261r3302,9995l1555280,557961r10007,-3314l1568005,549262r-3315,-9995l1559305,536562xem1593748,523925r-9423,4725l1582407,534365r4711,9410l1592834,545680r9436,-4711l1604175,535254r-4712,-9411l1593748,523925xem1631264,511555r-10008,3315l1618551,520255r3302,9995l1627238,532955r10007,-3315l1639951,524255r-3302,-9982l1631264,511555xem1667040,498614r-10008,3328l1654340,507326r3314,9983l1663052,520014r9995,-3328l1675752,511289r-3328,-9982l1667040,498614xem1701546,483044r-9995,3327l1688846,491769r3327,9982l1697558,504444r10007,-3328l1710258,495731r-3315,-9982l1701546,483044xem1737347,470090r-10008,3340l1724634,478815r3328,9982l1733359,491502r9995,-3327l1746059,482777r-3327,-9982l1737347,470090xem1772221,455422r-9995,3327l1759521,464146r3327,9983l1768233,476821r10008,-3327l1780933,468109r-3315,-9982l1772221,455422xem1806740,439851r-10008,3328l1794027,448576r3327,9982l1802752,461251r9995,-3328l1815452,452539r-3328,-9983l1806740,439851xem1839264,425983r-8775,5842l1829307,437730r5830,8763l1841042,447687r8776,-5842l1851012,435940r-5830,-8763l1839264,425983xem1873656,410171r-8776,5842l1863699,421919r5829,8763l1875434,431876r8776,-5842l1885403,420116r-5829,-8751l1873656,410171xem1910638,394042r-10007,3328l1897938,402767r3315,9983l1906651,415442r10007,-3327l1919351,406730r-3315,-9982l1910638,394042xem1945144,378472r-9995,3328l1932444,387197r3328,9982l1941156,399884r10008,-3340l1953869,391160r-3327,-9983l1945144,378472xem1976399,361988r-8776,5842l1966442,373748r5829,8750l1978177,383692r8776,-5842l1988146,371944r-5829,-8763l1976399,361988xem2012886,344716r-9995,3327l2000186,353441r3327,9982l2008898,366128r10008,-3340l2021611,357403r-3327,-9982l2012886,344716xem2043633,327329r-8776,5842l2033676,339090r5829,8750l2045411,349034r8775,-5842l2055380,337286r-5829,-8763l2043633,327329xem2076526,309473r-8776,5842l2066556,321221r5830,8763l2078304,331165r8775,-5830l2088261,319417r-5830,-8763l2076526,309473xem2109749,291363r-8750,5867l2099830,303149r5855,8737l2111603,313054r8763,-5867l2121522,301269r-5855,-8738l2109749,291363xem2146096,273888r-9995,3353l2133409,282638r3340,9969l2142147,295300r9994,-3353l2154834,286550r-3340,-9970l2146096,273888xem2175484,254647r-8763,5880l2165565,266446r5855,8737l2177338,276351r8751,-5880l2187257,264553r-5855,-8737l2175484,254647xem2210409,235178r-9995,3353l2197722,243928r3353,9970l2206472,256590r9995,-3352l2219147,247840r-3340,-9969l2210409,235178xem2240508,216382r-8750,5868l2230589,228168r5855,8737l2242362,238074r8763,-5868l2252281,226288r-5855,-8738l2240508,216382xem2275954,197078r-9995,3340l2263279,205816r3340,9982l2272017,218490r9995,-3352l2284691,209740r-3340,-9982l2275954,197078xem2307475,176402r-9995,3353l2294788,185153r3340,9982l2303525,197815r9995,-3340l2316213,189077r-3340,-9982l2307475,176402xem2335758,154914r-8763,5867l2325839,166700r5855,8737l2337612,176606r8751,-5868l2347531,164820r-5855,-8738l2335758,154914xem2371305,135826r-9994,3353l2358631,144576r3340,9970l2367368,157238r9995,-3353l2380056,148488r-3353,-9970l2371305,135826xem2399233,113614r-8751,5867l2389314,125399r5867,8738l2401087,135305r8763,-5867l2411018,123520r-5867,-8738l2399233,113614xem2429878,91147r-8763,5880l2419959,102946r5855,8737l2431732,112839r8750,-5867l2441651,101053r-5855,-8737l2429878,91147xem2461590,70002r-8751,5880l2451671,81800r5867,8738l2463457,91694r8750,-5868l2473375,79908r-5867,-8738l2461590,70002xem2495677,47307r-6033,l2482189,54762r-13,6020l2489619,68237r6019,l2503106,60782r,-6020l2495677,47307xem2525382,23698r-6033,l2511882,31153r12,6032l2519324,44627r6020,l2532799,37185r12,-6032l2525382,23698xem2551353,r-8750,5880l2541435,11798r5867,8737l2553220,21691r8750,-5867l2563139,9905r-5868,-8737l2551353,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
@@ -16310,67 +16835,75 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="595959"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>FD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="47"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DD</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="44"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="43"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16598,51 +17131,51 @@
                                         <a:pt x="2850511" y="0"/>
                                       </a:lnTo>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="D9D9D9"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="45E1AE05" id="Group 18" o:spid="_x0000_s1026" style="position:absolute;margin-left:29.75pt;margin-top:12.1pt;width:224.45pt;height:.75pt;z-index:-16195584;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4PaC4bAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtqGzEQfS/0H4Te67WXOokXr0OJG1MI&#10;aSAOfZa12gvVSupI9q7/viPtxY4T+pBiWM5oRnM5c6zlbVtLchBgK61SOptMKRGK66xSRUpftvdf&#10;biixjqmMSa1ESo/C0tvV50/LxiQi1qWWmQCCSZRNGpPS0jmTRJHlpaiZnWgjFDpzDTVzaEIRZcAa&#10;zF7LKJ5Or6JGQ2ZAc2Etnq47J12F/HkuuPuZ51Y4IlOKvbnwhfDd+W+0WrKkAGbKivdtsA90UbNK&#10;YdEx1Zo5RvZQvUlVVxy01bmbcF1HOs8rLsIMOM1sejHNBvTehFmKpCnMSBNSe8HTh9Pyx8MGzLN5&#10;gq57hA+a/7bIS9SYIjn3e7s4Bbc51P4SDkHawOhxZFS0jnA8jG/m0/lsTglH32IezzvCeYlbeXOJ&#10;l9//dS1iSVcyNDY20hhUjj2RY/+PnOeSGRE4t374JyBVhsJeUKJYjQLe9FrBE+TIF8coz19v2Z7K&#10;d9n5en0Vdwy8S9Asvg6KHCdlCd9btxE6EM0OD9Z1gs0GxMoB8VYNEFD2XvAyCN5RgoIHSlDwu666&#10;Yc7f89vzkDSnTfmzWh/EVgevu9gStnbySnUe1e16RskgA4ztIhD4MiipDoTSiM+Hk8p3ESTiC1st&#10;q+y+kjIYUOzuJJADw6HWC//zc2CGV2EGrFszW3ZxwdWHSRXkbJNuO35rO50dcbkNrjOl9s+egaBE&#10;/lAoH/9ODAAGsBsAOHmnw2sSCMKa2/YXA0N8+ZQ63OyjHlTEkmFpfvQx1t9U+tve6bzyG0VFDx31&#10;Bio6oPDHR/TqZTm3Q9TpKV39BQAA//8DAFBLAwQUAAYACAAAACEANOaiGOAAAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KiTUEMb4lRVBZwqJFok1JubbJOo8TqK3ST9e5YT&#10;HGdnNPM2W022FQP2vnGkIZ5FIJAKVzZUafjavz0sQPhgqDStI9RwRQ+r/PYmM2npRvrEYRcqwSXk&#10;U6OhDqFLpfRFjdb4meuQ2Du53prAsq9k2ZuRy20rkyh6ktY0xAu16XBTY3HeXayG99GM68f4ddie&#10;T5vrYa8+vrcxan1/N61fQAScwl8YfvEZHXJmOroLlV60GtRScVJDMk9AsK+ixRzEkQ/qGWSeyf8P&#10;5D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOD2guGwCAACSBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEANOaiGOAAAAAIAQAADwAAAAAAAAAA&#10;AAAAAADGBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 19" o:spid="_x0000_s1027" style="position:absolute;top:47;width:28505;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCvYxcuwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHozG0MRG12DiIEeKtS0PXgbsmM2mJ0N2a2J/75bKPQ2j/c5m2KynbjR4FvHChZJCoK4&#10;drrlRsHnRzlfgfABWWPnmBTcyUOxfZhtMNdu5BPdqtCIGMI+RwUmhD6X0teGLPrE9cSRu7jBYohw&#10;aKQecIzhtpNZmi6lxZZjg8Ge9obqa/VtFTynIx3DV3mYjJFvMqvu7+W5UurpcdqtQQSawr/4z/2q&#10;4/wX+P0lHiC3PwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCvYxcuwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79EA90A3" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:ind w:left="239"/>
               <w:rPr>
@@ -19406,51 +19939,51 @@
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="2552997" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="156082"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="170E4D9C" id="Group 20" o:spid="_x0000_s1026" style="position:absolute;margin-left:29.75pt;margin-top:3.55pt;width:224.45pt;height:77.55pt;z-index:-16196096;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,9848" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoqyGNvCEAAIOuAAAOAAAAZHJzL2Uyb0RvYy54bWzsnetvHMeRwL8fcP8Dwe8XzftBSAoC+2IE&#10;MBwD9iGfVxQlEkdxmd2VKP/396vpqtlecaZrmB0bOCBx4Kas2mZ1vbqeva///PXT/cWXm93+bvvw&#10;5jL/U3Z5cfNwvX1/9/DxzeX//PrX/+ouL/aHzcP7zf324ebN5W83+8s/v/3P/3j99Hh1U2xvt/fv&#10;b3YXbPKwv3p6fHN5ezg8Xr16tb++vfm02f9p+3jzwF9+2O4+bQ78cffx1fvd5ondP92/KrKsefW0&#10;3b1/3G2vb/Z7/uv34S8v3w77f/hwc334+4cP+5vDxf2bS3A7DP/eDf9+J/9+9fb15urjbvN4e3et&#10;aGz+BSw+be4e+KXjVt9vDpuLz7u7Z1t9urvebffbD4c/XW8/vdp++HB3fTOcgdPk2Ten+WG3/fw4&#10;nOXj1dPHx5FMkPYbOv3L217/9OWH3eMvjz/vAvb8+OP2+n/30OXV0+PHq/jv5c8fj8BfP+w+yYc4&#10;xMXXgaK/jRS9+Xq4uOY/Fl2d1Xl9eXHN3/Vd1XV1IPn1LXx59rHr2/9Of/DV5ir82gG5EZmnR6Rn&#10;fyTQ/jwC/XK7ebwZ6L4XAvy8u7h7z1nyy4uHzSeE+AeVF/4LdJJfDpTQUP+0V3JOUqhssqZUwZsk&#10;U9WUdT0AjKfdXF1/3h9+uNkOBN98+XF/CIL73n7a3NpP118f7Mcd4i+Cfz8I/uHyAsHfXV4g+O8C&#10;Fx43B/mccFF+vHiKOHb75lIxkb/+tP1y8+t2ADwI24q8K9qqv7yAr4AVfSM7gvAR8P7h5ANl23ZC&#10;wm8/EMD4pGDwL2CSl0VTNBMbz2GS10VVdhMfOBuTJi/atnh+xFlMuqztKrRjbZoUVdMUefl84zlM&#10;iqapynLiA+fSBJv77eHmcGiatut/BxSKti7aolqOSDBav4OAtHXD3ssR6euqyibgz2VKnlVFi8Yu&#10;Zk1elG3XTGj72Zh0fcPeyzEpsr4q64kPnI1JZEbKPAMvx6DFZuTkA2djEtHkZOM5xYlpcvKBczGJ&#10;Nedk41lMhus+aM7JB87FJI9M68nGc5jkkWk9+cC5mASDdrLlLA6R1px84FwcYvN+svEcJrF5P/nA&#10;2ZhEbsDJxrOYRG7AyQfOxiSy8nmN4ewc/Y2t/MkHzsYkosnJxktocvKBczHJI0tysvEsJpF1PfnA&#10;uZgErTnZcg6HWHNPPnAuDrHWnGw8h0msNScfOBeTQA1z8Wd/faQqBnvub45pYHvO/v7IJzTYs39/&#10;pKW25+zvjy4Tg/3m92vUMIQw/BwHSfcPEs30dVEPcfl+e3/3/q939/cSYex3H999d7+7+LIhOPq+&#10;l3/UWJyAPe72h+83+9sAN/yVgt0/DOHx/ipEehIBvtu+/41A8YnQ8M3l/p+fN7uby4v7vz0QisLu&#10;g/2wsx/e2Q+7w/132yE7MQQ//M5fv/5js3u8kF//5vJAjPjT1iLSzZUFf3L0EVY++bD9y+fD9sOd&#10;RIZEx4aR/oHoOESqv3+YTAD0TZhcCNleGCZXfVtW8rnN1WSUjELW7ZBMgBIWaMcCYIQiJ/P7RsmK&#10;iWB6FOXHIUp+gdk77zpycTAFOmIYVAkpCvH8v5Xt/6WyES9/o2zli5Stb/s8RFMFibpuEJNI45q6&#10;6ksiUEnftW3VZiZHf7zGGSrkpRSTKY3rurIPGZiGo/FjOisVFPQE1PTC1liTT0hgALYGwCMCLwKe&#10;ROH6fru/CQd4lhxbRo6SHF0WUh9N3rXVYFExmPNmoKyaCXg7o61mNEboBYeNcHkZ9AnmhsH5tGnq&#10;rmwoTyDadVUQMTiyUjd934akyQm8YWRroE0EveC0ES4vg57E5Hza9MRPGIOQIGpKlzZd3fCB5/BG&#10;E1tVR47QC04b4fIyaJKgR8wNg/NpkxdFJ/sKccquzfxMUV72OKLPP2A42Rqok0fgCw4co/NC8BPs&#10;DYkVCFTnFQIRzrsolVYVjZmdiaTA5spwUwJF4EtOHKHzQvBJZFYgUNt3ZRHUqyhzVMcxPTlS1hdB&#10;v04+YISxVQkUgS85cYTOC8EnkTmfQEVGqbAMGnMSec/dW3nfN+TKB5E7+YARxlYlUAS+4MQxOi8E&#10;n0RmBQJxc0nNTWxQ21AIdwSoIN9vjkAMb2SxNZDnBDr2+gzMVgWPkXkheIS7bboCdXCOuiyoi0uZ&#10;mjRHHihpsIaJrXrMCHKJFERIvBD8WzyeUUSCfyvd8nMc9p5kME4SHXndZJ05xBHYkCz4dyLjeb2f&#10;K/6b2GpwEV+YyCAM6ag2JzIZRWsM/+OjKu3PmAqlgjU11OYs70neQq1Q0BsV0qErYE5a/52lC3nD&#10;Pz5LR1D/jXAPybTFwk3bRZmFav0gIlHSADvT15o06Jom514OQewfL96GCkkDxWRK0nG4tbhNN0bR&#10;WzJ4TuRpzwn3RVc1PY0F4XB2WdgaLo2gRJ2kVgYbgFIYgK0BMKdhY7jOO37ojWIGY2uAbUjKKGzd&#10;VlaoNhhbbd8+CwmejnsOpzOFbZHRyxN2rvuCU6aA866rFGXp67JcrP16WxWNaRIb0LMbLlxwQ0PS&#10;Mh7WZab+H1iJ7xhQn+MhAT9Ok7hPJ+CGj60B+bIrJAk2ACPbJh8GZOszYByGPC0eERpczuPtbDva&#10;GnaOjrgAuIUgykoXjfoIXLkHjNCIKW24ns9KHNUy9Jp0RKidUXCOldyvsGTgTgxu+NgaaEgLDmWF&#10;wMqSjGdSwiPguoSZaeAjGnVLgiAJHB1xATB5V9NKF43+CFy5B4zQmCLd+azMC9BR1SmrLDPVmeNl&#10;ngMf4r6ubMsyTfI8J+4Lbn5HR1Nox5y3sHldak9cR0cYPn/SuhVZOypQXRFNJKFLoBWTmn6cIQk/&#10;j0lZVrlZn6YZE0gmqrYGkc1L6KYXTtm0jkWZo7jtuQJPuX7suiQGHW/3WZ6SWtXchcSsI7xhZKue&#10;ts5IiKg6l3J3JekeQVf8GofuESYV/WzpyxA0xnMuge4LbaDsFmCC42DQpX/KCJMpCp7P0yIruPAD&#10;1YtGfkxfn3lPuUhtUgxvvLRVedrR+6vaUWZdbVbAoGx9Dl3l5VjkNShbFTrCpCKvbJgblK0BOj7n&#10;Euim015DvAQPkyI7QvunjDGZouAKPC17iujK0wxZdnhKWruvlUs4giO8UdBWpSStJOaFYuRxG1N6&#10;WkTQJcY3bU1jTEqaYA1zw8BWxSQ65wLoqiQBpvbFxySCXnDKCJMpCq7A07Yl3x+wzynnGR3nbC8t&#10;TFS5nsMbBW1VStKLm5sE5C1zG0meRtBlwScd6CMmJfbMMDcMbFVMonMugO5y3BflqY9JBF34p4ww&#10;iSlu+J7P0zLPMwsvclxS06Q5npYMCtndwbm5WpNcklKDusdY7SKtS+xNJSZQssCypvcWp0ebt7sy&#10;70fMjTa2Bp6WVDEsRCNr1DmY5H2LMR889YJiSVq6pIjC0QZoMhOZt/c0xQ3fFXha4QQo1bOGgyuP&#10;ZnlaAq8STA9mmJKa9R9LOuAr02pi7/SdJ/5Fo95mgSOTjkyobFaERYHubT1ibrSxVXmKR1Wrt1ZU&#10;/JOURdDO7T4le8CPKckta4iimBAbO35AOUNxw3cFnnZ9ZqmUrDjqxixPCV2JGQdKxvCGka1KSaQd&#10;IQ/QTeWdNoLO6Usw+bI9bbW9j5gUecEln6R7dM4F0H0p+eugeT4mEXTmnzLCZIqC5/O0KsSfHrBv&#10;yVni0gbKzPGUDBoDKwrfSYtEipIEebjVylPsU/o+xcOstb+ky9GltHaQeukbtRhIAO0FSUzw7UYu&#10;lQ1NsUlozCkuWpDFrnAiNoI7m8ghFeNJ1xzFTWJX4GkzRpA0txXjPTPLU4khA5fanvSXw9OKjKtJ&#10;TC/phyQl64zQRykJsLN33eSWf80Loon03qT1WrMYdOk5mDSYULNGJc21zt7kuMPebQ+0t/c0xdfj&#10;Kclaxr6C3hG407YVqD7L045snHIphjeMbA32UbpV1DMRieEXJXl6hCap3zo5xOqIScc1jHud2js6&#10;5yLoY7LPx6TORugFp4wwkdG/keJGufP1tCagVpvUUq1ncDbNU4K1TD3ZE3jDyNbA05omBrPUlF9I&#10;KCfpHkH3deMUM2JMMAEEZMm9o3MugJacerDr3EguJhH0glNGmMQUN8qtwFNp/1A95UcMjsNT6b1Q&#10;PY3hDSNblac1Wq20aSV3naZ7BE1mw8k6YQFGTHqiKsPcMLBVMYnOuQSa3683zAJMGIM26AWnjDCZ&#10;ouD5PG1yGWgLtrfpmvEOm7O9GDm5dMV7aGN4o6CtSkn8Eu30Ynae6kWapxE0NRYn6xRjQgoyvLow&#10;G1XF51wCTaHMbhgfk/wI7Z8yxmSKgivwlGvJrCPeoFtjawjFtD6NVT3CGy9tDTylxJZrVNg2uDHp&#10;2D2GhklOmS3GpMNbSkeztFaO51wAXZPHUj1dgEkEveCUESZTFFyBpx1VYZXI0GCdtr1NS8CjehrD&#10;Gy9tVZ6SeNQcfttkfDSpp5SpRmh+xE1N3ZAxJuxcpn0kNGI85wLonuSaerILMImgF5wywmSKgufz&#10;tEUeCe4HW1pnMtqS5ikntLxTG8MbL20NPKVkmfd6W5Nld27IGLqpcXyTPI0xaWjhN8wNA1sVk+ic&#10;S6DbQvNI7QJMqAwb9IJTRphMUXAFnsq1pFSHLmOdZe4+ZYRHDO4gAzG8UdBWpWRFlVtva4lr0j5S&#10;G0HXFFvTmhdj0lDDTvtImInxnEugafrQzMoCTHiuxqAXnDLCZIqCK/CUvJa+7MLYKiVOT09JyrfK&#10;Jeaickc7uqzWd4XI+7W4wClrSvOJNcTItPVoM0xObFV56RgssFuDtun0fSojdUb3muJJOp9BeMyb&#10;Xyq5jTyNlMS7p0VPb1/6HJycJmmJSYrb6c7naYeEawUCly0bu+Hm9LTDcmgG9wTeMLI10L3LO+tE&#10;os+FZsokbWJoHq9ybsgYk6rLnWpIfM4l0C3TJcpTHxPeMDDoBaecobhRbgWeEmxQNB1sKeyiLJK+&#10;T+lV4CGZ5/CGka3KUxwqyyNx6RA0peSdlskRGjI50WyMiVQKDHPDwFbFJDrnEmjSnqGe1C7AhASo&#10;QS84ZYRJTHHD93yeUt1qLV6mHjr2dc3qKRGBVrnbGN4wslUp2eMiqf9IEy/F9CRPI2jMk9MqKrGJ&#10;YYI1cyKf+JwLoKkq0yoWJN3FpI+g/VPGmExRcAWeUrPU7ruWrKlre7mVan3Sr83d6KQnNah5dtoA&#10;mTRL8pSLpuQ9xkDJWp6oS0kA2SBS/grddnk68iHfQfVBoWkESN+Q9POQ7wvQeUtaPo0JFWXLrGQ4&#10;DembnSz/JMVNG1bgaUf6Nnh4TU/x17zHOT2l+U6S60L3E3jDyNagp72MW6m8Z3g0Dpci6Jxyejo7&#10;HGHS5uQ/DHPDwFbF5HjORdCVpCYH6VqACQMKBr3glEdMJil4Pk+xMbwMqEylWjs6JnNMzTM6RrRX&#10;R3ogx4qr0dDWQEvAGSA2oWlRlqTIA05coNqHGo5jALarrePulLY06OBRxBF7A7PVwOlJ6ZRXWYvJ&#10;dJCh681ShJRnnKIrpOwxvSrvtBqlJXiW8obzGsyVx3sVIzzQMeKfZy7PVeospaT9HBeeJhwMpJ04&#10;qxGLlGWFQRhIDZwzIiKP/GQ0cKsHzSLFPGJvBLLVmEuxRY0rbQxeIppGLeo+YXcSFl6cDThBbTDd&#10;DTo8JtENCVtHZKYpb2BrMFf8TyU+z6OODVbzzG15hDHkC4nlhBNpbhGqasqYWeXOaSLg0iYQNVko&#10;CidnjFGgCq/05FIcHQQjkK1Gz75CYYNuURge37MwMFtH8Nqe+mioxpFPSR+VorHe+Q16m6dvE3Cf&#10;prwhsQJzpXtAq/10gGZunyiTFKRogm6dfMBwslUJhCJmZqtoA3Y6Rdn9CC6PDaSdohNkEBynx4LN&#10;j4ddAo6fhXEd/IolyETgS44aIRNT3gi4BnNJZ5nmEkKObuCs5gJNQ1E4MVbWiUpkBoe25wBOVXTc&#10;345gq8kCPS46r4X0560j/ehqzlxPID9NKWm3FLlkhi74dU1Lk0vaQwacHcMVTU0mHxNxhrOthjsF&#10;du27pD2Znvy0olPFm6S87boGc+lHM7NJa+XYtzDPXJnrVHGuuKM9evLokeb88YGJ3pwT88CNXdH8&#10;HnfECpfOdof+3u4QvNJxLwIy3mVPIyNPlNklSrg30sbIb6sylywJTTRB0khseUY/n6G87boCc2lk&#10;JrEZMJL2VrODs8wtaNjWzC+FT2Fc8iJictiaAuU5FM/LwIEpNOOKLBA2O7uTotChn6amQdDxvwoQ&#10;1h4yPoYz5uwuEzZKG3m9w2hj5LfVmEucrZ0jUCYbu/wMzNYRfJryBrYGc0lDab8vBV4SBXreeeYi&#10;w3YRMUvvtM/jcDFwoS4PXyLh9P1zKTKGqFY8NiR2YluNQA3/UztL3sBTFjIo9GSrbhV8AYTD3JZb&#10;R40U9sdzqAoiN42cGhx3bwgQ1k5S3o64AnMZpa3NxeMx8lGY55lLx5F2tzU5Hf2eslCFYdPhVpQm&#10;fU9ZenBQ5krnu+OgMtZRWyqFHjBvdzweyzJQo2BSPs3cEufCRIeqv78746zqjTAF4PQGMP06Tfk1&#10;mVshYir7hAnj1PEsc6lT1DqCQ5fA8QOGk62qW2WZMYgVmIt3RfI8acVjcCy6F07EyPBFKJ4lBPXx&#10;sIvAe7p5VDAXIMPTFAa+5KgRMlOEXENz6ULUb/+oiVTGJPs8cxsC3aBbNS7Bs87Xb5nLMBt520Fz&#10;cThc6ScYtiiaxjpXc2mIIoc87J6T+3PsLAU5rI1JmhtFc0OXShuS7J2XjGN3xjCG3Wvy7a7mzlDe&#10;CLgCc8WB1dl45hxJInh3LsrH2EY4Ao6z07qLrsKjcG/Vkp2z/e0ItqqiVxkjmWrFyfiNLoCB2TqC&#10;97jXgVuZaELaLhCK0Zeo4Dx94MgCh5NwSUQHbtFM7O5eaEiPJHROKSKfo7wdcQ3m0oOuz2YyOMY1&#10;4DKXFyb065RkQM6ZL8P3kl6NQCDqI+P+dgRbjVsVDqfSkzZkfKukFa+kShpUkVQhquuA88yNvkyC&#10;63h8M8mQsNWQQf2MNmSonPYqsRwW0vPWC76bh8w05Q2JNZiL6VHDJg/8jEmGWbMsM+aaW6bXTj6b&#10;Jj/JAn0bhKd43Tc22F3mVwdl4auRnEYo3jellm1mhJA3XRHKK8JibYtHEd3YhoYvC7rhFmUw56j4&#10;0xoWk4eW91PSlJmh/IrMZfjCfAx5iXEsZcwytyZBqLVBHFXOkD5CTWijRSRaWOkyd8ClAzX4d8QJ&#10;bhGJMgA5xSALktt3NLcuAFdFJ+D1yM/zSWJcB0nDeUQsktyig6vSDADpeoTaA5+m/JrMFREOLgmv&#10;IlGHUozmmVtxE6puyUivoyw188d2RVOSG/e3I9iqllDKvtoiS+swzW8OgUi72O4EQu7uJBfMAaCx&#10;0nOuES8ZIByYy6kX7G6jEoK606hFUDZNeaPICmZZrir8kOEA+KljoD7PXN700coKoipPDaTFWdrR&#10;QihEBIW75IETdSs6jMS6qsjFaWakqkiSpHeHVb1dKdjwsUpi9LRVJU1yLhr1gXvPj+mj9ui5Kjqo&#10;e67mHOUNiRWY23BnafcAessjjXqAWeYSS8j0xiAN+fBmVfLEMo+qr0eICnv+LG//ygsmQdZ46M0R&#10;nWFqwkQHPhv2RiBbjVsUCzQSFQvtJWDQc8t5yOjggt3ptFfKsL0jC3OUN5zXYC45Wa3gURKS+ZvA&#10;q3nmcnWa+4vf7CVcKaYPXwUi4QSx4hhH2xFsNfKTrdQsD18AzHPeaWXh4uQ5AKUnnPDoSd8WxiAI&#10;JvxyrhSpytrulBO91CnTKzaTVjG07fS5k1KYprxRZAXm8sUrRFzDeWHUcf5qnrlc0aqKcj963jIF&#10;1Mr272nT8ujJqABO10D+DHBzAezEtposkK3UwkENtHdF0/FHijUclnqGV9vH9xVpFGRot/FmjXCV&#10;hwmjAVxeDXSOOkd5O+IazCVS0cCSbJN+OTRjirPMpZXIVLFqaU914oOWMo/tT0/UaBnsCLYqt1oe&#10;qtB5GeqJpRfntvQ76LAffhjfLJtWdCrEtDGqJPuvGSKWlKYUPJfJluQNxO50+gRw8rKetywxolEm&#10;prxRZA3mytiUSmeNk2GqMs9cCitaAK6Y+sBXTZ+YVI3tj8X1HFRSm9L9Mkg/jPYiJxnf1IlIOlXJ&#10;LTrIYBW0tk/QIq9UpXHnmjWrI9Un76gkcjWMo+GK/3m7T1N+RebSX8mQe6DmkBxVjOaZS0lOC96w&#10;AXl2jsAjzBrZkx7kTT4PHP9U0al5dN5RRQJz6pQBe1rVKbgluYWTQ5FSwYdheQecPobg/uLl8f6f&#10;szut9Rpo0fTg9WTjzk1Tfk3mllz9el5eJBxbH2aZi6aIrzDoFqGTJ84M1Y93Oh1ULoGIlvTORXJw&#10;aR164v7qnYukyWOjaW7Rk2h3Lh1XXlYCf058tOGoPIeOjHq7W+laRM5z1/gOt0nKr8lcWpYg4XAA&#10;UlVjSW6euQ0fCJE9zzp5bwmQKJDvZQr748x4DXKUIvgmr1F0vM5iOkFoaFRwAi1P0aX4rorOF515&#10;fR48KGeBAbNDMs2QZi6jeKbocVRp3LJV3QtciknKG9gKdy7ia69d8btwMvQA88wlYNJ+A0Tv+ASj&#10;4WSrHYHBMc3ySMWHruEkgXDFKZypLJBDMnRsV1t1d3zrVsPiSmoUTpxLBsPanGXw1FN0csX2Qgut&#10;V/jlDu7Uv8BA9ISMh1vdnKO8HXEN5lZMSwZqMquWj43Cs8wlUWPvfpNNJBZyTlxmJCbCiamDefEB&#10;u5tu0fkm6ZW0LEjeKBhOkTTaJtLglNPVjLB7MXYmGD1tNdHh7XHbnXenvAY5rlmTBVqvvPcY0ZBp&#10;yhsSazCXeX51T7m/iP2UPPPMJfjWcIJn7WS+KE1P0jy2P3UDb0CBQpA9sYasSSdeencCM6LVQVk6&#10;hhscwymP5ekYGrCZ12YDg+QrOYbdJf3hIcPbDuq+4Lc3XkmFfvdJyq/HXNoxMWfBoZLJ6rGsNcdc&#10;7h46i1RZKNB57aGkaghGA4GosoxfNmBHsDUoC7uTf1TTRtDNuGGKuXIRklIOu5OTcFIkHJacU3AA&#10;EEyKeM7ufMB2Z/PxyjKcbTXc6XPGdA+ywDvcTup0lvK26/maCylpjlbpJK4cI5t55mLY9FbErNBy&#10;6BCI4q+GliWBgmPFMYNMKSs65EhQhDRzMW06PUg7nZc3oA+5yDWRTn+cfBtPenduZVPFsjl+bbmR&#10;31ZjLh6alsZJZmAknN1nKG+7rsFceWpcqclLfaNLMs9cTqlt43QHHstIhpOtdmLcX00zcLd7pRL5&#10;Zg4Z2RykH5PvNPkDTmIk5Dyk5OTkDZhUYWBGHQDCVif/BTjqrbvjKzndejIHg88YcKftwUluSjF3&#10;kvJGwBWYSzTDWwUDRjxgIU3AQZjnmYu9UfKTKeYVLEc+GZrU9wJoHyOPkQYn9c4oRiAQk0BO/qvI&#10;KWPppBNRCF+P4+wu3w1lkkzGyTHLFPal0DRImj9yWPDVvRY5kRSXYmHSLsxRfk3mcgmpA8lbDUfp&#10;nGUuSVMrckqPt+PPFqSwLIlBFYyEpXNiLn4NtCDQcbrFTmyr2gVGPOiFUtGU1K6zO18roGYKSabl&#10;3AEXfyrIAjbkOI1hSNhqyFBaVtGhJ52vdHZ2n6G87bqG5kqffrAlBQiN6cF55tLOauSnO8op1hfc&#10;uJKrEemnJkAfinNixuO0g5CmFWmETEs/RNRrDnqK3qTBGe3TgiJDK9QxPHDCpWDFGU8gW+WAk8RQ&#10;XxwfPnfqDLx8NE35FZnLTTFqFm2KY0ponrn0G2j6saCz0bWz8sUqylzKYC5zUS317wpp9HC4hT/I&#10;/4Po0HvoND8wKExZKNzo7J553jKSOdoFDuHEZewuw1YBGd6X9Iz+HOXXZC5zkhp7cBaGqVU6Z5nL&#10;16tI39qgioQiTvDH2BiZGD0xGT/nFTiZA8PSKoHoFDV07MS2qiVEvJi4UnDKDI5uSaZeO7TwlLxn&#10;wOhaphkhBFocAz8+rbnsbpETwxLk+zzwacrbEVcwy9IGpZrFTOGxajPPXLrwtccPLaCj3TkC17JO&#10;yqFj8ppG0nBi/mSGZBAdRntd3ZIh51BEwsxVmNz07sfsryixF3RTR5FIe0CGSMLpS6ARh9J+AJfm&#10;d+/CmqP8isyVUSpNiA7UMdmfZy4Bis5YULWidcahp+Rzg1mmiCBfE5gmP33rmiKRd6qcmpN8Za+9&#10;aYdoSj91cnc8ahkzEG7xmIe8LOqA842NwUgx2cLt7oAT3GhfKMYNOfLApym/JnOhjsq+NFuOXeCz&#10;zC3FgwzKMkwFpisB0och33w10JM+ZCe3TNGOWEhlQbrfHUsI8e0pR5L8eHoOPQnFNHAlyUlzowdO&#10;WjyYZZFQZ24fQ08mOkROTPzzvRrO7jOUX5O5dPuqA0mQI3NPQZjnmUt2VgtbBCLMvjlHwG/UFB6B&#10;kPc6EClBwn+VBbwTz/9CEKxXFdHk+zYcZGQiVgWTkodrF6RxQ7nF9e95dzQxyHeZDHIM41zNnaH8&#10;mszt6TdRVeE7esay1jxzeSdCmx+kxOX0pFG9phVH6YnH4TR2403JUKwSqJREcNpw8sizGU4m5Z3G&#10;WenQtneTeGZbHt9I7k5ZsFd/QYrSYyODkd9W9e5QXF6RDrgzh+Qq+gzlbdcVHCrCE3lKQsQtvoVm&#10;eUssYcPpXHKe0yBPlqh/xPAGzHWoKd6vSgLujhflSp1DR38YKvHmugpEZRRLrJUX5ZJBseFWSu90&#10;Yji40x6kzgXGxAtyZ8i+JmMZTNSoBq/TbcKQ5GGnhXdS5J5kYph4BWMQG3rkvPsNstPsG6Dd0il5&#10;YZzdIAW9pHEdumMw7Mu6GHVyrAEBjXzztYg7rzd7HrX0R2pfEN+v6IXC1TTF1+Qp7SPWghndgvPK&#10;ypduaQKXsS6nIot2UjQKpgCvwuk74iEFmBSuNVwWzweR9lXNjpEk8Ey85BpVuuSlDfMmjJK2qlGl&#10;e89aRhbc3vLOp6YHCMBGN9T2tNUM9jTFDWoFA0yIIU3eIpGD36LSPstTvh3AvvguhjeMbB1pgzMR&#10;9JQR7rH+YFC2HqGx1wMuuCGeDRBMtCOCb6r07mE5p7W1LYDm+0+1U3cJJhH0glNOU9xosQZPqbhR&#10;gheeWow5z0+CCQ3DDdYwsdW4c/wKZBJcnlLQ06KvgzNd5OUxMHOkd4IQMizqOD10GY5FqgXQpGl0&#10;/HcJJkBrXnzBIZ/T2Wj2jIs0/T9uDrc/7g9vX/Pz9ef94Yeb7ae3rzdX++393fu/3t3fD3/YfXz3&#10;3f3u4svmnsic+enxWbQI7NXT4/5q//jz7u1r+end9v1vP+8unnabxzeX+39+3uxuLi/u//awF/5f&#10;HOyHnf3wzn7YHe6/2/J7skv51Y+7/eHXr//Y7B4v5Mc3l4ebr4eftr/cbh5vBoDNF9AP/ugRVj75&#10;sP3L58P2w93wl0eMOKn84Wn/OPz08erpo/y0ufoIprd3199vDpv4zwPU1U2xvd3ev7/Zvf0/AAAA&#10;//8DAFBLAwQUAAYACAAAACEA77K75t8AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF&#10;74L/YRnBm90kmtrGbEop6qkItoL0Ns1Ok9Dsbshuk/TfO570OLyP977JV5NpxUC9b5xVEM8iEGRL&#10;pxtbKfjavz0sQPiAVmPrLCm4kodVcXuTY6bdaD9p2IVKcIn1GSqoQ+gyKX1Zk0E/cx1Zzk6uNxj4&#10;7Cupexy53LQyiaK5NNhYXqixo01N5Xl3MQreRxzXj/HrsD2fNtfDPv343sak1P3dtH4BEWgKfzD8&#10;6rM6FOx0dBervWgVpMuUSQXPMQiO02jxBOLI3DxJQBa5/P9A8QMAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAoqyGNvCEAAIOuAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDvsrvm3wAAAAgBAAAPAAAAAAAAAAAAAAAAABYkAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAIiUAAAAA&#10;">
                       <v:shape id="Graphic 21" o:spid="_x0000_s1027" style="position:absolute;top:3606;width:28505;height:4635;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,463550" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACI5g2xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8AQvoqmKy1KNooIgoqCu4PXRvG27Ni/dJtb6740g7HGYmW+Y6bwxhaipcrllBYN+BII4&#10;sTrnVMH5e937AuE8ssbCMil4kIP57KM1xVjbOx+pPvlUBAi7GBVk3pexlC7JyKDr25I4eD+2MuiD&#10;rFKpK7wHuCnkMIo+pcGcw0KGJa0ySq6nm1Ew2i5/x8UF6+N+390s/xZJdNA7pTrtZjEB4anx/+F3&#10;e6MVDAfw+hJ+gJw9AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAIjmDbEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m2182749,463296r195072,em1326261,463296r198120,em1612772,463296r195073,em2466213,463296r198120,em,463296r667893,em2752724,463296r97787,em756285,463296r198120,em1042796,463296r195073,em1896237,463296r198120,em1326261,310896r198120,em1896237,310896r198120,em2752724,310896r97787,em1612772,310896r195073,em,310896r1237869,em2466213,310896r198120,em2182749,310896r195072,em2752724,155448r97787,em2182749,155448r195072,em1896237,155448r198120,em,155448r1807845,em2466213,155448r198120,em,l2377821,em2466213,r198120,em2752724,r97787,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 22" o:spid="_x0000_s1028" style="position:absolute;top:497;width:28505;height:1556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,155575" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBOwat5xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6qYpShvdBFEEDz20Ku31kX1mQ7Nvw+5q4r93C4Ueh5n5hllVo+3ElXxoHSt4nmUg&#10;iGunW24UnI67p1cQISJr7ByTghsFqMrJwwoL7Qb+pOshNiJBOBSowMTYF1KG2pDFMHM9cfLOzluM&#10;SfpGao9DgttO5lm2kBZbTgsGe9oYqn8OF6vg25xeLsNYx4/9Ytu4t/e5/PJzpR6n43oJItIY/8N/&#10;7b1WkOfw+yX9AFneAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE7Bq3nEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,155448r2850511,em,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 23" o:spid="_x0000_s1029" style="position:absolute;left:979;top:2051;width:26549;height:7747;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2654935,774700" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBXTm2txQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hvAUvomkVi3SNIqK4eBGtIHt7NM+2bPNSmqjdf28WFjwOM/MNs1h1phYPal1lWUE8jkAQ&#10;51ZXXCi4ZLvRHITzyBpry6Tglxyslv3eAlNtn3yix9kXIkDYpaig9L5JpXR5SQbd2DbEwbvZ1qAP&#10;si2kbvEZ4KaWkyhKpMGKw0KJDW1Kyn/Od6NgmO3jQzzcbY+n4+ZWf1+vWTKbKjX46NafIDx1/h3+&#10;b39pBZMp/H0JP0AuXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBXTm2txQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m88392,697992l,697992r,76708l88392,774700r,-76708xem374904,618744r-91440,l283464,774700r91440,l374904,618744xem658368,542544r-88392,l569976,774700r88392,l658368,542544xem944880,466344r-88392,l856488,774700r88392,l944880,466344xem1228344,387096r-88392,l1139952,774700r88392,l1228344,387096xem1514856,310896r-88392,l1426464,774700r88392,l1514856,310896xem1798320,231648r-88392,l1709928,774700r88392,l1798320,231648xem2084832,155448r-88392,l1996440,774700r88392,l2084832,155448xem2368296,76200r-88392,l2279904,774700r88392,l2368296,76200xem2654808,r-88392,l2566416,774700r88392,l2654808,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 24" o:spid="_x0000_s1030" style="position:absolute;top:9798;width:28505;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCPDnINxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EJvsVwTQnCimFJq6KGFxkkPvS3WxjK1VsZSbefvq0Agx2Fm3jC7YradGGnwrWMFz0kK&#10;grh2uuVGwelYLjcgfEDW2DkmBRfyUOwfFjvMtZv4QGMVGhEh7HNUYELocyl9bciiT1xPHL2zGyyG&#10;KIdG6gGnCLedzNJ0LS22HBcM9vRqqP6t/qyCVTrRZ/gu32Zj5IfMqstX+VMp9fQ4v2xBBJrDPXxr&#10;v2sF2QquX+IPkPt/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI8Ocg3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l2850511,1e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 25" o:spid="_x0000_s1031" style="position:absolute;left:1323;width:25609;height:8661;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2560955,866140" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAUM1vVxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gQvRTdNqUh0lVbQSg+C0YPeHruvSdrs25BdTfz33UKhx2FmvmEWq97W4katrxwreJok&#10;IIi1MxUXCk7HzXgGwgdkg7VjUnAnD6vl4GGBmXEdH+iWh0JECPsMFZQhNJmUXpdk0U9cQxy9T9da&#10;DFG2hTQtdhFua5kmyVRarDgulNjQuiT9nV+tAr1/1od8/f64u3ztP7b39O3cVb1So2H/OgcRqA//&#10;4b/2zihIX+D3S/wBcvkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFDNb1cYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m13969,845299l3556,846924,,851801r1621,10389l6493,865746r10414,-1626l20463,859256,18841,848855r-4872,-3556xem53040,841832r-10540,l38235,846099r,10515l42500,860882r10540,l57304,856614r,-10515l53040,841832xem90439,838784r-10540,l75634,843051r,10515l79899,857834r10540,l94703,853566r,-10515l90439,838784xem124705,834009r-10003,3327l111998,842721r3315,9995l120704,855408r10004,-3315l133410,846696r-3314,-9982l124705,834009xem164969,829640r-10541,l150164,833907r,10516l154428,848690r10541,l169233,844423r,-10516l164969,829640xem202592,826592r-10539,l187788,830859r,10516l192053,845642r10539,l206857,841375r,-10516l202592,826592xem239497,820496r-10539,l224693,824763r,10515l228958,839546r10539,l243762,835278r,-10515l239497,820496xem277122,817448r-10539,l262318,821715r,10516l266583,836498r10539,l281387,832231r,-10516l277122,817448xem311035,810513r-10002,3315l298329,819226r3317,9982l307037,831913r10003,-3327l319742,823201r-3316,-9995l311035,810513xem348449,806170r-10002,3315l335743,814882r3317,9982l344451,827570r10003,-3328l357157,818857r-3316,-9982l348449,806170xem389007,802208r-10541,l374201,806475r,10515l378466,821258r10541,l393270,816990r,-10515l389007,802208xem422964,795553r-10002,3327l410259,804265r3317,9982l418967,816952r10003,-3327l431678,808240r-3321,-9982l422964,795553xem460164,791286r-9995,3314l447464,799998r3314,9982l456163,812685r10008,-3327l468876,803973r-3315,-9995l460164,791286xem500435,786968r-10541,l485640,791235r,10516l489894,806018r10541,l504703,801751r,-10516l500435,786968xem537570,780872r-10541,l522762,785139r,10516l527029,799922r10541,l541837,795655r,-10516l537570,780872xem574705,774776r-10541,l559897,779043r,10516l564164,793826r10541,l578959,789559r,-10516l574705,774776xem611827,768680r-10541,l597032,772947r,10516l601286,787730r10541,l616094,783463r,-10516l611827,768680xem648962,762584r-10541,l634154,766851r,10515l638421,781634r10541,l653229,777366r,-10515l648962,762584xem686084,756488r-10528,l671288,760755r,10516l675556,775538r10528,l690351,771271r,-10516l686084,756488xem722990,750392r-10541,l708195,754659r,10516l712449,769442r10541,l727257,765175r,-10516l722990,750392xem760125,744296r-10541,l745317,748563r,10515l749584,763346r10541,l764392,759078r,-10515l760125,744296xem793285,734085r-10008,3327l780572,742797r3327,9995l789284,755484r10008,-3314l801984,746772r-3315,-9982l793285,734085xem833442,729056r-10541,l818634,733323r,10515l822901,748106r10541,l837709,743838r,-10515l833442,729056xem870348,722960r-10541,l855540,727227r,10516l859807,742010r10541,l874603,737743r,-10516l870348,722960xem906759,713816r-10541,l891951,718083r,10516l896218,732866r10541,l911014,728599r,-10516l906759,713816xem939004,706056r-9423,4699l927663,716483r4687,9410l938077,727811r9424,-4699l949418,717397r-4686,-9423l939004,706056xem980292,698576r-10541,l965484,702843r,10516l969751,717626r10541,l984559,713359r,-10516l980292,698576xem1013782,689038r-9995,3315l1001082,697750r3315,9982l1009782,710438r10007,-3328l1022494,701725r-3314,-9982l1013782,689038xem1050510,681875r-9994,3315l1037810,690587r3315,9983l1046523,703275r9995,-3328l1059223,694563r-3315,-9983l1050510,681875xem1085550,672401r-9424,4724l1074221,682840r4699,9411l1084648,694156r9423,-4712l1095976,683717r-4699,-9398l1085550,672401xem1126876,665048r-10541,l1112080,669315r,10516l1116335,684098r10541,l1131143,679831r,-10516l1126876,665048xem1160150,655497r-10008,3302l1147437,664197r3302,9982l1156136,676884r10008,-3302l1168849,668185r-3302,-9983l1160150,655497xem1196421,645439r-10008,3315l1183695,654138r3315,9983l1192395,666838r10007,-3314l1205108,658139r-3302,-9995l1196421,645439xem1232679,635381r-10007,3314l1219967,644080r3302,9995l1228653,656780r10008,-3315l1241379,648081r-3315,-9995l1232679,635381xem1267566,625589r-9423,4724l1256238,636028r4699,9411l1266664,647344r9424,-4712l1277993,636917r-4699,-9410l1267566,625589xem1305577,616165r-10007,3315l1292865,624865r3302,9982l1301551,637565r10008,-3315l1314264,628865r-3302,-9994l1305577,616165xem1345074,607136r-10541,l1330266,611403r,10516l1334533,626186r10541,l1349341,621919r,-10516l1345074,607136xem1377624,593166r-10007,3302l1364912,601865r3314,9982l1373611,614552r10008,-3301l1386324,605853r-3302,-9982l1377624,593166xem1413896,583107r-10008,3315l1401183,591807r3302,9982l1409870,604507r10007,-3315l1422582,595795r-3302,-9983l1413896,583107xem1450052,571055r-10007,3302l1437340,579755r3302,9982l1446039,592455r9995,-3315l1458752,583742r-3315,-9982l1450052,571055xem1486311,560997r-9995,3314l1473598,569696r3315,9982l1482298,582396r10007,-3315l1495010,573697r-3302,-9995l1486311,560997xem1522074,548043r-9982,3327l1509387,556768r3327,9982l1518112,569455r10007,-3353l1530812,560705r-3340,-9970l1522074,548043xem1557901,535101r-10008,3315l1545188,543801r3302,9982l1553888,556501r9995,-3315l1566600,547801r-3314,-9995l1557901,535101xem1592407,522617r-9436,4712l1581066,533044r4711,9411l1591492,544360r9424,-4712l1602833,533933r-4711,-9411l1592407,522617xem1629859,510095r-10008,3315l1617146,518807r3302,9982l1625846,531495r9995,-3315l1638559,522795r-3315,-9982l1629859,510095xem1665635,497154r-9995,3327l1652935,505866r3327,9982l1661647,518553r10008,-3327l1674347,509828r-3315,-9982l1665635,497154xem1700141,481584r-9995,3327l1687441,490296r3327,9995l1696153,502983r10008,-3327l1708866,494271r-3328,-9995l1700141,481584xem1735942,468630r-10007,3327l1723242,477354r3315,9983l1731954,490042r9995,-3328l1744654,481317r-3327,-9982l1735942,468630xem1770816,453961r-9995,3327l1758116,462686r3328,9982l1766829,475361r10007,-3328l1779541,466648r-3327,-9982l1770816,453961xem1802477,438302r-8775,5829l1792508,450049r5829,8763l1804255,459994r8776,-5830l1814212,448246r-5829,-8763l1802477,438302xem1839841,422821r-9995,3327l1827141,431546r3327,9982l1835853,444233r10008,-3328l1848553,435508r-3315,-9982l1839841,422821xem1873928,407403r-10008,3327l1861228,416115r3314,9995l1869940,428802r9995,-3327l1882640,420077r-3328,-9982l1873928,407403xem1905970,392671r-8776,5842l1896000,404418r5830,8763l1907748,414375r8775,-5842l1917705,402615r-5830,-8750l1905970,392671xem1943320,377151r-10007,3340l1930620,385876r3315,9983l1939333,398564r9995,-3328l1952033,389839r-3328,-9982l1943320,377151xem1976544,358965r-9995,3327l1963844,367690r3327,9982l1972556,380377r10007,-3327l1985256,371652r-3315,-9982l1976544,358965xem2011431,344297r-10008,3327l1998731,353009r3314,9995l2007443,365696r9995,-3327l2020143,356971r-3328,-9982l2011431,344297xem2041606,326631r-8776,5842l2031636,338391r5830,8750l2043384,348335r8775,-5842l2053341,336575r-5830,-8750l2041606,326631xem2074486,308775r-8776,5842l2064529,320522r5830,8763l2076264,330466r8776,-5829l2086234,318719r-5830,-8763l2074486,308775xem2107722,290664r-8763,5868l2097803,302450r5855,8738l2109576,312356r8750,-5867l2119495,300570r-5855,-8737l2107722,290664xem2143828,272719r-9995,3340l2131141,281457r3353,9982l2139891,294132r9995,-3353l2152566,285381r-3340,-9982l2143828,272719xem2173444,253949r-8750,5880l2163526,265747r5854,8738l2175311,275640r8751,-5867l2185230,263855r-5867,-8738l2173444,253949xem2208141,234010r-9995,3340l2195466,242747r3340,9983l2204204,255422r9995,-3353l2216891,246672r-3353,-9983l2208141,234010xem2241745,216712r-9995,3340l2229058,225463r3340,9969l2237808,238125r9982,-3353l2250483,229374r-3340,-9982l2241745,216712xem2273266,196049r-9994,3340l2260579,204787r3340,9982l2269317,217462r9995,-3353l2282004,208711r-3340,-9982l2273266,196049xem2301575,174625r-8751,5880l2291656,186410r5867,8738l2303442,196316r8750,-5867l2313360,184531r-5867,-8738l2301575,174625xem2334417,155778r-8750,5880l2324498,167576r5868,8738l2336284,177469r8750,-5867l2346203,165684r-5868,-8738l2334417,155778xem2365062,133324r-8750,5867l2355143,145110r5855,8737l2366916,155016r8751,-5868l2376835,143230r-5855,-8737l2365062,133324xem2397206,112915r-8751,5868l2387287,124701r5855,8737l2399060,134607r8750,-5868l2408979,122821r-5855,-8737l2397206,112915xem2427838,90449r-8750,5880l2417919,102247r5868,8738l2429705,112140r8750,-5867l2439624,100355r-5868,-8738l2427838,90449xem2459550,69303r-8750,5881l2449644,81102r5855,8737l2461417,90995r8750,-5867l2471336,79209r-5868,-8737l2459550,69303xem2488227,45110r-8751,5880l2478308,56908r5867,8738l2490094,66801r8750,-5867l2500000,55016r-5855,-8738l2488227,45110xem2523291,23609r-6032,l2509804,31064r-13,6020l2517233,44538r6020,l2530721,37084r,-6020l2523291,23609xem2552997,r-6033,l2539497,7454r12,6033l2546939,20929r6020,l2560413,13487r13,-6033l2552997,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
@@ -19592,67 +20125,75 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="595959"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>FD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="47"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DD</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="44"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="43"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19872,51 +20413,51 @@
                                         <a:pt x="2850511" y="0"/>
                                       </a:lnTo>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="D9D9D9"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="00B3315D" id="Group 26" o:spid="_x0000_s1026" style="position:absolute;margin-left:30.65pt;margin-top:12.1pt;width:224.45pt;height:.75pt;z-index:-16194560;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTW35tbAIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtqGzEQfS/0H4Te67WXOk4Wr0OJG1MI&#10;aSAOfZa12gvVSupI9q7/viPtxY4T+pBiWM5oRnM5c6zlbVtLchBgK61SOptMKRGK66xSRUpftvdf&#10;rimxjqmMSa1ESo/C0tvV50/LxiQi1qWWmQCCSZRNGpPS0jmTRJHlpaiZnWgjFDpzDTVzaEIRZcAa&#10;zF7LKJ5Or6JGQ2ZAc2Etnq47J12F/HkuuPuZ51Y4IlOKvbnwhfDd+W+0WrKkAGbKivdtsA90UbNK&#10;YdEx1Zo5RvZQvUlVVxy01bmbcF1HOs8rLsIMOM1sejHNBvTehFmKpCnMSBNSe8HTh9Pyx8MGzLN5&#10;gq57hA+a/7bIS9SYIjn3e7s4Bbc51P4SDkHawOhxZFS0jnA8jK/n0/lsTglH3808nneE8xK38uYS&#10;L7//61rEkq5kaGxspDGoHHsix/4fOc8lMyJwbv3wT0CqDOdYUKJYjQLe9FrBE+TIF8coz19v2Z7K&#10;d9n5uriKOwbeJWgWL4Iix0lZwvfWbYQORLPDg3WdYLMBsXJAvFUDBJS9F7wMgneUoOCBEhT8rqtu&#10;mPP3/PY8JM1pU/6s1gex1cHrLraErZ28Up1HdbueUTLIAGO7CAS+DEqqA6E04vPhpPJdBIn4wlbL&#10;KruvpAwGFLs7CeTAcKj1jf/5OTDDqzAD1q2ZLbu44OrDpApytkm3Hb+1nc6OuNwG15lS+2fPQFAi&#10;fyiUj38nBgAD2A0AnLzT4TUJBGHNbfuLgSG+fEodbvZRDypiybA0P/oY628q/W3vdF75jaKih456&#10;AxUdUPjjI3r1spzbIer0lK7+AgAA//8DAFBLAwQUAAYACAAAACEAYeYfqt8AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm90kNbXEbEop6qkItoL0ts1Ok9DsbMhuk/TfO57s&#10;bWbe48338tVkWzFg7xtHCuJZBAKpdKahSsH3/v1pCcIHTUa3jlDBFT2sivu7XGfGjfSFwy5UgkPI&#10;Z1pBHUKXSenLGq32M9chsXZyvdWB176Sptcjh9tWJlG0kFY3xB9q3eGmxvK8u1gFH6Me1/P4bdie&#10;T5vrYZ9+/mxjVOrxYVq/ggg4hX8z/OEzOhTMdHQXMl60ChbxnJ0KkucEBOtpHPFw5EP6ArLI5W2B&#10;4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDTW35tbAIAAJIFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBh5h+q3wAAAAgBAAAPAAAAAAAAAAAA&#10;AAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;">
                       <v:shape id="Graphic 27" o:spid="_x0000_s1027" style="position:absolute;top:47;width:28505;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB/3Ox6xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33RiklugmiBjooYWatgdvj+xrNjT7NmS3Jv77bqHQ4zAz3zCHYrKduNHgW8cKNusE&#10;BHHtdMuNgve3cvUIwgdkjZ1jUnAnD0U+nx0w027kC92q0IgIYZ+hAhNCn0npa0MW/dr1xNH7dIPF&#10;EOXQSD3gGOG2k2mSPEiLLccFgz2dDNVf1bdVsE1Gegkf5XkyRj7LtLq/ltdKqeViOu5BBJrCf/iv&#10;/aQVpDv4/RJ/gMx/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH/c7HrEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79EA90B0" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="33"/>
               <w:ind w:left="257"/>
               <w:rPr>
@@ -22680,51 +23221,51 @@
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="2549905" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="156082"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="551624B9" id="Group 28" o:spid="_x0000_s1026" style="position:absolute;margin-left:30.65pt;margin-top:3.45pt;width:224.45pt;height:77.65pt;z-index:-16195072;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,9861" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgv/oNWSEAAIauAAAOAAAAZHJzL2Uyb0RvYy54bWzsnetvHMeRwL8fcP8Dwe8XzftBSAoC+2wE&#10;CBID9iGfVxQlEkdxmd2VKP/396vpqtlecXpqmB3n7gDDgJuSapvV9ep69r7+49dP9xdfbnb7u+3D&#10;m8v8D9nlxc3D9fb93cPHN5f/9csP/9FdXuwPm4f3m/vtw82by19v9pd/fPvv//b66fHqptjebu/f&#10;3+wu2ORhf/X0+Oby9nB4vHr1an99e/Nps//D9vHmgX/8sN192hz44+7jq/e7zRO7f7p/VWRZ8+pp&#10;u3v/uNte3+z3/O334R8v3w77f/hwc33424cP+5vDxf2bS3A7DP/fDf9/J/9/9fb15urjbvN4e3et&#10;aGz+CSw+be4e+KXjVt9vDpuLz7u7Z1t9urvebffbD4c/XG8/vdp++HB3fTOcgdPk2Ten+XG3/fw4&#10;nOXj1dPHx5FMkPYbOv3T217/9cuPu8efH3/aBez58S/b6//eQ5dXT48fr+J/lz9/PAJ//bD7JB/i&#10;EBdfB4r+OlL05uvh4pq/LLo6q/P68uKaf+u7Jq/rQPLrW/jy7GPXt/85/8FXm6vwawfkRmSeHpGe&#10;/ZFA+/MI9PPt5vFmoPteCPDT7uLuPWfpLy8eNp8Q4h9VXvgb6CS/HCihof5pr+ScpFAJEXqlwiSZ&#10;qqas60Eyx9Nurq4/7w8/3mwHgm++/GV/CIL73n7a3NpP118f7Mcd4i+Cfz8I/uHyAsHfXV4g+O8C&#10;Fx43B/mccFF+vHiKOHb75lIxkX/+tP1y88t2ADwI24q8K/oSisBXwIq+kR1B+Ah4/3DygbLtsjx/&#10;/oEAxicFg38Ck7wsmqqe2DiFSV4XVd1OfOBsTJocOpTPj5jEpMu6rEQ7viXiuZgUVdNU2QswKYCv&#10;i4kPnIsJNvfbw6Wo0TSQ4zdAoWjrohcbtBSRYLR+AwFp66ZqX4BIj+ms2ueIn8uUPKuKvpvYOMWa&#10;vCi7rJ7Q9rMx6fqmKl6ASZH11W9Dk8iMlHkGXo5Bi83IyQfWpMnJxinuxDQ5+cC5mMSac7JxEpPh&#10;ug+ac/KBczHJI9N6snEKkzwyrScfOBeTYNBOtkziEGnNyQfOxSE27ycbpzCJzfvJB87GJHIDTjZO&#10;YhK5AScfOBuTyMrjZVZV5+hvbOVPPnA2JhFNTjZeQpOTD5yLSR5Z15ONk5hE1vXkA+diErTmZMsU&#10;DrHmnnzgXBxirTnZOIVJrDUnHzgXk0ANc/GTvz5SFYM99zfHNLA9k78/8gkN9uzfH2mp7Zn8/dFl&#10;YrDf/H6NGoYQhp/jIOn+QaKZvi7qIS7fb+/v3v9wd38vEcZ+9/Hdd/e7iy8bgqPve/lPjcUJ2ONu&#10;f/h+s78NcMM/Kdj9wxAe769CpCcR4Lvt+18JFJ8IDd9c7v/xebO7uby4//MDoSjsPtgPO/vhnf2w&#10;O9x/tx2yE0Pww+/85evfN7vHC/n1by4PxIh/3VpEurmy4E+OPsLKJx+2f/p82H64k8iQ6Ngw0j8Q&#10;HYdI9TcPk0uOexom8zfg9MIwuc6afuDK5moySkYha3zpEHRaoB0LgBGKnMxvGyUrJsKDoyg/DlHy&#10;C8zeedeRi4Mp0BHDoEpIUYjnf1e2/5fKhq/9jbLlL1K2vsuzEH4VWZNXQ9ATaVxTV70kKCR917ZV&#10;m5kc/es1zlAhL6WYTGlc15V9MUTMTd/2/DiflQoKegJqemFrrMknJDAAWwPgEYEXAU+icH2/3d+E&#10;AzxLji0jR9lWfVYFeuRdW1UOPYqurJoJeDujrWY0RugFh41weRl0E2NuGJxPm6buyobyBKJdVwUR&#10;g0ObmgupbZ7DG0a2BtpE0AtOG+HyMugTzA2D82nTEz91QTlIJZYubboamAl4w8hW1ZEj9ILTRri8&#10;DPoEc8PgfNrkhWhJUJKyazM/U5SXPY7oIDknHzCcbA3UySPwBQeO0Xkh+CQyKxCozquuDppyEuOn&#10;nI+8IoWvZufkA0YYW5VAEfiSE0fovBB8EpkVCNT2XVkEdSnKvHFzFTlS1hfBVp18wAhjqxIoAl9y&#10;4gidF4JPInM+gYqsq6DQoDEnkXdSgnryyGqATj5ghLFVCRSBLzhxjM4LwSeRWYFA3FxSc5PLq20o&#10;hDt3V1HgDKkjEMMbWWwN5DmBjr0+A7NVwWNkXgge4W6brkAdnCPyvwN1XMrUpDnyQEmDNUxs1WNG&#10;kEukIELiheDf4vGMIjN5j5MMxkmiI6+brDOHOAIbkgW/JzKe1fvF/nwTWw3Ue2Eio0cSn8VVcVtE&#10;XrTG8H99VKWITIVS4X4y1FKW9yRvoVYo6I0K6dAVMDYa/J6l+z+SpaPQ/o1wl8K9xcJN20VZhErf&#10;ICJR0qBuioK065A06Jqm/V9M0xkqJA0UkylJx+HGMMpdiqYWbetcpmWtYWNXtR1ua4jQ7bKwNVwa&#10;QYm6umhx3+YA81oL8l1T5iFjiq7YZraGTZuqDJcbZ2p6Z9+ma0LLAWtOA84cEkVWlSGw6ZqsoPVg&#10;DjjvxK4FqvVdZblYQ9XWgHKCxAb07IYjL2kNSct4WJdZYTzE2THUU2arKqouSG9H/8EIbvjYGpAv&#10;uyJXspACczgeAZOgJoieo2GEBlkOh+DRERcAI3ChYaPz0aiPwP4BIzSmSHc+K/us0WiZZB4JLKVg&#10;ipXSVqasjMGNhbYGVsIRDd1ZM/y+Oe5EwHVV4w/MAUdooMqhdpHU4OiIC4DJ4YUcbeej0R+B/QNG&#10;aEyR7nxW5kXV54p7WfWNmZ8UL/Mc9FVsUaTOsW3kPjSo6aqyaYcbLEnznFgsN5Uo6TabZWdOV42G&#10;BeQySm/vEmgVQvQj+HtpTEqaQM10ts1IFRNVW810ZmVmAg70vMymKG57rsBT7hHNg3Zl1mRm+JM8&#10;raWPNFwUMbxhZKuets7gpEJXXTuvdHkEjYZ68hJhgjCGXuQ0l6JzLoEmTxm6F7kLXUyaI3TpnzLC&#10;ZIqC5/O0yIouU4mk66v2rs+8LwpzK2J446WtylOxh+qxlHTHzLtMZPtH6KooyerMmd0YExK+GMo5&#10;6PicS6C57dWD8zEpsiO0f8oYkykKrsBTTHquLhH+y2hlUnpa0CWrbdHi74zwxktbA08LLLvZ3kL8&#10;h3m6R9BlU4z1BNvTVtv7iEnF/IDdGgZlq0JH51wAXZU9JnRwWxdgEkEvOGWEyRQFV+Bp29JrH7DH&#10;X8ztxkvylPALozicNoY3CtqqlGyKWmO6Dv12fNcigi7LfCyD2J622t5HTKgE0iY/q6fRORdAd4xU&#10;2J3hYxJBLzhlhMkUBc/naZlLe7XyCL2z+z3FU5yBwm6anAjU0Y6e2pzuzohRO6+n7A24agfu8bzt&#10;LbO20MkLsvUEo7M8LfOWwYuwd9ELUnMSABtpf1foKgepeWiqlKrVeSVmbB56muImsSvwtCLaVjpm&#10;WGHDPsnTEniTAYLw+VusLJkg0t3JG+BczZ6WjgjzqIq6wx2fha6QQOMSeYt5/6vEo7IbElEIc01J&#10;j6qs29L2zqXzZB6TGmuut29GgsaRlwTFV+Rp1xfmtWcIs8tTkkM67cGUzxHeMLI12EesXKUliy6T&#10;n+dpE0HnbU+xdZanESak5kZpNAxsVUyicy6A7vFfNTmyAJMIesEpI0ymKHi+nuLVWSzTEhC4sQw3&#10;bt6E+1ec1NJkwChoa6BkxaCNzoMxPsPI3CyX2LvFPIe7uj7W9GxPW21vfCSzeG0/Ym5Qtio0vp3O&#10;VnV5Vffz0lXhvtrexLW9c0pKADiLgjc0KRxvLUVxw3cFnjZZqXrXEqaM90zK9lbHGBJNqp2bpqoI&#10;wdWrzrJ+HNQ0/G1VutdYLvPXst6TF0k0mC6VzYi57Wmr7s2VZ2nrHPVweNr0mWWYs4obYV4WG5KG&#10;Jue0AM7fp1WC4obv+TytGfXWZHNLeDjSMcnTnmnqcIudwBtGtiolu7pTX0MkZqymG5Stz6C7rGid&#10;HCJRkmFChI3JmKV7dM5F0GTXzMtwMalhu0IvOGWEySQFV+ApWqp5XpzYbvR5UjylhmIDxCfwxh1b&#10;A5fwXFrSGINVYu6cUHXuhoyhCQ/pzZmHHjHpsqxDrWahj+dcAl2RIAleDzeSi0kEveCUR0wmKbgC&#10;T4ns1MpQ9msrsxtJntJ7YXodwxsvbVWe1kytqlWClLhLs3SPoLkfnawTo7kjJn3V9oa5YWCrYhKd&#10;cwl019fBrstN7WHSHqEXnDLCZIqC5/O0yRnJUqo3tFlZtJHiaUN8qgXSNoY3CtqqlOzRJaVNW/Yk&#10;rGZ5GkFTwHFighiTrmuc6CQ+5xJoco3B/2oXYEIobdD+KWNMpii4Ak/JOetIfEty3q2x4Wnk5lPF&#10;8MZLWwNPm5KQU20YWR/nhoyhW1zqeQmIMemK2qmz0Vo5nnMBNA8FqJeMJ+5iEkEvOGWEyRQFV+Cp&#10;eDFKdUzv6Mcm9bSlUqV6HcMbL21VnrbyakC4TxsyOfM3ZBNBt/jg894mYfKISUsUNu8jNdE5F0Dj&#10;f2kFsl2ASQS94JQRJlMUPJ+nYMyjEYHqdU7+RK1jiqekmgrT6xjeeGlr4GmbtT29x4OPVNNmMe8j&#10;xdDULJ0MRYxJm1VOXSY+5xLolu4UlUUfE/xGg15wygTFjXIr8DTyS3h0ZayzJHlK/KUZXLT6CG8Y&#10;2ao8JZw1G1YxdTDvI7HhCN1kmVOXoRdjxIQeJCfSJ4AcvbUF0JH/tQCTCHrBKSNMpii4Ak978t9q&#10;e0sKVqZJSZ6SL6e0PWheifsw723yclKtGdyW1i8ndufm6jQvgF2VPug5jwpnk/4ntQHUmedtryR4&#10;zL+vSdHP701LDEN4YW8KFTQxzGLC+2A6BNIy+k6rxjz0NMVNG87nKQ4A7VnKoyyjMBbwSfGUkhnD&#10;f8/hDSNbg54S8VoPSMvvcToXYmhGs5xoNsZE2oEMc8PAVsUkOucSaJx6zfYtwKQ8Qi84ZYRJGVHc&#10;8F2Bp21WW16rwEn1YhnaIKmIBZ7G8IaRrUpJGUlX2hQI8Lwn20XQMonl6FKECa83jT21hoGtikl0&#10;ziXQNEOapPuYtEfoBaeMMJmi4Pk8pYmtt0xPXA9N6qk8OaVWKYY3CtqqlJSij1rqnI4Hh0sRNDVO&#10;p1V0eJ5FMeFidbKs8TkXQFNVliZsycr7mNC8NkL7p4wxmaLgCjxFN82Ppa2GMGXe9vZohN00uPuO&#10;LnHjMQsdaJO3VCRmbxqudiZnlJKNznIka5w997NF+lyVjgSQO7IeHYrj9L3OY0Ib2ii5XE8WDZjE&#10;2hoklw6zXh7jEAngPTPHa+Axx0mK254r8BQvRt8kZJK6Hn2elJ72QKnmncAbRrbqaRsmrlXeM9fr&#10;odY3QudV6UQ+ESYt/RFObpCBHzvnImhEQLm0ABN6xA16wSmPmExS8Hye5pkULUOanQJThpc6r6h5&#10;RnFOvdNGool53wRw3qew/TvR8TmnEHAattRaU+4aYyuTFVuDzACO2dDwGqfdaWDhsD25PtMoRhoc&#10;ZOiR0+IfEWhLBnge95yKbpDgBguFm+KAT1PejrgGcymIaxWNcdNulPuUxpIholsvCDNjJ4XjwlO0&#10;lMhmoCc+pbjD8yeuuKXMoNHxNX8VS+29Nt8NsXCyShTphugnmEvkwkOmxl4GzxBLUruCidtpxg/H&#10;z2mWA5lpyq/JXLpTVDob2jfHlvU0c1s+EHSrQbOc3jDUlvssKEtDx91YNrAj2GqqSJ+d3uDIArU+&#10;Rxbklg3BFq3U0lc2LzoolPa2YqbkWnTAeWM02AWyjfQ4eeAFbkSQY2qahADzuycobxRZQXOlAqP9&#10;ZAwMYKQVoyRz81wecQ5HiD9gONmq3BJFtLsZ2+Z0ijKfcwSnu8mT/hgZUtpOryibHw+7BFwaLtXq&#10;LEEmAl9y1AiZKUKuwVwYqkNMuDHHlE2aubVc04G5mE0nJ8hFSJZJFZ1JrFF4TAZsNVmoMzIYJv28&#10;lTAv/Yyh00Sl4NRZTTRtV1ttd1LN+s54Q7bSM/p5w1SiIsMt6u+OdutRMehOBIZcTlPecF6DuUSn&#10;2mUob6KMMypp5jKCCs3l3moq3BnHtNFogQVUWajz0WGzI9hq5CcdYFc0ojYWCg3MVgOHhrY7t4Xn&#10;8jAEQct8QEbOOp8wwYjgXYzcYpxrXtJod5aco1LGa8DM6WCfpLwdcQXmMjLdGXno73LbmAjKyQzq&#10;iZlbcLIPgNPhrfSUtjZHtyjM0elgsoCL6tATXOxGr7muvd1JQ2uOm6cwaFRxdqfJe8QdX8nfHR85&#10;4I7IOb1ydGBPU35N5jLpbgdgOMqNb7mEeEdK5bPkT96JSSdpjzu97rRPO/Ski0CLexgSOis8cDx2&#10;daiq4W2ZWR8G76ug9h50q6Tw7OyO56jTQrQ4MpHsgTMsqmKPa+r5X7S3T1J+ReaWGcKp4sZ4wSjM&#10;SbNMzq3VLhiauCpXnPFJjfx+k/7wPRMma1Df6VjkPQF6hc2M0OrokB+Px7IMtCoUXuRU4o0YbWig&#10;GGlj5LdV7wh2F1s8iA4VJCf7Bu7TlLddVzDLJUVBJHjAKGMswVQlyVzqFPKW4rMPGE622omZCDZu&#10;YYm8yeMyAhf77+QNYmRoAvWij/iwi8BJ1am/sAQZqrEGvuSoCcobAddgrrTyBObWPRkEu4bSzJUw&#10;NzhUTJVVTqdLzkQL967KAvUQ29+OYKvJAhlkiz5yAifHXWPwnGqeKguRpbc7tV/tduEbE3zNlSkl&#10;E3zm/Zw4lxIFew7IkMHwNTdBeaPICsylZ5Mn6wNGHfkGo2aSuRUpqi5E9jy8IHMCs9ccT0RIilIU&#10;nfDAzcmxO/16gVu4U0QW87uTgNSuAcboCW4ccDrTdZiT11kY4/DAKewHOwu32pE2Rn5bVTCrnKcj&#10;9KgkKJxSBEN205S3XddgLoNFWnjh+5p4ul7Pm2auOILKXHjleRmM2VkkylgcOQSHnriwOndJCeD4&#10;7Ked2FajJ3eipmBqLvfxUjEwWw2cgoR6+jUuP5m5edEBSBsxahobvUQ335nDcz1BjtvSvSMo7E9S&#10;3nBeg7mYHjVsYI/oucxFJLVITdKDB0MdAmE4tbuxljd7bH87gq1GftKD+oAH7hRvSTq7Q3PbXfpE&#10;vN3pNNDsrzhrZEvmmUvfls5h01bo486Ilj4QQ4hA5OHsnqC8UWQF5oI+z4MFcaOlZEwJJTWXKxSp&#10;DB+o+dHsuOFkq3IL2ksmaDDLeIdOcyHizvhbuETpo5L0xyz5uWUpJ6uyZKXTNk6ummdQFPeGSqu3&#10;O6fTGgmCL1XIeWRIXGt6h+sfg+WBT1PeCLgGczGWRs1S7i3FKM1c+kU0+KvLntDVOQKtyxpakjag&#10;hc0DJ0Wl9xZZey9FQr5vdACmenaNUCZpJNfsEsWGeiU/ngjlMV0V/M4t+THvR0k/gNMC5DkA3CeT&#10;lDec12AufQImzAXfQ2mRYpq5tK2Yh1Rwb1nsZDjZavTseO5SdYspAa8SQGLh+OY6T8EYOrarrbY7&#10;FVSzs0iRM0wi2VywUW7hPDqay5RjpnlxHjDHe3QEU+aD1QjyvLznauJfTlLejrgCcxvcEO0eoEf1&#10;2MuUZK68zqt5A+5enkuZPzEd89KiPphlSuWex8nujTbjMUrhessN9NGgm7fYsAwOMmKb1Ohj/p2x&#10;Espf6J/iXjCF6wRaMsJB/jkclSZHx4qnKL8mc3lAAhdZMKrkbQXXW+b9K6LFcATKGp5TQqRoA3KU&#10;5Nw4l8rU6ELiW3vuL1UeK1jKMxIj9kYgW1XRmS+xd0qoYXivmlDlgFl6VArTnpFidykFDcxFY5wZ&#10;o5z3MiYpbzivobk9jdch8iY5iw+jsp/W3I4PBPnkYQxcTkdZyNTb/j2RnWPFcaHsSziltOgMNYuT&#10;QxOd0pPr19EtOkZ7zSExhew28eAeUbtWwa8pq8wfld158yGAy9M47lGnKb8ic8VoqrtP+kBqqcEj&#10;TDKXV3daDYWqlryxY5bbgrdRgzjThe8azragMqWGRIqp3u7ytEm45sgf5CP2RiBbVXOZCZbHwgYz&#10;1dH+41hx0qySOw/gdEg6viO7i+UbwGmo9CpaKcobzitoLt67fN33gBFf6z16s2nmNngiyi0x0I58&#10;cmkxLhz2p7TivO9EGYC0oNKT9Jd3Rctzkxp90BBDbOnoljxmqciQZvCKcrTzlbY7JZyxYmbkt9VE&#10;BwdZfXG+wJvHWT1kpilvu67AXN5/4A2sQPySHIZrljmwvCM7SAMOqksgyul6RfMV5/Lq12ysSOgh&#10;Bf1hd2y+d4kyRkLnhoJTXHfcXzx3vpUjgPNKikd+JgpsYJRGZO9BIyr1PDqoyJDI9WL0FOXXZC4F&#10;d7sTZXLBZa5UTTUwxvK49Vzu8fFO58unPVkgySAvcgfR4e09j1u8Uh5JGr7ArOjwZimRru7O02uO&#10;bsnXs9juPKXrig7NCHbn8q2qXhWDZ58nKb8mc3mJTAsHOCQUrZQ8SbOMj0EPdSAQRSTnXTSGu/jG&#10;nlCYkAvP5RalfbuiER2aXOa5hZugTxkzyiLJv3lwHjg3f4HOBK/nh/QzxYBwVJ5zIivt7c4jUUYZ&#10;34wkKL8ic/FOpbAmqkK+iXSny1yeldBRP3ISbj6RCxdtDCembdjTLWbKLc6lauLWnGAnCW6lJwPL&#10;jstD47R1keAetZ7LIz3m+GiDGaFrBqGbZS4eHQ6MkhL3xbELKcqvyVxaubXyIZME49N3Sc1lyiDT&#10;ZhK8KUI158QkeWx/3gzx/C92N93CavVe9MGYjaXwJPs1Ym8EslVdHinJqYPB7vQwObiTutYbiFKY&#10;92wXVRfseJAFKZZ4VYw+QXnDeQWHSqIfTdrwxiW/0NNceuLwHIN88maZV8ODhtxcAZyXuzwvA4ZK&#10;EnEwJHhLo/NuJ7bVuMW3W6tdQNJIETncomKtwQpGQSYh5lWRxh0TTOSSH+fB8TW15Z3X5nEePfBp&#10;ytsRz2cuN4NEn4Ga9AOO0yFpzeVq0x4q8uTHbw8wnGw18jOdo31IZK7l7YE5AoFOyVMTKjpU2eav&#10;OcBxSlQWSPg4bUvSe8q3yoTdkWTHjABOuTrcuWQW5a2gedzp59a3XmAbkZYDnqC8EXAN5lJgNmrS&#10;KDGmhFLMpTcFh1YJRAXVPQJlBnV/qRvw3rRzYmJbneBA46VHZJ6eFfGMMpfOQydXTx8ytRHFncSp&#10;09wHOPIYPCRuC2+2hW5BeakmiI4/Qgr4NOXXZC5VaK2IcpfKfReomWYuDo/6s9R1cWIc8jeVOC6D&#10;nZWH0z1VxCXRXL0IkeN/8S4/26sPQw57tDtGIFuDGWGAobZXrZn8JdHg4E5PtIZC8vS4U8Njd9I7&#10;ylyaSMbSuCFhqyGToLyBraC5OBgWh1InocbiMreXMtvALSnbOF/Rwfeo4Iyr9KP0zp1bMBV4/PLY&#10;Qupzs5oLDckcBdGhyDOmYIxAtio9CWdqHYUhc+M9IEf0Iy5A2D2jj2A+6AacXHiwC4VMnDlmOUV5&#10;w3kN5pJ40fGZgsBr5FVSc0ngWpVNOg+cEiopG16lCuJM9bdywmLAMSQKLqMijqJLJUKVhX5q4nRH&#10;FigXqD+LJJOA9MA5YbA6PF7PHeSAk8XSvLjMHjoNSJixacqvyVx5Tj0YNgrMhJl6gDRzmSAx8suD&#10;hI6HhAtLEj0oOolgx+PknQzqPEHRuUHl7Zx5zaU/TnuooCcVIgecvlntBuRBL9JrHjgYqCpyaidF&#10;wvwm/ldQdHntwZmiAnya8isyl5ti1CzpEjFVSTOXfgO9FXn0mnvRIRDPk+g0D4llprw8cORLlYUi&#10;m5MUIuGFh2+iObxqPSsLoi3aFEXeVL7JzwGXFy2CYFKX8CQNsyNfIyfuBaV919NPUX5N5pKVUncf&#10;tWnGYCLJXL6chzdOwhHkq3dM1Q0nW/Wao1Nf6qbDicnaO2UzmQOzug0EYv7TIT9j/lqUE0mDz/Pc&#10;wqNW75HmNHpLHXAeqrYrhWwlp3Z2H6ZCh6MytuJdKSA8SXkj4Ap3LhctL/sMxMd9kDc5wwHSzGU8&#10;y645nr3yNJcnAJkLDMwl/ehpLq2y5CgDOL64q7nyVIhKGrnf0e4YgWw1SaM9ghbAQH4Y7WkuO2oY&#10;h2PoPYUsX0ReaBpdvg/Gi9FTlDecV2AuxslqbJJJXaC5fOWFBsYk5+jUdcRZvrIgGE6yPXi3Hjit&#10;PuHeIoMgbSizysJkkbUC0KCFR+uAS7NeMCM8TuLaBXxB8ptB8OWrYxzcyeMSawVwrLJn01KUX5O5&#10;8nCxHoCIfRwwTmouASKeQzgCj8zjHs6Tnw4G7TLH6oveOOA8iWgEohDgGH2+FohRJ6On922y2Hwy&#10;R0FzCecI0hxkqLmrkaKckTkTB9St+U7g4H8x8e+9sAT4NOXXZK60pKkwo5JjLJdmLt/zrP4sgi2D&#10;2/PcIlegrRXM5njvbjIGOM47y+sorubSw6Z9HsjlMQVjBLJVzTJuDmOkQRZoB/RiGxpHKE0pOCUK&#10;T44ZM9Q7gvDPa7/jqNOUN5zXMMtkAcyWMJLnh0Jc0ZnZWQohzkwmXgPfoaR3Oh6qFwphB62li5DX&#10;S74TCFOYUDOC0++FQlSsQT9wi+vRC4Vw/6z7kb5GXuuYl2PCVmuiFpPvBYk84DBJ+RWZSyBHEX04&#10;b3wLJRWXFB99+AHev+RkrEsr+yQbSC075CFaMkngQRDncVWAyXKrZtFA4wwQAI5YKri8a+lcoeQY&#10;ZMhTvC+ZKnE6qNidXHW4UOSxE0fLE2Rfk7HynkpwTQlAR783zVgeu9H8BSUGTzJpOrFeN4Zina5T&#10;npCiZSNcD/IdHY5nRLwkwwtCeKylV17gS9VluEOg6XL2Sh0VvR0aO9PRNbamGN1tVUsvX8CneRFG&#10;2LzEBT3ZUxS3PVewxGSY6MgezkrT9dhrkuYpZSObvJOHBBztIyCwIUzJwTjQlEw1rUDXkdMELVG1&#10;VaRIlLqqR6OIun7yQpHjm5GZ5K3PgSpMIHmJYW56GwymvO15lQmKr8hT4jR7MmtJJxxOsTysNZw2&#10;hjeMbFUJJq0uKRzRDiIIT6sF2jL4PDHn0R1MrCWykrrCrAvHOSkKBNldAE3mQx1K8ksuJlIIW37K&#10;aYob5VbQUxLG2LnhrObYJnWUY0owJBzC7DoqKtN72qeAPXI6MshbM+MVyDKUVR0G4WxaEhiz6zFf&#10;JoD0diTv4URbMo2p378ofQceIsOGQhGcACejNUHqJCN5WPhxc7j9y/7w9jU/X3/eH3682X56+3pz&#10;td/e373/4e7+fvjD7uO77+53F18296DA3TXmdSKwV0+P+6v940+7t6/lp3fb97/+tLt42m0e31zu&#10;//F5s7u5vLj/88P+zSXlvIP9sLMf3tkPu8P9d1t+T3Ypv/pxtz/88vXvm93jhfz45vJw8/Xw1+3P&#10;t5vHmwFg8wX0g6IdYeWTD9s/fT5sP9wN/3jEiJPKH572j8NPH6+ePspPm6uPYHp7d/395rCJ/zxA&#10;Xd0U29vt/fub3dv/AQAA//8DAFBLAwQUAAYACAAAACEAyabZQN4AAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwUrDQBCG74LvsIzgzW42pUFjNqUU9VQEW0G8TbPTJDS7G7LbJH17x5OehuH/+Oeb&#10;Yj3bTow0hNY7DWqRgCBXedO6WsPn4fXhEUSI6Ax23pGGKwVYl7c3BebGT+6Dxn2sBZe4kKOGJsY+&#10;lzJUDVkMC9+T4+zkB4uR16GWZsCJy20n0yTJpMXW8YUGe9o2VJ33F6vhbcJps1Qv4+582l6/D6v3&#10;r50ire/v5s0ziEhz/IPhV5/VoWSno784E0SnIVNLJnk+geB4pZIUxJG5LE1BloX8/0D5AwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKC/+g1ZIQAAhq4AAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMmm2UDeAAAACAEAAA8AAAAAAAAAAAAAAAAAsyMA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAC+JAAAAAA=&#10;">
                       <v:shape id="Graphic 29" o:spid="_x0000_s1027" style="position:absolute;top:3615;width:28505;height:4636;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,463550" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8VZQwxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gQvRTe1KBqzERUKUhTUFrw+ss8kmn2bZrcx/fddodDjMDPfMMmyM5VoqXGlZQUvowgE&#10;cWZ1ybmCz4+34QyE88gaK8uk4IccLNPeU4Kxtnc+UnvyuQgQdjEqKLyvYyldVpBBN7I1cfAutjHo&#10;g2xyqRu8B7ip5DiKptJgyWGhwJo2BWW307dR8Pq+vk6qM7bH/f55u/5aZdFB75Qa9LvVAoSnzv+H&#10;/9pbrWA8h8eX8ANk+gsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8VZQwxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m2182939,463296r195072,em1326451,463296r198120,em1612963,463296r195072,em2466403,463296r198120,em,463296r668083,em2752915,463296r97596,em756475,463296r195072,em1042987,463296r195072,em1896427,463296r198120,em1326451,310896r198120,em1896427,310896r198120,em2752915,310896r97596,em1612963,310896r195072,em,310896r1238059,em2466403,310896r198120,em2182939,310896r195072,em2752915,155448r97596,em2182939,155448r195072,em1896427,155448r198120,em,155448r1808035,em2466403,155448r198120,em,l2378011,em2466403,r198120,em2752915,r97596,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 30" o:spid="_x0000_s1028" style="position:absolute;top:506;width:28505;height:1556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,155575" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBUhgZIwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LagIx&#10;FN0X/IdwBXc1Y2WGdjSKtBRcdFGt1O1lcjsZOrkZkszDv28WBZeH897uJ9uKgXxoHCtYLTMQxJXT&#10;DdcKLl/vj88gQkTW2DomBTcKsN/NHrZYajfyiYZzrEUK4VCiAhNjV0oZKkMWw9J1xIn7cd5iTNDX&#10;UnscU7ht5VOWFdJiw6nBYEevhqrfc28VXM1l3Y9TFT+PxVvtXj5y+e1zpRbz6bABEWmKd/G/+6gV&#10;rNP69CX9ALn7AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFSGBkjBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,155448r2850511,em,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 31" o:spid="_x0000_s1029" style="position:absolute;left:981;top:2061;width:26549;height:7747;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2654935,774700" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBNCcCcxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUIvops0KCV1lSKVll7EpCDeHtlnEpp9G7LbJP33XUHwOMzMN8xmN5pG9NS52rKCeBmB&#10;IC6srrlU8J0fFi8gnEfW2FgmBX/kYLedTjaYajvwifrMlyJA2KWooPK+TaV0RUUG3dK2xMG72s6g&#10;D7Irpe5wCHDTyOcoWkuDNYeFClvaV1T8ZL9GwTz/iL/i+eH9eDrur83lfM7Xq0Spp9n49grC0+gf&#10;4Xv7UytIYrh9CT9Abv8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATQnAnMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m88392,697992l,697992r,76708l88392,774700r,-76708xem374904,618744r-91440,l283464,774700r91440,l374904,618744xem658368,542544r-88392,l569976,774700r88392,l658368,542544xem944880,466344r-91440,l853440,774700r91440,l944880,466344xem1228344,387096r-88392,l1139952,774700r88392,l1228344,387096xem1514856,310896r-88392,l1426464,774700r88392,l1514856,310896xem1798320,231648r-88392,l1709928,774700r88392,l1798320,231648xem2084832,155448r-88392,l1996440,774700r88392,l2084832,155448xem2368296,76200r-88392,l2279904,774700r88392,l2368296,76200xem2654808,r-88392,l2566416,774700r88392,l2654808,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 32" o:spid="_x0000_s1030" style="position:absolute;top:9808;width:28505;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDqctk/xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33RiLlOgmiBjooYWatgdvj+xrNjT7NmS3Jv77bqHQ4zAz3zCHYrKduNHgW8cKNusE&#10;BHHtdMuNgve3cvUIwgdkjZ1jUnAnD0U+nx0w027kC92q0IgIYZ+hAhNCn0npa0MW/dr1xNH7dIPF&#10;EOXQSD3gGOG2k2mS7KTFluOCwZ5Ohuqv6tsqeEhGegkf5XkyRj7LtLq/ltdKqeViOu5BBJrCf/iv&#10;/aQVbFP4/RJ/gMx/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOpy2T/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l2850511,1e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 33" o:spid="_x0000_s1031" style="position:absolute;left:1323;width:25622;height:8667;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2562225,866775" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBdjnSxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvgt9heYI33diASOoqpVLwIIKpf/D2yL4mIdm3Ibsm8du7hUKPw8z8hllvB1OLjlpXWlawmEcg&#10;iDOrS84VnL+/ZisQziNrrC2Tgic52G7GozUm2vZ8oi71uQgQdgkqKLxvEildVpBBN7cNcfB+bGvQ&#10;B9nmUrfYB7ip5VsULaXBksNCgQ19FpRV6cMocOVhd8dVdrwc7tebGxq+VhUrNZ0MH+8gPA3+P/zX&#10;3msFcQy/X8IPkJsXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF2OdLHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m13982,846277l3568,847864,,852728r1587,10402l6438,866698r10427,-1587l20434,860247,18846,849845r-4864,-3568xem53022,842797r-10541,l38214,847064r,10516l42481,861847r10541,l57289,857580r,-10516l53022,842797xem90652,839749r-10541,l75844,844016r,10516l80111,858799r10541,l94907,854532r,-10516l90652,839749xem124917,834961r-10008,3327l112204,843673r3315,9995l120916,856373r9995,-3327l133616,847661r-3315,-9995l124917,834961xem165176,830605r-10541,l150367,834872r,10516l154635,849655r10541,l169443,845388r,-10516l165176,830605xem202806,827557r-10541,l187998,831824r,10516l192265,846607r10541,l207060,842340r,-10516l202806,827557xem239712,821461r-10541,l224904,825728r,10516l229171,840511r10541,l243966,836244r,-10516l239712,821461xem277329,818413r-10541,l262521,822680r,10516l266788,837463r10541,l281597,833196r,-10516l277329,818413xem311238,811466r-9995,3315l298538,820178r3315,9982l307251,832866r9994,-3328l319951,824153r-3315,-9982l311238,811466xem348653,807123r-9995,3314l335953,815835r3314,9982l344665,828522r9995,-3327l357365,819810r-3315,-9982l348653,807123xem389216,803173r-10541,l374408,807440r,10516l378675,822223r10541,l393484,817956r,-10516l389216,803173xem423176,796505r-10007,3328l410463,805218r3315,9982l419176,817905r10007,-3315l431876,809193r-3315,-9982l423176,796505xem460375,792238r-10008,3315l447662,800950r3327,9983l456374,813638r10008,-3328l469087,804926r-3328,-9995l460375,792238xem500646,787933r-10541,l485851,792200r,10516l490105,806983r10541,l504913,802716r,-10516l500646,787933xem537552,781837r-10541,l522757,786104r,10516l527011,800887r10541,l541820,796620r,-10516l537552,781837xem574687,775741r-10541,l559879,780008r,10516l564146,794791r10541,l578954,790524r,-10516l574687,775741xem611809,769645r-10541,l597014,773912r,10516l601268,788695r10541,l616076,784428r,-10516l611809,769645xem648715,763549r-10540,l633920,767816r,10516l638175,782599r10540,l652983,778332r,-10516l648715,763549xem685850,757453r-10541,l671042,761720r,10516l675309,776503r10541,l690117,772236r,-10516l685850,757453xem722756,751357r-10541,l707948,755624r,10516l712215,770407r10541,l727024,766140r,-10516l722756,751357xem759879,745261r-10541,l745083,749528r,10516l749338,764311r10541,l764146,760044r,-10516l759879,745261xem793280,735114r-10008,3327l780567,743826r3315,9982l789279,756513r10008,-3315l801979,747801r-3315,-9982l793280,735114xem833424,730021r-10541,l818616,734288r,10516l822883,749071r10541,l837691,744804r,-10516l833424,730021xem870559,723925r-10541,l855751,728192r,10516l860018,742975r10541,l874814,738708r,-10516l870559,723925xem906957,714781r-10528,l892162,719048r,10516l896429,733831r10528,l911225,729564r,-10516l906957,714781xem939215,707009r-9436,4699l927874,717423r4686,9423l938276,728764r9436,-4699l949629,718337r-4699,-9411l939215,707009xem980503,699541r-10541,l965695,703808r,10516l969962,718591r10541,l984770,714324r,-10516l980503,699541xem1013777,690067r-9995,3314l1001077,698779r3315,9982l1009776,711466r10008,-3327l1022489,702754r-3314,-9995l1013777,690067xem1050505,682891r-9995,3328l1037805,691616r3315,9982l1046518,704303r9995,-3327l1059218,695579r-3315,-9983l1050505,682891xem1086789,672846r-10007,3314l1074064,681545r3315,9982l1082763,694245r10008,-3315l1095476,685546r-3302,-9995l1086789,672846xem1126858,666013r-10529,l1112062,670280r,10516l1116329,685063r10529,l1131125,680796r,-10516l1126858,666013xem1160144,656513r-10007,3315l1147432,665213r3302,9995l1156131,677913r10008,-3315l1168844,669213r-3302,-9982l1160144,656513xem1196416,646455r-10008,3315l1183690,655167r3315,9982l1192390,667854r10007,-3302l1205102,659155r-3301,-9982l1196416,646455xem1232890,636333r-10008,3315l1220177,645033r3302,9994l1228864,657733r10008,-3315l1241577,649033r-3302,-9995l1232890,636333xem1267777,626541r-9436,4712l1256436,636981r4712,9410l1266863,648296r9436,-4711l1278204,637857r-4712,-9411l1267777,626541xem1305775,617118r-10007,3315l1293063,625817r3314,9983l1301762,638517r10008,-3314l1314475,629818r-3302,-9995l1305775,617118xem1345285,608101r-10541,l1330477,612368r,10516l1334744,627151r10541,l1349540,622884r,-10516l1345285,608101xem1377835,594118r-10007,3302l1365122,602818r3303,9982l1373822,615518r9995,-3315l1386535,606806r-3315,-9983l1377835,594118xem1414094,584060r-10008,3315l1401381,592759r3315,9983l1410080,605459r10008,-3314l1422793,596760r-3302,-9995l1414094,584060xem1448460,571246r-9424,4711l1437131,581685r4712,9411l1447558,593001r9424,-4712l1458887,582561r-4699,-9410l1448460,571246xem1486522,561949r-10008,3315l1473809,570649r3302,9995l1482509,583349r9994,-3315l1495221,574649r-3314,-9995l1486522,561949xem1522323,549008r-10008,3302l1509598,557707r3314,9983l1518297,570395r10008,-3315l1531010,561695r-3302,-9982l1522323,549008xem1558112,536054r-10008,3315l1545399,544753r3302,9995l1554086,557453r10007,-3314l1566798,548754r-3302,-9995l1558112,536054xem1592605,523557r-9424,4724l1581277,533996r4699,9411l1591703,545312r9424,-4712l1603032,534873r-4699,-9398l1592605,523557xem1630070,511048r-10008,3314l1617357,519760r3302,9982l1626044,532447r10008,-3315l1638757,523748r-3302,-9983l1630070,511048xem1665846,498106r-10008,3328l1653146,506818r3314,9983l1661858,519506r9995,-3328l1674558,510781r-3327,-9982l1665846,498106xem1699920,482676r-9995,3327l1687220,491401r3327,9982l1695932,504088r10008,-3327l1708632,495363r-3315,-9982l1699920,482676xem1735721,469734r-10007,3328l1723021,478447r3315,9995l1731733,491134r9995,-3327l1744433,482409r-3327,-9982l1735721,469734xem1770595,455053r-9994,3328l1757895,463778r3328,9982l1766608,476465r10007,-3327l1779308,467741r-3315,-9983l1770595,455053xem1802307,439496r-8775,5842l1792338,451243r5829,8763l1804073,461200r8775,-5842l1814042,449440r-5829,-8750l1802307,439496xem1839620,423926r-10008,3327l1826920,432638r3327,9982l1835632,445325r10008,-3327l1848332,436600r-3315,-9982l1839620,423926xem1873694,408495r-9995,3327l1860994,417220r3327,9982l1869719,429907r9995,-3340l1882419,421182r-3328,-9982l1873694,408495xem1905800,393865r-8776,5842l1895830,405625r5829,8750l1907565,415569r8776,-5842l1917534,403821r-5829,-8763l1905800,393865xem1943087,378256r-9995,3328l1930387,386981r3327,9982l1939112,399656r9995,-3328l1951812,390931r-3328,-9982l1943087,378256xem1973452,359943r-8775,5842l1963483,371690r5829,8763l1975230,381635r8776,-5830l1985187,369887r-5816,-8763l1973452,359943xem2007844,344119r-8776,5842l1997875,355879r5829,8763l2009622,365823r8776,-5842l2019579,354076r-5829,-8763l2007844,344119xem2041804,327583r-8776,5830l2031847,339331r5829,8763l2043582,349275r8776,-5842l2053551,337527r-5829,-8763l2041804,327583xem2074697,309714r-8776,5842l2064727,321462r5830,8763l2076475,331419r8776,-5842l2086432,319659r-5830,-8751l2074697,309714xem2107920,291604r-8750,5868l2098001,303390r5855,8737l2109774,313296r8763,-5868l2119693,301510r-5855,-8737l2107920,291604xem2144039,273672r-9995,3340l2131352,282422r3340,9970l2140102,295084r9982,-3353l2152777,286334r-3341,-9970l2144039,273672xem2173655,254901r-8763,5868l2163724,266687r5867,8737l2175509,276593r8751,-5868l2185428,264807r-5855,-8737l2173655,254901xem2208352,234962r-9995,3340l2195664,243700r3353,9982l2204415,256374r9995,-3352l2217089,247624r-3340,-9982l2208352,234962xem2238679,216623r-8750,5868l2228761,228409r5854,8738l2240533,238315r8764,-5867l2250452,226529r-5854,-8737l2238679,216623xem2273896,196850r-9994,3352l2261222,205600r3340,9982l2269959,218262r9995,-3340l2282647,209524r-3353,-9982l2273896,196850xem2302167,175323r-8763,5867l2292235,187109r5868,8737l2304021,197015r8750,-5868l2313939,185229r-5854,-8738l2302167,175323xem2333929,155155r-8750,5881l2324011,166954r5854,8737l2335783,176847r8751,-5867l2345702,165061r-5854,-8737l2333929,155155xem2365641,134010r-8750,5880l2355723,145808r5854,8738l2367495,155714r8763,-5880l2377414,143916r-5855,-8738l2365641,134010xem2397785,113601r-8750,5867l2387866,125387r5855,8737l2399639,135293r8750,-5868l2409558,123507r-5855,-8738l2397785,113601xem2428417,91147r-8750,5868l2418499,102933r5867,8738l2430284,112839r8750,-5880l2440203,101041r-5868,-8725l2428417,91147xem2460142,70002r-8750,5867l2450223,81788r5868,8737l2461996,91694r8763,-5881l2471915,79895r-5855,-8725l2460142,70002xem2489161,45567r-8750,5880l2479243,57365r5867,8738l2491028,67259r8751,-5868l2500947,55473r-5867,-8737l2489161,45567xem2524125,23926r-6046,l2510624,31369r13,6032l2518067,44856r6007,l2531541,37401r13,-6032l2524125,23926xem2549905,r-8750,5867l2539987,11785r5867,8738l2551760,21691r8763,-5867l2561678,9906r-5854,-8738l2549905,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
@@ -22866,67 +23407,75 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="595959"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>FD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="47"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DD</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="44"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="43"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -23154,51 +23703,51 @@
                                         <a:pt x="2850511" y="0"/>
                                       </a:lnTo>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="D9D9D9"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="0C3B1450" id="Group 34" o:spid="_x0000_s1026" style="position:absolute;margin-left:29.75pt;margin-top:12.05pt;width:224.45pt;height:.75pt;z-index:-16193536;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXK8QkbQIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC817LVOotgOSjixigQ&#10;pAHiomeaohaUItkhbTl/3yEpyY4T9JDCgPCGM5zlzTMXN4dWkr0A22iV09lkSolQXBeNqnL6c3P3&#10;6YoS65gqmNRK5PRZWHqz/Phh0ZlMpLrWshBAMImyWWdyWjtnsiSxvBYtsxNthEJnqaFlDk2okgJY&#10;h9lbmaTT6UXSaSgMaC6sxdNVdNJlyF+WgrsfZWmFIzKn2JsLXwjfrf8mywXLKmCmbnjfBntHFy1r&#10;FBYdU62YY2QHzatUbcNBW126Cddtosuy4SLMgNPMpmfTrEHvTJilyrrKjDQhtWc8vTstf9ivwTyZ&#10;R4jdI7zX/LdFXpLOVNmp39vVMfhQQusv4RDkEBh9HhkVB0c4HqZX8+l8NqeEo+96ns4j4bzGrby6&#10;xOtv/7qWsCyWDI2NjXQGlWOP5Nj/I+epZkYEzq0f/hFIU+T0M46gWIsCXvdawRPkyBfHKM9fb9me&#10;yjfZ+XJ5kUYG3iRoll4GRY6TsozvrFsLHYhm+3vromCLAbF6QPygBggoey94GQTvKEHBAyUo+G2s&#10;bpjz9/z2PCTdcVP+rNV7sdHB6862hK0dvVKdRsVdzygZZICxMQKBL4OSiiCURnw6nFS+iyARX9hq&#10;2RR3jZTBgGp7K4HsGQ61uvY/PwdmeBFmwLoVs3WMC64+TKogZ5vF7fitbXXxjMvtcJ05tX92DAQl&#10;8rtC+fh3YgAwgO0AwMlbHV6TQBDW3Bx+MTDEl8+pw80+6EFFLBuW5kcfY/1Npb/unC4bv1FU9NBR&#10;b6CiAwp/fEQvXpZTO0Qdn9LlXwAAAP//AwBQSwMEFAAGAAgAAAAhAJIdoKvfAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyok1JXJcSpqgo4VUi0SIibG2+TqPE6it0k/XuW&#10;ExxnZzTzNl9PrhUD9qHxpCGdJSCQSm8bqjR8Hl4fViBCNGRN6wk1XDHAuri9yU1m/UgfOOxjJbiE&#10;QmY01DF2mZShrNGZMPMdEnsn3zsTWfaVtL0Zudy1cp4kS+lMQ7xQmw63NZbn/cVpeBvNuHlMX4bd&#10;+bS9fh/U+9cuRa3v76bNM4iIU/wLwy8+o0PBTEd/IRtEq0E9KU5qmC9SEOyrZLUAceSDWoIscvn/&#10;geIHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1yvEJG0CAACSBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAkh2gq98AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 35" o:spid="_x0000_s1027" style="position:absolute;top:47;width:28505;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBlm0FLwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdaO2ItFVRAz00EKNevD2yD6zwezbkF1N/PfdQqHHYWa+YVab3tbiQa2vHCuYjBMQ&#10;xIXTFZcKTsfsdQHCB2SNtWNS8CQPm/XgZYWpdh0f6JGHUkQI+xQVmBCaVEpfGLLox64hjt7VtRZD&#10;lG0pdYtdhNtaTpNkLi1WHBcMNrQzVNzyu1XwlnT0Fc7ZvjdGfspp/vzOLrlSo2G/XYII1If/8F/7&#10;QyuYvcPvl/gD5PoHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZZtBS8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79EA90BE" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="38"/>
               <w:ind w:left="239"/>
               <w:rPr>
@@ -25962,51 +26511,51 @@
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="2549653" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="156082"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="7BBDCA98" id="Group 36" o:spid="_x0000_s1026" style="position:absolute;margin-left:29.75pt;margin-top:3.7pt;width:224.45pt;height:77.6pt;z-index:-16194048;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,9855" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA553lKuiEAAIWuAAAOAAAAZHJzL2Uyb0RvYy54bWzsnetvHMeRwL8fcP8Dwe8XzftBWAoC+2IE&#10;CHIG4kM+ryhKJI7ibnZXovzf36+mq2Z7xempUXbswwGGATcl1Tar69X17P3uj18+Pl59vtsfHrZP&#10;r6/zP2TXV3dPt9t3D08fXl//989//o/u+upw3Dy92zxun+5eX/9yd7j+45t//7fvnnc3d8X2fvv4&#10;7m5/xSZPh5vn3evr++Nxd/Pq1eH2/u7j5vCH7e7uiX98v91/3Bz54/7Dq3f7zTO7f3x8VWRZ8+p5&#10;u3+3229v7w4H/vaH8I/Xb4b937+/uz3+1/v3h7vj1ePra3A7Dv/fD/9/K/9/9ea7zc2H/WZ3/3Cr&#10;aGz+BSw+bh6e+KXjVj9sjpurT/uHF1t9fLjdbw/b98c/3G4/vtq+f/9wezecgdPk2Ven+XG//bQb&#10;zvLh5vnDbiQTpP2KTv/ytrd/+/zjfvf33U/7gD0//nV7+z8H6PLqeffhJv53+fOHE/CX9/uP8iEO&#10;cfVloOgvI0XvvhyvbvnLoquzOq+vr275t76r67wPJL+9hy8vPnZ7/5/zH3y1uQm/dkBuROZ5h/Qc&#10;TgQ6XEagv99vdncD3Q9CgJ/2Vw/vXl+X7fXV0+YjQvyjygt/A53klwMlNNQ/HZSckxQqm7wt60CF&#10;STJVTVnXg2SOp93c3H46HH+82w4E33z+6+EYBPed/bS5t59uvzzZj3vEXwT/cRD84/UVgr+/vkLw&#10;34bfv9sc5XPCRfnx6jni2P3ra8VE/vnj9vPdz9sB8ChsK/KuaKv++gq+Alb0jewIwifAx6ezD5Rt&#10;2xX5yw8EMD4pGPwLmORl0RTNxMYpTPK6qMpu4gMXY9LkRdsWL4+YxKTL2q5CO74m4qWYFFXTFHn5&#10;cuMUJkXTVGU58YFLMcHmfn24FA5N03b9r4BC0dZFW1TLEQlG61cQkLZu2Hs5In1dVdkE/KVMybOq&#10;aNHYxazJi7LtmgltvxiTrm/YezkmRdZXZT3xgYsxicxIKWrZOQYtNiNnH7gYk4gmZxunFCemydkH&#10;LsUk1pyzjZOYDNd90JyzD1yKSR6Z1rONU5jkkWk9+8ClmASDdrZlEodIa84+cCkOsXk/2ziFSWze&#10;zz5wMSaRG3C2cRKTyA04+8DFmERWPq8xnJ7+xlb+7AMXYxLR5GzjJTQ5+8ClmOSRJTnbOIlJZF3P&#10;PnApJkFrzrZM4RBr7tkHLsUh1pqzjVOYxFpz9oFLMQnUMBc/+esjVTHYS39zTAPbM/n7I5/QYC/+&#10;/ZGW2p7J3x9dJgb71e/XqGEIYfg5DpIenySa6euiHuLyw/bx4d2fHx4fJcI47D+8/f5xf/V5Q3D0&#10;Qy//6WV/BrbbH44/bA73AW74JwV7fBrC48NNiPQkAny7ffcLgeIzoeHr68M/P232d9dXj395IhSF&#10;3Uf7YW8/vLUf9sfH77dDdmIIfvidP3/5x2a/u5Jf//r6SIz4t61FpJsbC/7k6COsfPJp+6dPx+37&#10;B4kMiY4NI/0D0XGIVH/9MJmMz1dh8mCKvzFMrrOu1FzBZJSMQtbtEEZDCQu0YwEwQpGT+XWjZMVE&#10;eHAS5d0QJX+D2bvsOnJxMAU6YRhUCSkK8fzvyvb/UtmIyb5StkFpFitb3/Z5iKaKrCn6QVM3N6PG&#10;NXXVk6wa0ndtW7WZydFvr3GGCnkpxWRK4zqsRsjANBytNbueEvugoGegphe2xprML87HPQ3A1gB4&#10;QuCbgCdRuH3cHu5CWu1FcmwZOUpydFlIfTR515a5E9QWXVk1E/B2RlvNaIzQCw4b4fJt0GeYGwaX&#10;06apu7LhsiI/VVdF7dKmbvq+DUmTM3jDyNZAmwh6wWkjXL4NehKTy2nTEz91QTkku9uVjtx0dcMH&#10;xjTOCG80sVV15AS94LQRLt8GfYa5YXA5bfJCtCQoSdm1+CkOcfK87HFEB+qcfcBwsjVQJwZfcOAY&#10;nW8En0RmBQLVeYVAhPPmGRbRI1BVNGZ2yvgDRhhblUAR+JITR+h8I/gkMisQqO27sgjqVZQ59R6P&#10;QG3W90XQr7MPGGFsVQJF4EtOHKHzjeCTyFxOoCIj/1oGjZHI2ydQ3zfkygeRO/uAEcZWJVAEvuDE&#10;MTrfCD6JzAoE4uaSmptcXq3cj44AFeT7zRGI4Y0stgbynEH7Lk8RI/ON4BHuhsMK1ME56rKgLuaw&#10;pjzAoibNkQdKGqxhYqtSJYJcIgUREt8I/jUeLygyk/c4y2CcJTryusm6QgUlAhuSBb8nMl7U+8Wc&#10;nMdW/A3e+OLYKpijvsuq9uu4Km6LoGhsDP/toypFZCqUCugbakn9iRIHFl0EvVEhHboCxkYD/jJO&#10;0vyepQt5w988S1dRpPtKuAfuLRZu2i7qLjKbUdKgbvK6R3qk56drmjyozf9Jms5QIWmgmExJek4/&#10;SDhKV9Gd43ljZdcF778jIdLa1WuXha3h0ghK1NV5M97RBmBrAOz6kIbpaNxw9qSLSrdtmqwx59q2&#10;szVsmzdZHvyorgEJM/8GZKsC9ycsMn6L3hUGZKsCd30fOgKwABkNOCFRYUC2KvA0hQ3oxQVHWtL6&#10;kZaxsC46vcS7quhDYxYSl7JaFS6O0jsGN3xsDciX3UjDqi1Ip8ydNAKu2za0u4GI7Whr2DlCo8l7&#10;R0KiIy4AJi4NdfjOR6M+AfsHjNCYIt3lrMRPFeskxqPsu85L4YljqxIegxuhbQ0EpwNHu006fgkx&#10;6hwrI+C6atp5CY/QqGljMqzt19sa0IiOuAAYK6PWyUejPwH7B4zQmCLd5azEtamhW+Bl2dLdFeid&#10;Uss8bzPycC/gjXq2BirmbN+oFqN2jbkqBmXrS2jSE6OVNyhbDfqECRJfGeYGZatCR+dcAF3mZB7D&#10;KRdgEkEvOGWESRlR3PBdgafcIxp5dnRw0L7o8BShrUMT2xm8YWSrUrLOLIHflbXY3TkNzSPoqqbN&#10;z4E+YVJRGzDMDQNbFZPonEuge1wH5amPSXOCXnDKCJOY4obvCjwlu5TpZV6QRzE6JvW0A155ykU6&#10;pmcMI1uVkrgeo4kuc+dOpGmlk45xsf8V0PPXbU5i1axjVXfO3iBdmO9UFRWVojnpKjKKY+rplW0+&#10;UsVOZ2s4JY5BQ3lswLtosU2ze+cJituel/O0IOmsDdr0XeMGKj4pnhZFXxltYnjDyFY9bUFW1SSA&#10;QMC6rQzK1pfQZVOOCWGDstWgT5hUGcI/S8n4nAugq6oYeepjEkFLuOOcMkFxO90KPG3LTjuZ0RHq&#10;mx5POaHmmVGNnI/OynuTcwGrBFc1BmEeukI9AzTlkN7hUtNb93+HLo3jAkYbW1UCyEjTuKN+QIcn&#10;O4sJsIVZLxLHzinbvjD7khO6zOtpkaC44Xs5T8uc4qOeFQ7R2xzOmtLTMoN+apVieMPIVqUkRoBh&#10;koGSeSNt8LOUjKDpmXe82BiTkqvYMDcMbA2YxOdcAk3MHDK4DJq4mMBIg/ZPGWMyRcEVeIoQWpyR&#10;tTnJBYenJfDG0wy3Z5ZLJQ3wWhzBCnBdOtC4+UbJWqq6cxKAJlewPdxinWR4ZqHps7VYDR2sHUyI&#10;BezOkGh33qcua2yX4p0B7eydoLjJ4Ao87fpMawpdVpZM1zg8ZYZA2wvO4A0jW1U72koyCwPds7b2&#10;uBRB0y/reLLMboyYFBRrDHPDwFbFJDrnAui+xESqffExiaAXnDLCJKa44Xs5Tykk52WQMS5TEm8O&#10;T0kZ1KibcOkM3jCyNVCyopKvM1VkkLx7KYbGRya3Nqd5ESYkvgrC4Fno0zmXQJdZlRlPfUwi6AWn&#10;PGEyScEVeNqAUMAe9z1n5HBeTyvslkYnZ/DGS1uVp1VXSEPcIAFYqHmrRBeNQXcZOfF5zYsw6fIs&#10;dxJOdLfYORdB0/ylfsACTJoRmjDZPeUJk0kKrsDTvum0vajlpi/sVkr5SBWuuqY/W5L19bzXg2bm&#10;2thFior953Wpk546tdSEMg5PadtQzMlQQcrZvRHEDmMeboGyyOcxYbSa+9ysUTfeSCaxtgbJZW+z&#10;1C236djuZlC2qpwnKG5Ql/O0LqvS9E6GtYyOKZ4ytVsobbjPcoR5zuIR5w81KNFTSMrFPQ89tkmS&#10;xxX2zkLj+Fo+IyvIQMxDY0tV84hqvBiSXpfMqNKXJHPn9y5hU4jYIKB04M3jPU3xFXkqLcIhJmxx&#10;Ysa4LclTab0IunQGbxjZqhLM3asDwu1woc6fNoLus8bxeuhIHDFBABztqKNzLoFmDsv01McEeTXo&#10;BaeMMIkpbpS7XE9JCli2uqVLmfnlIGMpnkrB0fQ0hjeMbFWe9i02L9iwlmHn+Wi8jqAx647XE2OC&#10;EXaylPE5l0A3ufpIWCMXE+ZXDdo/ZYzJFAVX4GmFTVSqN3Rvma+Z5CnxqWaG2hjeeGlr4GlTokvq&#10;gTX4D3ZbG5StL6EhpeP1kNAaMSEx4GQoaEoez7kAui4LzTrxVoWLSQS94JQRJlMUXIGnZAa1i6Fl&#10;NAqHxtFTkkEk7QZPlqvSyd81IoihZtXSaTlKjPHSVuWpuI92D1QuJSG2RVWUzEfMbU9bdW8cOrsF&#10;SM6R4p678xpCANu7IQye9wS5TK23A2OK8z6/d4Lihu/lPCVRypUdeESl0G1roO9XemUDT0k7ma02&#10;jGwNlKSs3NrudUsUNHtaCiCZZm+ouhYkoObo3uakhswG9KeGDMPAVsWkwO9RP6bh6RJnb3o9xr1p&#10;f3dOiVrYDUPo4FRyUxQ3fFfgaU1jqPG0oPFd6ZiyvS1FS832UWytHT1tabShDBokIJN5lVkuoZoE&#10;RwN0A/R8vMHsbq25QbkFHI+qbWCq8TTDOZ3HpGHz0MbRMnPmxGC0MPdmqSk98DLJ7CkTFF+Rp30D&#10;SoGOJee2bEySp3R5aV2mjeENI1tVO6jdGG3ERTKJMShbX0LTKObckBj1EZO6pro8T8nonD403uvo&#10;2/mYxNALThlhMkXBy/WUyJ4XiZSnGQ6cUibFUzI9kpgYdKmM4I07tgYudXnX1SHP3pJzx0DNSXAM&#10;jbw7NizGhBq3k0WIz7kEmhSJWowFmEgHikIvOGWC4ka5FXhKF5c+HkQjHzbM4ykVC3omB55Sg3Ju&#10;yI4rb9ydczs8xUfT3ijc2JKLeFYCGmpmKl1UCpxYRiY9dYwTF4nuvvm98XX0caeWhHVhmRiju60q&#10;uXgKdmcUJa7+/N4Jituel/OUrCqqFHiUkzEx7JN6SopP83cwl1TYPP74j7Z7waN3875GJ8VWvdtJ&#10;3znxKQ201m+LDeh4OW5OAnDR6bpR+8KtPY8JxX6CZZXcRlIbzt4y4znIOZbOqbWlKL4iT1EInO8B&#10;nwy33eNpX5C1U+3IoY1DyYKRDL2tc6R5XgKkZGUeFS/COD0g4I01V7q79VO6NaWwqfalc2SRTJO9&#10;2kZNGczneVpx5+oNk5GznrcBdKxOUnxFnpLkVR4xSN24uUFJ9WiP2Rm8YWRrsEp9U0uQESSm7L3T&#10;RtB5RSVlnpInTKA7pnUe+nTORdBU+03zfEzoVzFoPDvvlCdMJil4ue0lyKdxOKgSWSRSBEqalPEl&#10;huQDgU+NXHrzVgzwnGBvYCsNRI2TmB8iVJuKzDqi1FlOAU6ZVd0TarXO2AWHFYOtMkY1Z15q8H0L&#10;2jwVHMvhHTVHgMPuTV80Yz3E5NzWIO9JyhvYGsylpQdnQHSKaVNpygx3SJq5dI5qa1XTMffjkV9m&#10;JcJtSZrG7d7FZjNzpPSk3Wg+6OONS/hvd8jQ9Dd3A+YZOVxLcSIX40MnRk9bjfx1z/BGoE3Pc73e&#10;UZliIbYKpKQ9eP46BplpyhsSazCXFnhtJSQLJNMwHnOJ+dW3wWuSItU8PclEaBkAWRbSOuD4N0FZ&#10;sAs09jvgkpwbyZ85ySjuQbp9g+hgQ/DMnN17JthUMMkZ0l88jztdwiQsBua2NMebnhi3bDXRSVDe&#10;wFZgLu+1MkYWMCLKGYU5qblYPzph9AOijPMnpvraay+UKJnTq0JXKfpn9JQ+Y2/3vhmVpfI6YWjx&#10;EHapbjFn5+FOgKO5F5I2ItKzzGX3TFsLcf7cCytF+TWZywiTJhAbJrdGO5hmLm/b6Kje2QcMJ1tV&#10;PulUwudVWZARG4dAEThq7uQn8c5PyLQNrSjO7tFhF4FjmdTOLkGmOYHLC7PeUSNkYsobAdfQXDxj&#10;nQ3iSRRifiVPmrl0FGh6uyET6tnZXFon1DJwbY372xFsNVkgcNA7l2cScPAcbtHtYoretLjN8+AF&#10;6cFRtxg7cVSRcKA2f4SK1YLdidiDHNPS4d259KRPUt4osgJzSZdIr+ZwUcRJyyRz6b8kdNMP9DJK&#10;N2uryORaEEeNziu8Ujmh9Kt3rrzzZs67ndhWlQUMd6ZpIsxI45R1MYR9hkINh6W64zmDhbyspshg&#10;UXhfaf6oxNnmLZPP8QabU5S3I67BXIrAWpWiH/PUZZtmbt2JIxikQV49ck7M8yN2zcE3p5eQVHRO&#10;n3vYvcIZ8OjZtDwKr+CdO6OFqaQspeDlaWDM6GmriQ7dSbQyhaPSReLZBYoimhrlwXwJAOdlIUF5&#10;Q2IF5nLvU8QMB2BGdRTmNHN72o+UQGilK87cuFpskPKRk1QVj6fW/BiPR0mQNksgyhGUS5T8zMc7&#10;kiYjeq2KThl1Wxo9bVXmImYwIOxe0EXt3OjsLpH2IAvye5wrJUV5Q2IN5mJ6LMlA5/OoiEnm0v3P&#10;iz7hCCS1vIuIb0chiaknLryMMz3jvBuvykLLptOEADitcyZpvHvk0bOiNUQlmevRS5EwnVoZbSRb&#10;7okOBeVGjT7dBePAt3HLVhOdBOUNbA3mEquqt0zIno3SmWau2NZgCcmgu5pbSnVexTkjU+xJP4kR&#10;nVUTh9Op5aIpoKz0lLy2t3tHs6kKJp3vntHn1RPpoBpUEW75u9OyG45aY09czU1QfkXmVvSBqDfL&#10;Y579OPmXZG5Fy7w24tUUXJzxJl6uYb4q6Fa9ICfH7pI4CvT0M36M29rXwRAIic7PWnHKfrxsYruL&#10;RXHAicuD1YFbcp/Og3NFaOqUauCpJdC4ZatqboryBraC5lJKs7ElPN9+HO1OMxf6azcxzzvg8jkn&#10;PhlO5q14iM4Bh11a3SX4kGzJPD3pNVOHisoEbzg44DQg67S2hDaed1fRB6Q3On1qdMN4uyPGQXRw&#10;Lk51b+OWrcbcBOUNbA3mUi3QDkG+FIlufT1AmrlcJsbc+AOGk612BBJx+i4AfrN7b1UROO8ZuOSP&#10;kJFBbMPekLDVkIkOuwSc8Xf1F+gR8JGJwJccNUJmipArMLemJ09zEjgkCzQXJ9NCIUL8gitsVrfI&#10;/Us1Quwsna6u5tZEQpraJ8nvai6TxDYQRpLH1VxOKrWIARmCKOd5KEl/2QME1ARczaUqQilfj0ov&#10;ikeZBOVNINdgLjetPrVVl3hIZtiSmosIkPYIR+BtFy/4o7OhsSuaguhYmLAj2Kq6JQKmZWLaUqjr&#10;OqIjTlS4ohEdt+SHVZZH8YOk8bqEE7giXnR+BXCasb2SnzxGZUYQX8wr+THtNUl5o8gazO2pBIWc&#10;mVygI6/SzKV9jDL0QCDJ/XnySeeuJknqki9h9LgVqojD7hXN+R54T3lemUtFxnNQh/kQvRVxHbwo&#10;GqmUXroBGZnMMsE38ttqgok7qll3aW31Uqf4l5OUt11XYC7VC76zMxyAAs54ayWZ2+BxmpdBCcfz&#10;luXpRO2Wkyeixv3tCLYqgdi90yY1yENxZV5zSarRya3kJ0J27lycHJ72VcHEQni7SxJxFHwf95Ke&#10;YrVplM68wkGK8kaRNZjbVK06DWR+CVw8h4oudJyLgUBMXxALOeSXd5aU/FTixxFcO4KtxlzagzVD&#10;hSKS3XR2p+Cn3zcgT2WO2NuuttruvLupeXEu91PPn4HZOoJjo9QuZDwM7SEjRjy4F1BG3MhZb4TC&#10;yCTlDYkVmItbUaswU/eWICdglNZckfggzvLCnJcUkrkX25+GRy8pJEM1WjighCQTBPMEIls5ig7z&#10;1Y4VZywFpy5oLuf2avvMvNAto3Is0jCPTEsmV9tXoQxdJx74NOXXZK703AYXr6I7wW00hz1MtAcC&#10;VTKL7kSipIdJUgUCIfxjvdiOYKsqC2kgaWGQaw7XiuSyQyAyxJrzAJXWs+Iyn6LMZey+9/xZJl4y&#10;vdEp9yANHjLsGBSdC5qBcQ98mvJGkTU0t6UQpswVR9iys0nNJT4ZvxCX9+w8F5LWbZsOIq6niuec&#10;mGBJ7y2spq9bJAX1m06wcYLXrKLT0M6zcEF0ECNX0mTWPvgj+PnEgN7uTIaFO5c2e2ZVPPBpyq/I&#10;XN70aLVPiGan0yMsaeaiT+r+khwiH+0coaf6oeKM+DvfPEX9FKdHNVceh3N255aFp4Fb9Djh6M0y&#10;l6Igj7kGcCInZ66I/mSCNxN8xhgd5rJ7rpOLvChF8cxBJkH5NZlL5t3uRArlo/+eZC5RLkXXQCCe&#10;9PdMG2N6451eYqo8AtEJoHcuokO44hAI99duRWyo894et3kj3S+D0acm4wzUAT6+UVDJe44eMoT0&#10;dudSGneGh9l9mvJrMhc1NEXkSzFGzUozt6l4di0QKGecwvEJiVvx+RWc5mvzxu0ItuqdSxxkc+o8&#10;SUXVyWEuaSkt+ZGekOLrvOZS0DIzAvmd2UoG07A6elRehfW8u07ecVL/K44q7Yi22lETlDewFe5c&#10;Lh55ykuEmakGebArkCfNXB5jVQ+MB1VksnSenvizuj+S6s1L8Z4tmQATHRp6nN3x3CXRMahi7rdc&#10;SeO0FuXo7CL/NI873/ZICi7sTjrLa5aks9WaTqCMm4pOUX5N5lLh1A4/snfd6DQkmUs3sXy33yAN&#10;NHh5rRVcuaYsGCrmrR160jerzQ/UH8WPnxUd7sFMC4rynXCe6y4PF2nRA0mm/8fZnRhd7SxeNskY&#10;Bxyjr819PBEo/S0O7tOUX5O5tJVpMR29lckSR3NJG5n7yz3EFekcQd7DVctAzOtZcclhqSWEQDwp&#10;5uyO96vldFKbMMwB59laHZBndxwwDxxFD5pbthSXPWRIrhpzxRXwdk9Qfj3mFmQKqBoHRaykDKLn&#10;TWluwfAPKXf9AFekZ9rIYtn+JMAcK87uUk8Pu7O30x4KOJ2wioxU0w17I5Ct4ZrjsICr1UEwHTsL&#10;Jgw66e647k6+BmAufcWdzJZzpSQpbzhffufydimWLVxyMi85CnOauXSEajZdxsAcZaGFjokM3V9M&#10;g1kGO4KtRn4Sfvr0Zkmt3HGowJ533IIPwwe9ug0HZbZLkUGSncZZwEmp6O5i9eftAsgw/hASs3SO&#10;ndL0dkRb7agJyhvYGsyl200HZqnk8Sq+q7l0B2kfEnrutYeSWCaPpcpCZ91YdbIj2GonJkGskZkM&#10;LjmmjVf8EQG1OzyZOWJvu9pqu8uXuyq3eMff8ZalhiEJ0MG9wOt0vGXAaWhVRSegdrJr4D5NecN5&#10;BeYyy8OvGQ6AmPLOrsdc0n0m/YzylK5u9eRqgjiLNDsOKnNCdLyr9FOjcvKzgBO4hkBLJM2Zisfi&#10;cBeq5iLJnqSR5ra4DLewcSa72J2kexAd+Q4q745IUX5N5pJuBQ2RTh5LO31RR9Is007KZLl+gCrL&#10;fLBSSGcFiY5hfwoTniyQnafopLJGFtvdnZswcIsnBb16Lm0VMiKsu+OVe7tTltWWK0qb5ZjgMfLb&#10;qnaB3e07UqT73ZmcAZlpytuua2guhk0vCjnJWDRLM1e+ZTkoS0HBzcny8H4FpbVglrnQ5aHRufgA&#10;cPrclPzYQSf/JbZSnl4Ioinz+M7uZIXMTCGXnndHmptfEHbnFUA+OY87DV3qrpH0k5KDAz5N+RWZ&#10;i9fAC7nhAGjNaKnSzCVa0Tc8uHGlV27+CIwHaQ8VBUXazOfB8SHlObyBW/7cGININC6rpIlNnE8Q&#10;0ocOLippBMW00MzijuwwRBiQka8r8HAn8ND3s3iN24uiwX2a8msyl3ejNd3KO8XNeGslmUtGiHaG&#10;cGI+4TSfkswi46S6RcuH82KFNNyRgVZZI3Np/p2d2Fa1hIiXPKM3yAJ3ilMVKujasNkZnsjynjTG&#10;tRgezxp256Uhz//izpeB4gGczgGn5Z2jTlPejriCWcYfof1lwEjebRvJk2YuKSS7twiSndQ+r0rw&#10;VXeqLFgqJ+UEOFZfnRJaVT27QPDG0IHRU750fl4VKdxo+hH351S8NnraaqLD22QaxqFm8orj/O5c&#10;tPr9DDQU8SqcBz5NeUNiBeZS48GBD8yl9jeqSpq5ZKC1ACzf1OEUaNHz4Qs6RJx5v7PzPCSaE9Ep&#10;kzWmCOYJRPiDG6Pgw5OFs+THo0Z1FTyTt7cdcNI1QdKw+PjuDjixkN4RUogc9cS4ZauKToryBrYG&#10;c2XaLcg+VllKAuG8SeYytGfKQmBBIOWcWLqcQ/AnTU5eyompAWJXlTUK5I4q0uUhJeJBdAiiPUtI&#10;UEyKSsFJOjh3bklvio52M+GFYDhHpedL7wiMTunla6itTVJ+TeZKV5GShzvL11wGK5mbDASS4odH&#10;INpz1YfB3ZAn8uaVBaOvlnAY7PJEB20dRZPuH8e743yjYFJadDWXYoHJAgVdV3MZ8iMZPkhayeC4&#10;41zTlDBJ+TWZy4tiyNiAEXPtY7dBWnMpYOu4E1G7DNPOc4tiAffysD9RoPP1TDL6jvQogSi+e7vT&#10;FqI5JOJvKZXPIsM9SNuX7c5wrwcuX4mtuBMm+rtj6gO4xLwu7tOUX5G5dB5bPyaNh2NXd5K39I9Y&#10;oUEekXOks8qlozKcl4KAZweJa/F4lDyogXMnytd52AWN0XS6ZnCr6cRUo4xz4aUHiX3kUdJBLHlK&#10;y8ssk5PNNETEzfCirATZ12QsFWXtAOeltLGhK83Yk0WO4Q0jW9VhGF7ACDpLf66XmhJoTU11tK45&#10;vgsNLfZyHKo+iqRhYKthIv3fQcSWQPO+gI5cL8EEaI1/lpxymuKG7wo+FF9CI41/IpLcgqOhTPOU&#10;NjT9KgriAZeSUqcOAo9X4TRHEnhK8/OACy6LU2zn2xDItgcu0fbozBcATWyn0NR6HRvMq7D2FiCe&#10;gSuLvOyoZWoaI523fjnlJMVX5ClBLEWRgY78NJbBkzwl9SYt/CIDMbxhZKtqhzwNrgaYb1X0QsIY&#10;moy245SBifGUoo4zhIt3zguMgadLoAmP9CUFsiAuJhH0glNOU9wot4KekjCmdWLgkfmSaX5W1ErC&#10;reR+gai0QJCXHjamwOXl5oZpP0tmQP95V4ZskHzN7CBYpKk8pWu4/PV2xMNz/B7SlFbgx8Q49h//&#10;XqZ+h4sXJ8DB+iWpk4x8tbnZbY73fz0c33zHz7efDscf77Yf33y3uTlsHx/e/fnh8XH4w/7D2+8f&#10;91efN49kCkhZjx5sBPbqeXe4Oex+2r/5Tn56u333y0/7q+f9Zvf6+vDPT5v93fXV41+eDq+vodLR&#10;ftjbD2/th/3x8fstvye7ll+92x+OP3/5x2a/u5IfX18f774c/7b9+/1mdzcAbD6DfvBgT7Dyyaft&#10;nz4dt+8fhn88YcRJ5Q/Ph93w04eb5w/y0+bmA5jeP9z+sDlu4j8PUDd3xfZ++/jubv/mfwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAK3+cOHfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKw0AQhu+C&#10;77CM4M1uUk1sYzalFPVUBFtBeptmp0lodjdkt0n69o4nvc3wf/zzTb6aTCsG6n3jrIJ4FoEgWzrd&#10;2ErB1/7tYQHCB7QaW2dJwZU8rIrbmxwz7Ub7ScMuVIJLrM9QQR1Cl0npy5oM+pnryHJ2cr3BwGtf&#10;Sd3jyOWmlfMoSqXBxvKFGjva1FSedxej4H3Ecf0Yvw7b82lzPeyTj+9tTErd303rFxCBpvAHw68+&#10;q0PBTkd3sdqLVkGyTJhU8PwEguMkWvBwZC6dpyCLXP5/oPgBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAOed5SrohAACFrgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEArf5w4d8AAAAIAQAADwAAAAAAAAAAAAAAAAAUJAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAACAlAAAAAA==&#10;">
                       <v:shape id="Graphic 37" o:spid="_x0000_s1027" style="position:absolute;top:3617;width:28505;height:4635;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,463550" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBnXzMExAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUIvoptWqpK6igoFkQpGhV4f2dckbfZtzG5j/PeuIHgcZr4ZZrZoTSkaql1hWcHrMAJB&#10;nFpdcKbgdPwcTEE4j6yxtEwKruRgMe92Zhhre+GEmoPPRChhF6OC3PsqltKlORl0Q1sRB+/H1gZ9&#10;kHUmdY2XUG5K+RZFY2mw4LCQY0XrnNK/w79RMNquft/Lb2yS3a6/WZ2XabTXX0q99NrlBwhPrX+G&#10;H/RGB24C9y/hB8j5DQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGdfMwTEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m2182749,463296r195072,em1326261,463296r198120,em1612772,463296r195073,em2466213,463296r198120,em,463296r667893,em2752724,463296r97787,em756285,463296r198120,em1042796,463296r195073,em1896237,463296r198120,em1326261,307848r198120,em1896237,307848r198120,em2752724,307848r97787,em1612772,307848r195073,em,307848r1237869,em2466213,307848r198120,em2182749,307848r195072,em2752724,155448r97787,em2182749,155448r195072,em1896237,155448r198120,em,155448r1807845,em2466213,155448r198120,em,l2377821,em2466213,r198120,em2752724,r97787,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 38" o:spid="_x0000_s1028" style="position:absolute;top:508;width:28505;height:1556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,155575" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCq8ApOwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LagIx&#10;FN0X/IdwBXc1Y2WGdjSKtBRcdFGt1O1lcjsZOrkZkszDv28WBZeH897uJ9uKgXxoHCtYLTMQxJXT&#10;DdcKLl/vj88gQkTW2DomBTcKsN/NHrZYajfyiYZzrEUK4VCiAhNjV0oZKkMWw9J1xIn7cd5iTNDX&#10;UnscU7ht5VOWFdJiw6nBYEevhqrfc28VXM1l3Y9TFT+PxVvtXj5y+e1zpRbz6bABEWmKd/G/+6gV&#10;rNPY9CX9ALn7AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKrwCk7BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,155448r2850511,em,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 39" o:spid="_x0000_s1029" style="position:absolute;left:979;top:2062;width:26549;height:7747;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2654935,774700" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCzf8yaxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8AQvomlXVrQaRWRF2YtoBfH2aJ5tsXkpTdT6783Cwh6HmfmGmS9bU4kHNa60rCAeRiCI&#10;M6tLzhWc0s1gAsJ5ZI2VZVLwIgfLRedjjom2Tz7Q4+hzESDsElRQeF8nUrqsIINuaGvi4F1tY9AH&#10;2eRSN/gMcFPJzygaS4Mlh4UCa1oXlN2Od6Ogn27jn7i/+d4f9utrdTmf0/HXSKlet13NQHhq/X/4&#10;r73TCkZT+P0SfoBcvAEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCzf8yaxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m88392,697979l,697979r,76200l88392,774179r,-76200xem374904,618731r-91440,l283464,774179r91440,l374904,618731xem658368,542531r-88392,l569976,774179r88392,l658368,542531xem944880,463283r-88392,l856488,774179r88392,l944880,463283xem1228344,387083r-88392,l1139952,774179r88392,l1228344,387083xem1514856,310883r-88392,l1426464,774179r88392,l1514856,310883xem1798320,231635r-88392,l1709928,774179r88392,l1798320,231635xem2084832,155435r-88392,l1996440,774179r88392,l2084832,155435xem2368296,76187r-88392,l2279904,774179r88392,l2368296,76187xem2654808,r-88392,l2566416,774179r88392,l2654808,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 40" o:spid="_x0000_s1030" style="position:absolute;top:9804;width:28505;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAt6pGuwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgfyD2EBviVxTQnAjm1Ji6KGF1EkPvS3W1jK1VsZSbOfvq0Ahx2HmzTD7YradGGnwrWMFj5sE&#10;BHHtdMuNgvOpXO9A+ICssXNMCq7kociXiz1m2k38SWMVGhFL2GeowITQZ1L62pBFv3E9cfR+3GAx&#10;RDk0Ug84xXLbyTRJttJiy3HBYE+vhurf6mIVPCUTfYSv8jAbI99lWl2P5Xel1MNqfnkGEWgO9/A/&#10;/aZvHNy+xB8g8z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALeqRrsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2850511,1e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 41" o:spid="_x0000_s1031" style="position:absolute;left:1325;width:25616;height:8661;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2561590,866140" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB6q5coxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gq9FN1EQpDUNRQxpPRS1EKvz+wzCc2+DdnVpP313YLgcZiZb5h1PplOXGlwrWUF8SIC&#10;QVxZ3XKt4PNYzFcgnEfW2FkmBT/kIN/MHtaYaTvynq4HX4sAYZehgsb7PpPSVQ0ZdAvbEwfvbAeD&#10;PsihlnrAMcBNJ5dRlEqDLYeFBnvaNlR9Hy5GQZG6Z2N37+YrWXan8+9HmThdKvX0OL2+gPA0+Xv4&#10;1n7TCpIY/r+EHyA3fwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB6q5coxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m14386,846175r-10502,902l,851687r897,10490l5510,866063r10502,-901l19897,860551r-898,-10490l14386,846175xem52816,842937r-10539,l38012,847204r,10515l42277,861987r10539,l57081,857719r,-10515l52816,842937xem90441,839889r-10539,l75637,844156r,10515l79902,858939r10539,l94706,854671r,-10515l90441,839889xem127571,833793r-10540,l112767,838060r,10515l117031,852843r10540,l131836,848575r,-10515l127571,833793xem165196,830745r-10541,l150392,835012r,10515l154655,849795r10541,l169461,845527r,-10515l165196,830745xem199209,824407r-10004,3328l186502,833119r3313,9995l195206,845819r10004,-3327l207914,837107r-3314,-9995l199209,824407xem239949,821601r-10539,l225145,825868r,10515l229410,840651r10539,l244214,836383r,-10515l239949,821601xem273824,815797r-10004,3327l261117,824509r3314,9982l269821,837196r10004,-3315l282529,828484r-3314,-9982l273824,815797xem314255,812457r-10541,l299450,816724r,10515l303714,831507r10541,l318518,827239r,-10515l314255,812457xem348437,807186r-10003,3315l335732,815898r3316,9982l344439,828586r10002,-3328l357145,819873r-3317,-9995l348437,807186xem389008,803313r-10540,l374204,807580r,10515l378468,822363r10540,l393273,818095r,-10515l389008,803313xem426138,797217r-10540,l411333,801484r,10515l415598,816267r10540,l430403,811999r,-10515l426138,797217xem463043,791121r-10541,l448235,795388r,10515l452502,810171r10541,l467310,805903r,-10515l463043,791121xem496888,785126r-10007,3328l484176,793851r3314,9982l492888,806538r10007,-3327l505588,797813r-3315,-9982l496888,785126xem534302,780783r-10007,3327l521590,789508r3314,9982l530302,802195r10008,-3327l543002,793470r-3315,-9982l534302,780783xem574701,775881r-10541,l559893,780148r,10515l564160,794931r10541,l578968,790663r,-10515l574701,775881xem611836,769785r-10541,l597028,774052r,10515l601295,788835r10541,l616103,784567r,-10515l611836,769785xem648958,763689r-10541,l634163,767956r,10515l638417,782739r10541,l653225,778471r,-10515l648958,763689xem682486,755776r-9995,3315l669786,764489r3315,9982l678498,777176r9995,-3327l691198,768464r-3314,-9982l682486,755776xem719430,748537r-9995,3328l706730,757250r3315,9982l715443,769937r9994,-3315l728143,761225r-3315,-9982l719430,748537xem756540,742264r-10008,3327l743827,750976r3327,9995l752539,763663r10008,-3315l765252,754951r-3327,-9982l756540,742264xem796761,736257r-10541,l781952,740524r,10515l786220,755307r10541,l801028,751039r,-10515l796761,736257xem833667,730161r-10541,l818859,734428r,10515l823126,749211r10541,l837934,744943r,-10515l833667,730161xem867157,720636r-9995,3314l854457,729348r3314,9982l863156,742035r10008,-3327l875869,733323r-3315,-9982l867157,720636xem903885,713473r-9995,3314l891185,722185r3315,9982l899897,734872r9995,-3327l912597,726160r-3314,-9982l903885,713473xem939382,706843r-9436,4699l928041,717257r4686,9411l938442,728586r9436,-4699l949796,718172r-4687,-9424l939382,706843xem980746,699681r-10541,l965937,703948r,10515l970205,718731r10541,l985013,714463r,-10515l980746,699681xem1013981,689978r-9994,3327l1001281,698690r3315,9982l1009994,711377r9995,-3314l1022694,702665r-3315,-9982l1013981,689978xem1050723,682815r-10008,3327l1038010,691527r3315,9982l1046722,704214r9995,-3314l1059422,695502r-3315,-9982l1050723,682815xem1085724,673277r-9424,4725l1074395,683717r4699,9410l1084822,695032r9423,-4711l1096150,684606r-4699,-9411l1085724,673277xem1123621,663600r-10008,3315l1110908,672299r3302,9995l1119607,684999r10008,-3314l1132320,676300r-3302,-9995l1123621,663600xem1163740,657009r-10541,l1148932,661276r,10515l1153199,676059r10541,l1168007,671791r,-10515l1163740,657009xem1196836,646315r-10008,3302l1184111,655015r3314,9982l1192810,667702r10008,-3302l1205523,659002r-3302,-9982l1196836,646315xem1233095,636257r-10008,3314l1220382,644956r3302,9982l1229069,657656r10007,-3314l1241794,648944r-3315,-9982l1233095,636257xem1267943,626363r-9423,4725l1256615,636803r4699,9411l1267042,648119r9423,-4712l1278370,637692r-4699,-9411l1267943,626363xem1305993,617042r-10008,3302l1293267,625741r3315,9982l1301967,638428r10007,-3302l1314679,629729r-3302,-9982l1305993,617042xem1341781,604088r-10007,3314l1329068,612787r3302,9995l1337755,625487r10008,-3315l1350481,616788r-3315,-9995l1341781,604088xem1378040,594029r-10008,3315l1365327,602729r3302,9995l1374026,615429r10008,-3315l1386739,606729r-3302,-9982l1378040,594029xem1414311,583984r-10008,3302l1401585,592683r3315,9982l1410285,605370r10008,-3302l1422998,596671r-3302,-9982l1414311,583984xem1450468,571919r-10008,3314l1437755,580618r3302,9995l1446442,593318r10007,-3315l1459167,584619r-3314,-9983l1450468,571919xem1489901,562521r-10541,l1475106,566788r,10515l1479360,581571r10541,l1494168,577303r,-10515l1489901,562521xem1522528,548919r-10008,3315l1509815,557618r3302,9995l1518502,570318r10007,-3314l1531214,561619r-3302,-9995l1522528,548919xem1558316,535978r-10007,3314l1545603,544677r3302,9982l1554290,557377r10008,-3315l1567016,548665r-3315,-9982l1558316,535978xem1592771,523392r-9423,4712l1581443,533819r4699,9410l1591870,545147r9423,-4724l1603211,534708r-4712,-9411l1592771,523392xem1630274,510971r-10007,3315l1617562,519671r3302,9995l1626248,532371r10008,-3315l1638961,523671r-3302,-9995l1630274,510971xem1664768,495401r-9995,3327l1652068,504126r3314,9982l1660780,516801r10007,-3328l1673480,508088r-3315,-9982l1664768,495401xem1700556,482460r-9995,3327l1687856,491172r3328,9982l1696568,503859r10008,-3327l1709268,495134r-3314,-9982l1700556,482460xem1733322,469061r-8776,5842l1723365,480809r5830,8763l1735100,490766r8776,-5842l1745070,479005r-5830,-8763l1733322,469061xem1771232,454837r-9995,3328l1758532,463549r3327,9983l1767244,476237r10007,-3328l1779944,467512r-3315,-9982l1771232,454837xem1805750,439267r-10007,3327l1793050,447979r3315,9995l1801762,460667r9995,-3328l1814462,451942r-3327,-9983l1805750,439267xem1840256,423697r-9995,3327l1827556,432422r3328,9982l1836268,445096r10008,-3327l1848968,436384r-3314,-9995l1840256,423697xem1874343,408279r-10008,3327l1861630,416991r3328,9982l1870355,429679r9995,-3328l1883055,420954r-3327,-9983l1874343,408279xem1909217,393598r-9995,3327l1896517,402323r3328,9982l1905229,414997r10008,-3327l1917929,406285r-3314,-9982l1909217,393598xem1940307,377812r-8776,5829l1930350,389559r5829,8763l1942085,399503r8775,-5842l1952054,387756r-5829,-8763l1940307,377812xem1976527,359981r-9995,3327l1963827,368706r3328,9982l1972539,381393r10008,-3327l1985239,372668r-3314,-9982l1976527,359981xem2011414,345312r-10008,3328l1998714,354025r3315,9995l2007426,366712r9995,-3327l2020126,357987r-3327,-9982l2011414,345312xem2044205,327266r-9994,3327l2031505,335991r3328,9982l2040218,348665r10007,-3327l2052918,339953r-3315,-9982l2044205,327266xem2077441,309079r-10007,3328l2064741,317792r3315,9994l2073454,330479r9994,-3328l2086154,321754r-3328,-9982l2077441,309079xem2110207,291033r-9982,3340l2097533,299770r3340,9982l2106270,312445r9995,-3353l2118958,303695r-3340,-9983l2110207,291033xem2143812,273735r-9995,3340l2131124,282473r3353,9982l2139875,295147r9994,-3352l2152549,286397r-3340,-9982l2143812,273735xem2173403,254901r-8763,5868l2163471,266687r5868,8737l2175257,276593r8750,-5868l2185175,264807r-5854,-8737l2173403,254901xem2205534,234492r-8751,5868l2195615,246278r5867,8737l2207400,256184r8751,-5868l2217319,244398r-5867,-8737l2205534,234492xem2238376,215645r-8751,5868l2228457,227431r5867,8738l2240243,237337r8750,-5867l2250161,225551r-5867,-8737l2238376,215645xem2270519,195237r-8750,5867l2260601,207022r5867,8738l2272374,216928r8763,-5867l2282305,205143r-5867,-8738l2270519,195237xem2302282,175069r-8750,5880l2292363,186855r5868,8750l2304149,196761r8750,-5868l2314068,184975r-5868,-8738l2302282,175069xem2335124,156222r-8750,5880l2325206,168020r5867,8738l2336979,177914r8763,-5868l2346910,166128r-5867,-8737l2335124,156222xem2365769,133769r-8750,5867l2355851,145554r5854,8738l2367624,155460r8750,-5867l2377542,143675r-5854,-8738l2365769,133769xem2399691,112242r-9995,3340l2387004,120980r3353,9982l2395754,133654r9995,-3353l2408429,124904r-3340,-9982l2399691,112242xem2428165,91147r-8751,5880l2418246,102946r5867,8737l2430031,112839r8751,-5867l2439950,101053r-5867,-8737l2428165,91147xem2463064,69430r-6045,l2449564,76873r13,6032l2456994,90347r6032,l2470481,82905r13,-6032l2463064,69430xem2488909,45580r-8751,5867l2478990,57365r5867,8738l2490776,67271r8750,-5880l2500694,55473r-5867,-8738l2488909,45580xem2523834,23888r-6033,l2510346,31343r,6033l2517776,44818r6020,l2531263,37376r,-6033l2523834,23888xem2549653,r-8751,5880l2539734,11798r5867,8725l2551507,21691r8763,-5867l2561426,9905r-5855,-8737l2549653,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
@@ -26148,67 +26697,75 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="595959"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>FD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="47"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DD</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="44"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="43"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -26428,51 +26985,51 @@
                                         <a:pt x="2850511" y="0"/>
                                       </a:lnTo>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="D9D9D9"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="1A88F3EE" id="Group 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:30.65pt;margin-top:12.05pt;width:224.45pt;height:.75pt;z-index:-16192512;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBti4IMbQIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWykVMlu2zAQvRfoPxC817LVOItgOSjixigQ&#10;JAHiomeaohaUItkhbcl/3yG12HGCHlIYEN5whrO8eebitq0l2QuwlVYpnU2mlAjFdVapIqU/N/df&#10;rimxjqmMSa1ESg/C0tvl50+LxiQi1qWWmQCCSZRNGpPS0jmTRJHlpaiZnWgjFDpzDTVzaEIRZcAa&#10;zF7LKJ5OL6NGQ2ZAc2Etnq46J12G/HkuuHvKcysckSnF3lz4Qvhu/TdaLlhSADNlxfs22Ae6qFml&#10;sOiYasUcIzuo3qSqKw7a6txNuK4jnecVF2EGnGY2PZtmDXpnwixF0hRmpAmpPePpw2n5434N5sU8&#10;Q9c9wgfNf1vkJWpMkZz6vV0cg9scan8JhyBtYPQwMipaRzgextfz6Xw2p4Sj72YezzvCeYlbeXOJ&#10;l9//dS1iSVcyNDY20hhUjj2SY/+PnJeSGRE4t374ZyBVltKLr5QoVqOA171W8AQ58sUxyvPXW7an&#10;8l12Lq4u446BdwmaxVdBkeOkLOE769ZCB6LZ/sG6TrDZgFg5IN6qAQLK3gteBsE7SlDwQAkKfttV&#10;N8z5e357HpLmuCl/Vuu92OjgdWdbwtaOXqlOo7pdzygZZICxXQQCXwYl1YFQGvHpcFL5LoJEfGGr&#10;ZZXdV1IGA4rtnQSyZzjU6sb//ByY4VWYAetWzJZdXHD1YVIFOduk247f2lZnB1xug+tMqf2zYyAo&#10;kT8Uyse/EwOAAWwHAE7e6fCaBIKw5qb9xcAQXz6lDjf7qAcVsWRYmh99jPU3lf62czqv/EZR0UNH&#10;vYGKDij88RG9ellO7RB1fEqXfwEAAP//AwBQSwMEFAAGAAgAAAAhAMcdHRnfAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdbGqCpNmUUtRTEWwF6W2bTJPQ7GzIbpP03zue&#10;9PjmPd77Jl/PthMjDr51pEEtIhBIpataqjV8Hd6eXkD4YKgynSPUcEMP6+L+LjdZ5Sb6xHEfasEl&#10;5DOjoQmhz6T0ZYPW+IXrkdg7u8GawHKoZTWYicttJ+MoSqU1LfFCY3rcNlhe9ler4X0y02apXsfd&#10;5by9HQ/Jx/dOodaPD/NmBSLgHP7C8IvP6FAw08ldqfKi05CqJSc1xM8KBPuJimIQJz4kKcgil/8f&#10;KH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbYuCDG0CAACSBQAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxx0dGd8AAAAIAQAADwAAAAAAAAAA&#10;AAAAAADHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANMFAAAAAA==&#10;">
                       <v:shape id="Graphic 43" o:spid="_x0000_s1027" style="position:absolute;top:47;width:28505;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDdOA/ZxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9mY2pSImuQcRADxVq2h68PbLPbDD7NmS3Jv77bqHQ4zDzzTCbYrKduNHgW8cKFkkK&#10;grh2uuVGwedHOX8B4QOyxs4xKbiTh2L7MNtgrt3IJ7pVoRGxhH2OCkwIfS6lrw1Z9InriaN3cYPF&#10;EOXQSD3gGMttJ7M0XUmLLccFgz3tDdXX6tsqWKYjHcNXeZiMkW8yq+7v5blS6ulx2q1BBJrCf/iP&#10;ftWRe4bfL/EHyO0PAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN04D9nEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79EA90CB" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="38"/>
               <w:ind w:left="257"/>
               <w:rPr>
@@ -29236,51 +29793,51 @@
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="2549105" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="156082"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback>
+                <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
                   <w:pict>
                     <v:group w14:anchorId="202221B7" id="Group 44" o:spid="_x0000_s1026" style="position:absolute;margin-left:30.65pt;margin-top:3.75pt;width:224.45pt;height:77.55pt;z-index:-16193024;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="28505,9848" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC/jWPn3CEAAIWuAAAOAAAAZHJzL2Uyb0RvYy54bWzsnetvHMeRwL8fcP8Dwe8XzftBWAoC+2IE&#10;CBID9iGfVxQlEkdxN7srUf7v71fTVbO90kzXMDs2cEBgwE1Jtc3qenU9e7/745ePj1ef7/aHh+3T&#10;6+v8D9n11d3T7fbdw9OH19f/88uf/6u7vjocN0/vNo/bp7vX17/eHa7/+OY//+O7593NXbG93z6+&#10;u9tfscnT4eZ59/r6/njc3bx6dbi9v/u4Ofxhu7t74h/fb/cfN0f+uP/w6t1+88zuHx9fFVnWvHre&#10;7t/t9tvbu8OBv/0h/OP1m2H/9+/vbo9/f//+cHe8enx9DW7H4f/74f9v5f+v3ny3ufmw3+zuH24V&#10;jc2/gMXHzcMTv3Tc6ofNcXP1af/wzVYfH27328P2/fEPt9uPr7bv3z/c3g1n4DR59tVpftxvP+2G&#10;s3y4ef6wG8kEab+i07+87e3fPv+43/28+2kfsOfHv25v//cAXV497z7cxP8uf/5wAv7yfv9RPsQh&#10;rr4MFP11pOjdl+PVLX9ZdHVW5/X11S3/1ndV19WB5Lf38OWbj93e/3f6g682N+HXDsiNyDzvkJ7D&#10;iUCHywj08/1mdzfQ/SAE+Gl/9fDu9XXFMZ42HxHiH1Ve+BvoJL8cKKGh/umg5JykUNnkRV0EKkyS&#10;qWrKuh4kczzt5ub20+H44912IPjm818PxyC47+ynzb39dPvlyX7cI/4i+I+D4B+vrxD8/fUVgv82&#10;/P7d5iifEy7Kj1fPEcfuOXHARP754/bz3S/bAfAobCvyrujL/voKvgJW9I3sCMInwMensw+UbZfl&#10;+bcfCGB8UjD4FzDJy6Kp6omN5zDJ66Kq24kPXIwJnO2b8tsjzmLSZV1WIlZfE/FSTIqqaarsBZgU&#10;wNfFxAcuxQSb+/Xh5qjRNJDjN0ChaOuiFxu0FJFgtH4DAWnrpmpfgEiP6azabxG/lCl5VhV9N7Hx&#10;HGvyouyyekLbL8ak65uqeAEmRdZXvw1NIjNSZi1XlWPQYjNy9oE1aXK28Rx3YpqcfeBSTGLNOdt4&#10;FpPhug+ac/aBSzHJI9N6tvEcJnlkWs8+cCkmwaCdbTmLQ6Q1Zx+4FIfYvJ9tPIdJbN7PPnAxJpEb&#10;cLbxLCaRG3D2gYsxiax8XteVq7+xlT/7wMWYRDQ523gJTc4+cCkmeWRdzzaexSSyrmcfuBSToDVn&#10;W87hEGvu2QcuxSHWmrON5zCJtebsA5diEqhhLv7sr49UxWAv/c0xDWzP2d8f+YQGe/Hvj7TU9pz9&#10;/dFlYrBf/X6NGoYQhp/jIOnxSaKZvi7qIS4/bB8f3v354fFRIozD/sPb7x/3V583BEc/9PKfXvZn&#10;YLv94fjD5nAf4IZ/UrDHpyE8PtyESE8iwLfbd78SKD4TGr6+Pvzz02Z/d331+JcnQlHYfbQf9vbD&#10;W/thf3z8fjtkJ4bgh9/5y5d/bPa7K/n1r6+PxIh/21pEurmx4E+OPsLKJ5+2f/p03L5/kMiQ6Ngw&#10;0j8QHYdI9bcPk5tvwuQhNnxhmFwTGA2f29xMRskoZI0vHYJOC7RjATBCkZP5baNkxUR4cBLl3RAl&#10;v8DsXXYduTiYAp0wDKqEFIV4/t/K9v9S2QidvspJtaITi5Wt7/IshF9FVnf51xrX1FUvCQpJ37Vt&#10;1WYmR7+/xhkq5KUUkymN67qyL4aIuelb/lMDMSf2QUHPQE0vbI01mV+cj3sagK0B8ITAi4AnUbh9&#10;3B7ugoX7Jjm2jBxlW/VZFeiRd22ZO/QourJqJuDtjLaa0RihFxw2wuVl0E2MuWFwOW2auisbyhOI&#10;dl0VtUubuun7lsvta3jDyNZAmwh6wWkjXF4GfYa5YXA5bXripy4oh2R3ScsFMZzTo64uq2oC3jCy&#10;VXXkBL3gtBEuL4M+w9wwuJw2eSFaEpSk7FrJWaaJk+dljyM6SM7ZBwwnWwN1YvAFB47ReSH4JDIr&#10;EKjOqw7nTTSlzDMsokegihS+mp2zDxhhbFUCReBLThyh80LwSWRWIFDbd2UR1KUoc6osHoHarO+L&#10;YKvOPmCEsVUJFIEvOXGEzgvBJ5G5nEBFRv61DBojkbdPoJ48shqgsw8YYWxVAkXgC04co/NC8Elk&#10;ViAQN5fU3ETFWrkfHQEqirY3RyCGN7LYGshzBu27PEWMzAvBI9wNhxWog3NE/negjjmsczdXUZPm&#10;wO8VShqsYWKrUiWCXCIFERIvBP8aj28oksh7nGUwzhIded1k3VB45uMR2JAs+Hci49t6PwL0VWw1&#10;1IQWx1bBwBOEcPuLfs5lMorWGP77R1XanzEVSgX0DbVZ/YkSBxZdBL1RIR26AsZGA/4yTtL8O0sX&#10;8oa/f5aOYu5Xwj3EyouFW9ouyAaMZjMSbuxMX2vSoGuanHs5OMi/v3gbKiQNFJMpSc9xHULRspPO&#10;EK/yW3Z9uFu6irjtXOg3N+eXRqBQV+du3kAbR7omb0LiE1WxvWwNF1FdNYptU9dEsIG4BmOrejq1&#10;daR09B6QCkgC910TnK4O3vYOcIddG/jfVX2Tmwdiv95WRWOawgb0zQVHWtL6kZaxsC66LFziXUV7&#10;j6E+Z7WqomhCI8YZuOFja0C+xIKPDG+LNMMj4LotyjRZIjSavHa4Ex1xAXCbtaGXpvPRqE/AVeMd&#10;MEIjprSR7HJW9hn+dhCssq/gahDZOVa2fdOEDCapvxO44WNrYGVbE4qr0JYNFEqpQwRcV9RS08An&#10;NGqsiGFtv97WgEZ0xAXAVWVa6aNBssSAK/eAERpTpLuclXnRlqWawLIkmnZ4medNC53lUulieKOe&#10;rWpUaKQsQx6mK9u6TetaHkETHfRp3seY1AQ4hrlhYKtiEp1zAXSZ172K7AJMIugFp4wwmaLgCjxt&#10;MPfG06xA2tL6SQtblRtPI3ijoK1KyTqjsUolgJbEtNJhM0foCvtpeRTb01bb+4QJZY3cMDcoWxU6&#10;OucS6J6oWS2Lj0lzgi79U0aYlBMUXIGnPZe5Xp8FNtS7PvMOF0htNALnlERyvApt7CSp03p62vX1&#10;eN3SgeZIQF9JdDVYDK79EXPjpa2Bp0UGtMpuVeRl2koXWdvY3tjS0LQ965Wxd4kzOGBSNHwyeV3k&#10;MxQ3fC/naVH2LSIe8Mlz16staJLVruiuiOANI1uVksVYWOqwwqGtf542EXRZ9zjbqXs3xgTH3PFw&#10;43MugK4gi1kjH5MIesEpZyhulFuBpy03kerdYFcd21s0wKtMkiT0KMneJyuQ1+kbkpR9wYUe7uqK&#10;jH+apw2Xhnl1TVc5EoBTp+3r+AF14ehpV5S2d9Hl5MmT0oWHweU/4J13eeXsPUPx9Xha5hX+heKT&#10;961ne8usHK1SHsEbRraqnvZ4hMqlvCk8ukfQ2LA67VHFmODbFYa5YWBrwCQ+5xJo8krKpQWY5Cdo&#10;/5QxJlMUvFxPy6qrCP0GGcugo1FmLoYpS8JQtUp5dsrSGgVtVUqWhHTq92IFmrQEl2Wf6aAOllpS&#10;ByntoLBJ3BAwR5dGzA0DWxUTfDuthHYFFZv0nQfacuUGzUMs0/5Xya1CrB1oSNO/s/cMxQ3fFXja&#10;9ZkmvLoMf8YiglmeMkOgIxNn8IaRrUpJ6ibauNJllO8czYugc+o5aUtNH+mICXNb1PWTEhCdcwF0&#10;XxaS65OIbQEmEfSCU0aYxBQ3yl3OUwrJjLYM2HPjtASTgTJzPK0o51FCkdOewRtGtgaeVlTyc9VT&#10;hjsdryeGzvPaSahFmKClMDjJ0+icS6Ax7OYlL8Akgl5wyhmKG+VW4GlDjBRsadtnTWnewCxPGQfU&#10;WOYM3jCyVXladYVapZbQI0tHnHTRGDTzU/hLaS6dMCE/0YBUSk/pbrFzLoJurV68BBOygFZdXnDK&#10;EyaTFFyBp0KNcJ8i6mQrPT3tmk69/BZ7N+q18dJW5SnuKG5X0OpSkhVJundtZTkqdva0mrYNxZwE&#10;tfRapvauMXMWQ2aU7NM3JKPVtVGlb8ngeXsXrdoujuBkP8jxGN5nFDfKXc7TuiQ3aDzNqxH7OT0l&#10;Cmg1Gm9x20d4w8jWwNO6YMg6xBstGXDH64mh+4YURZqSJ0y6DLV26H465xJoehG0YZMbxsUkgl5w&#10;yhMmkxRcgadtZZ5GK9lzs2CzPG3KnsTEoHkxvPHSVuUptSytkrUQhwJOUpciaDIOTp2ujjDBNXWi&#10;2To65xLoriWEDfbFx6Q9QS84ZYTJFAUv52mDC6DxMkkt7hyl+hxPSThkmsE9gzde2qo8xe0ieRQk&#10;gImPtO2FpSN0V2VO1inGhCZEJ38Xn3MJdE2lNuC9AJP8BN26p4wxiSlulFuBp/RnaizT0t7r1tga&#10;Urway5zBG0a2Bp42JRkKpU3D0EA6OomhUWunzBZjgm/l1Nma6JwLoOui1VIiSWoXkwh6wSkjTGKK&#10;G+VW4GkHH9XK0DI5RpCzetrKxEeQ4Bqvw/TaMLJVeYogkhAc9JTEX5bWU9xHXnNQrcahSvu96HSm&#10;1fiWHOWIuWFgq2KCQ6f1p3aBLvUk8dW+NF3uxEl4jfaUSEugN9o6w8BWw2Sa4gZ1OU/bnJsrZO9w&#10;OgvYFW68OZ6SOMhAeuASb0c49rHNmkLrkLxM0Y9daIa/reG07E2wrBJABjItLy2lOYQkyEtPm0zy&#10;rm4LoNUD54qv0hajxS0a95aJZWdvkvgqATVncPaeobjRYgWeEge2qhsV3fGGzyxPcUZIlQ2UpDtp&#10;7OA0jGxVLpFH1NxgiwQ4eopxbiz/QdMWLekpjwr/gkSl8pQMmMNT8V6Vp3RJObnBlgEAzX9RaKOx&#10;xMGE3iO1RlUpabk03tMUN8qtwFOiPH3HhySSpC0dPe0KnIZASYqGVdqaysNJtjut8E402zKcwvNR&#10;wQaUdRjpm63MER6PmNeNJCuSlKTqa7JIbX70G4yStgZZBG17qgVBc2Wxp4yjPKXPgWJ6GpNpihsG&#10;l/OUUnWvI1CSDEFl0zzFv8DQBLrH8IaRrUobAhKLxsnQOzaMi2uEJjhxotkYk4pgwjA3DGxVTKJz&#10;LoGm9KBR+wJMyhP0glNGmExRcAWecrmQsht0Q3oBrHIyZ3uZYhpvSB5zwVSmZJIhuNpsGFaYkmQa&#10;usE3URvQc+2kobHTdkNKL1r6zoPp0t4ynJPavBP7duim7U2T1ngjmZzYqvLSUpE3OSd2SFsMum4n&#10;KW57Xs5TPCTSN+Gs5NvHs87yVDijfnIu2cE03dnePFlpA0tbpa7Hzdc7j8a3sefCTmtroCS+2lhN&#10;KGkxMmk0KFsVmgqCyS5RuNNZ2lPYtJudflgIlJJFBFE2HORFnIa05M5R3PBdgacIrd3vGd0Cpndz&#10;PO3lgTfDn0vHOS15ULPUmFWnyk2jWG/ZG4lq0vLel4QbeovxpINHScllK97YF1pTk1wi70zaM3Bp&#10;uBDS0HhG6q1l9H54eE9TfEWeypRh8EsYpKb/Sc86y1P8QbUzZ/CGka2qHQ3tAkobfnBygwQkIzSe&#10;qcfTEyYMB1AtSnPpdM4l0PiBFoMtwCSCXnDKEyaTFLxcT3McU968HESSS+EUEswxFRvGB4K1JqPA&#10;qEOSlmLyrDGi6bvTs6jGfFuDEMju5EODhpAddLwqwHvDvqU92AloOGxv/QuorZjXlP7REEO6QdNg&#10;GdUI76j0sGi1GHlj5tXZfYbyRpE1mFtB8mBBmDaljUUxmmcuqqQJ+kYmSLwjlGQJdH8oOw6x2hFs&#10;NeZWWWUuM3LnBMK8cUn+Q21rVmUj9rarrbY7tTRLFGXkjNJuASluNjdrVpdOVgFw+B8czwY30XE6&#10;wH2a8obzGswlfW2aS7bObWehdMkHgjgjCjRyOPJJIKxjtdyZePYeOO0XujuywEPBad2SFtXgxDUM&#10;fThBbk5qw/o8xOlGzdK748Zp8VC45bRisDseqCIjORLTE+OWrSZpM5Q3sBWYi4mVZk/xFCSdNgrz&#10;rOZi/cRDCB9oqN2lCZRjOvWBB5kXGve3I9iqJ6YPpjRFh3EoQpL89Cq3mmXA98OQOOCFBDB6B+H8&#10;ebvTk2OqyJkX7C6dsEoZ98Kao7xRZA3m0k2vKT4mBU/NsfPMxf3X/vuzDxhOthq3mEkxy0DAgx+e&#10;5lYETn+fk3GkmHhCpuUJt3TQg5KfDrsInMywGakFyDQn8CVHjZCJKW8EXIO51Nm0C5+MaD4q4jxz&#10;8dvtxSaaIpzWBVSLfj21DDySMO5vR7DVZIE7cbQLxLbp8JeYM+9tdy6JcTbIdrVVdyd5QBlfdYse&#10;NUfRydg0RhsqVt6dy+7yhOCguXR4OU4+uE9T3nBegblFWZC8CxiRSxibsWeZW0hOUblVUoBzlKWg&#10;HVxTqLyG0o5z13YEW438pJQ0r8xbFdTS0oqO3lb6JksjDRAet+hp1hw3u+dOD39Oazp22bhFf5KD&#10;jDS1qlnGc3S6g7n8pylvFFmDudI/qgdgKm7UrHnm1sQQGgphNslJJe0ste4MT2QQZ6aRPB8GbSJR&#10;p/TEc/OYyysoRk8M+ugOGoFsNdGhPKql8qaSnKGDO/V0dd0p4DN244HzNLQylyZ0z1smNJmkvOG8&#10;AnPJYdqTX7gMBEN6gHnm9jiCSn4MkasspJjM/SVQcLmFrTJF58tCnLod96AkRlV0pA8iTX68by4J&#10;Ba/IJHrgBGbGLerCRhsjv60qOsx+SElikGNs7vjsnoHZauAzlDewNZgrrdeqiFlJhctjLgIvCjUc&#10;AS3zNJf382wCVhRx3N+OYKudmIBDU1kU5Hh0yCE/UbTO1zZkGbggk2akrJgKVDPCfeE0XOXkpe0h&#10;LnmYAiV2dif7qb44PR2eohMiTlLeKLIGcylC6yAROrNAc2VqXnufxSHwLqISN03L+Y1keTxu0cSq&#10;mW2RBadGlA8dm8ot8Zy93ZmW0246msh8zSW20kb/Bm75u9O4EDQXn9PX3BnKr8jcinycPnfAY56n&#10;+cZZs4wo4IwMmkvrtDdohdmmvSSkN6nswei09GMHC/0mImRBHmJIKguZX+Yz1YxQqPd2R1s1uYkn&#10;0DkNOEwVUq8KoZBECM7sJ3LO+3BB0rjavaY9wKcpvyZz8UM0f0qqzX/LN8dVbrRCxtPgJHoc8qPp&#10;2gRJhZSiqgPOjKt+fxV2jdf3PHDsbGAuoiMGPS0LxJOaOiW0yZx6HZ4ybw8Zt5iXdnfH61JkuHy9&#10;G4iOo0nKr8ncjpScKmJTcOsqeeY1t8XhDF4GceXpA4aTrXqJEv3YncsNKiXoNPkjcMyI0waTVxEy&#10;PKDtTOowG3067BLwnh4i1dwlyETgS44aITNFyBXu3JrKh47fSI5hzM7OMpfnsQALZhlv1lNFKtS5&#10;5g3IIDEKl2ZuTXCp2dBaLnfHzjJ6Z5UA7A5lHGd3LkUyF+IMImmMeDjgyKL6C2RWxDVJCiYOHZGB&#10;Ugab7nh3c5Q37ViDueTszPQw0TtecvPMpclQgz9GQigjOCeuqt6uaL/DiHwvPp1e0YzieCmSmlqN&#10;7c44slMV58nM0zVH2cZ5LABw4NUs07U50sbIb6saKXa3xudhc08wZyhvu67BXAyVNsfwjhEdfsqr&#10;eeZ2ZDpU+nmCzVUWnmXVJAnxceulGSiy8cJdkP6KvL2hYye21ehJOdfMyILngKhQ2ksKNYroXdG4&#10;dDJpPSi61FQ8OcZj0bc3iOeJdB2xn6G8HXEF5tLLRoQYDiDlPPfObfA4NW9AaZqB7fQRCBAp3en+&#10;vetxcvlQCwrgeDDjV57aiW1V5oI6EZOS3y8i8ag2v0B352tnHTvLnLDlPBB8KRAlzTK704KlRyWk&#10;9nafobwdcQ3m8oqxpgGwn357DcE8SdnggUm12UsKNUiA7k/vTD8+5WZHsNW4RUJZU901tXpnkpXb&#10;XFJUSk/yBo4lxHFnUyP/6f1cQ8JWQwafVzNUNV/t6CUxGqyCpk4Zo+ERAkcWZihvSKzBXNrdVZi5&#10;7khlK0azZplmHGzhQCCqNvJtt2lxhia2f09U6sQ2hFa0ugbyEyET8qZ3l2ylai7xN5xIgrd806hm&#10;qOhLpUfIA6cSpEclWPfyiexuDanc0BLdJ5GhcWqS8isyt+VNNE2rMAPBkLhiNMtceqozY67MotsH&#10;DCdbVfphLTl0lQW+cNg5MbpC+K/gvZvxk9S79s3wHALtD2l6tlQLNPsr5HfmPBjLH3pX5c6tuE69&#10;MK4lA6DZNTorGSNxkJmhvBFwBc1lUqnW6SN5nm703+eZSwrDpIECkSefvNEkzeADgZik9BzUoYcn&#10;3IpcWsKJpPTj6durXTjxXNcOOPA6fkanlnAivTu9BdqhSjLD7RygK8UGMpiD4vlpb/dpyq/IXF7S&#10;oCkwEJ/IZrSD88zFVuI3Dtzi1S/v3UTqg/K+RACnguadWLQ1hEIQiApdmkDydeyagsGb5TkRBxxo&#10;BGBAJjzklGQuPV8k1RScgoaHjPS8Ke68xuGFcXOUX5O5VAF0PgNWnd6bmGWufCGHmeXCzyFJ2Gr7&#10;l9y+DnPpnS70zuXlLF5xcriF+2u3Iuk8TxXlxWK9c8mbuTUn+XYW250k8xhJGPlt1RuI3W10QV4i&#10;8uplvCM2SXnbdQWzzFeh0TcYpJMrcZT9eeYS2GtgLDUr786VwortL28ae9zCKdKJVgjEneEwV4Z1&#10;1YwQOY3YG4FsNfLzRXimihLCOrFNR3fZuDs3uocM97K2XDHOeooqDQlbR2SmKW9gKzCX7LyMPIml&#10;omlGhn+DpZpnLvGP5pYRPZktTps2epw0n1hxJzozQQxr0RWl3MqZPXJ2pwyDuxxEk0Szl9rvpRag&#10;3h3m3Csi8cZrYbszRu95+sTz1qElSum1aM9Rfk3mkr/VbGIprzQYNWeZi49hbxsT4xOrpZnLKBHt&#10;L0F48Ky8xiJpylJLSPP76YVzO7GtKv29vNsW/C/5Tjgv+ysQmlFBkvkqDQd3mfgOrjs9Ue4lSs7F&#10;Std0U0lZOin2/Qzl7YhraC5eoPa1MEopY4aO5lLYtHZG8rpuSZp6qzxuPVgGTKIzcYfW8s61yQK9&#10;ioaOndhWYy7BmFYI8X1gmENPBq/1+S6qc/XoPdquttruPHymVgcLiq/v7C5xQQiL5c1gZ6hTGgcn&#10;KW9IXM7cgqkKmBWIT6l27FSd11x64rT6jv/FWxjOiXk7Vxu76YmSTGdKnEGH8EfR4fp1rmjAyQOo&#10;LMjXrqSRoYY1fPvsIGmks5zMNeBUtNQuhHdP07jTUK9tNoTf8oxLGnyG8msyl15PDVWIzE7pwTnm&#10;QksMoNJTXFvvCIyN6TXHLMHpGxPtCLYGZWF3mqfDnSv5CWeCg8ZikFdkcG2d5Cbv5jCXFu5cugJ5&#10;t8Ahv3Rl2VGly9gBJ4mlriYVGL7qxQOfprxRZA3N5cbVVDEBu7w9nDbLBDN8IERz8O0UGBtOthq3&#10;GrI8apYl5ePpFreWmbaChFL6VuQV/9Ie2JaZbGdsDwdNeoWDmZKH/tJxGeB4ayppdDQ4zZKA0xus&#10;Zhl3zekiAfdpyhsBV2CuzPKoYZMXPVyzjMM7Sj/Bh/Qkp40PV4uqYkFM5LzrIbvTCRPIz5e0eMpC&#10;OsVevRJJGz0GI5CtKmnMk2TM7w5mGUl2HABmzOSlTAXH5DqCyXALujiA42RzS6cpM0d5w3kN5vJe&#10;jMah8sUwYyf1rFnmYrEkhjyGhmubZK6M2GjhgDkd/uSBD1MeQn55IMNxqNiPNsPgzyJp3nOoaB/g&#10;Qbd4D0AeY0njPhT6AreI151ksexuSQwoQw+zs/sM5ddk7smwycPuJO0ds5zLVEi4iBgPIFhwjoCT&#10;qRMHPHxA4t4Dl+Ay0JO3p5wkRkGSz5pPoaevWwyXqypS76OJ2UFGHjgMNxBfVEFk4IC3zHAGo0/7&#10;fefUnMB9vFLOKL8ic7k1RV0HVSlJQJp/NK+5BOrGLayyk0+k9ZtuGSUQ6d/xTrcj2KqGEw91tOKU&#10;dp1IlHQmT2yM9CQET5Ofcn5PU+JwWPjm9M3wShWD4yrHpCvHcqjhbKvhTuKa5yYCKbHQpicGZquB&#10;z1DewFYwyww72UQmduVUKJllLqlfmsXDEeIPGE622hF4ek2rQoyQeRk/QHhiTAlErdBJ59JXTCd6&#10;iJz4kUetHeZyWLPii8BpBVQzsgQZebNKkVly1BnKGwHXYC41Yw0sUTJxnB2zLE/iq0+ImlEIcegp&#10;fUvBQ0LNvFZh+aJLWotUdOgg87jFPIs+jsNgt3zpfPISpeer1lda8JbEt3LAMfsqaVxArl2QWbGg&#10;6CRjSqeLhKNOU35F5hJA8JbdQE25wEYXb15zJaEY5JNBNu+RJ/nqK2ktF1tFnYTWDYeePTmhYDiR&#10;NRidBifHYwVa6OlacTxqeTV5QIbUrpPQ4skxoIOR4uWTfpyANPLbqkaKGT/Ky0pKnjdzzPIc5W3X&#10;FTQXD5/6bMCIF3SpmTiaS6QoCjUQCJfQGTGmoRJvPKgiHU8yfJBUFqJ/GxdG1uQLhdLgPA2pyU2+&#10;icXrT+R6JlhVweQ5G6ecLj1xdmXhRvI2rocMoV5Q9LPvnTdu2WqyMEN5A1uDucQGamUJck7fzzer&#10;udxV9t6MBCJerEjOEfUKsoDDiTeZ5hYDWtqriudJNOSBwyNVFvb2rDgJZbPixC1ST0ojQ8lRHQDJ&#10;iruay8ShjnbLgKArmDOUX5O5fK2j5n5x9mjU1fPOM5e2PtNcfEmnEwP3W+q/gbmSlLH97Qi2mjjz&#10;iLXREzPnFJF4jA6zo6pID8/o69uuturuFTenphm4Qb3X+ijm4gyqFZdBCOeKZogNVQ9Hpf7oZN3B&#10;fZryhvMKmkvOSN4nEivLSKMf5jLKJc86DvA0ijpXKN0miHM4L++eeFEuoZi0RwwmX74k2IlD0Wz6&#10;3BQcA+rkJOC9Pa9KBIfipvWWHIcNt9KIRNzigZeMSwTCcFs7QjxD9jUZ25ym3vFe7H6bVVrpNNTM&#10;OLQZ4Q0jW01NuMG1p1jMm3NhEQxLICl8pdXGy3sJJsTAg4iRjHBsPX1/VtKXIUsPGmSVS0swAVox&#10;WXLKaYob5dZQVkqN+uw3t+DYjjDPUzLsNlYJA0wGDCNbjae8+qF2no4N5/VAXmqkOBAMAbkRLufk&#10;JUh+j07ZgaeUL1zV4/shbO4b98AxAyQ1xHCJvHB7O+MCfFkuvlPAWxojPQM2TXGj3Ao8lUSpFve4&#10;TcaQcJanJP/whobTxvCGka3KU9KAZFYHaEZ8vLShQFsxjQDM4algolcHCu48Dcb0Ptnv4MItgaYW&#10;pnvjbrmYRNALTjlNcaPcGjzF3qnPYZZxnp9cMqZ18uxLUo2Y8aNqMrATD5fQNw0t5WvN/PG1QR47&#10;4b6lmGXYyNmbUqsO6fDO5JiHMSLaamJIl4QGZ+LSeFsz/2PXupcvk1DyK1Lb7/6GkTzUv9sc7/96&#10;OL75jp9vPx2OP95tP775bnNz2D4+vPvzw+Pj8If9h7ffP+6vPm8eyRTwNNBYhI7AXj3vDjeH3U/7&#10;N9/JT2+37379aX/1vN/sXl8f/vlps7+7vnr8y9Ph9TXqd7Qf9vbDW/thf3z8fsvvya7lV+/2h+Mv&#10;X/6x2e+u5MfX18e7L8e/bX++3+zuBoDNZ9APXD/Byieftn/6dNy+fxj+8YQRJ5U/PB92w08fbp4/&#10;yE+bmw9gev9w+8PmuIn/PEDd3BXb++3ju7v9m/8DAAD//wMAUEsDBBQABgAIAAAAIQAIrcyW3wAA&#10;AAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3SQlscRsSinqqQi2gvQ2zU6T&#10;0OxuyG6T9N87nvQ4vI/3vinWs+nESINvnVUQLyIQZCunW1sr+Dq8Pa1A+IBWY+csKbiRh3V5f1dg&#10;rt1kP2nch1pwifU5KmhC6HMpfdWQQb9wPVnOzm4wGPgcaqkHnLjcdDKJokwabC0vNNjTtqHqsr8a&#10;Be8TTptl/DruLuft7XhIP753MSn1+DBvXkAEmsMfDL/6rA4lO53c1WovOgVZvGRSwXMKguM0jhIQ&#10;J+ayJANZFvL/A+UPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL+NY+fcIQAAha4AAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAitzJbfAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAANiQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABCJQAAAAA=&#10;">
                       <v:shape id="Graphic 45" o:spid="_x0000_s1027" style="position:absolute;top:3612;width:28505;height:4636;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,463550" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCgx3uVxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYVeRDe2jZTUVbRQEFFoVOj1kX1NUrNvY3abxH/vCoUeh5n5hpkve1OJlhpXWlYwnUQg&#10;iDOrS84VnI4f41cQziNrrCyTgis5WC6Ggzkm2nacUnvwuQgQdgkqKLyvEyldVpBBN7E1cfC+bWPQ&#10;B9nkUjfYBbip5FMUzaTBksNCgTW9F5SdD79GwfN2/RNXX9im+/1os76ssuhT75R6fOhXbyA89f4/&#10;/NfeaAUvMdy/hB8gFzcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoMd7lcYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m2182939,463296r195072,em1326451,463296r198120,em1612963,463296r195072,em2466403,463296r198120,em,463296r668083,em2752915,463296r97596,em756475,463296r195072,em1042987,463296r195072,em1896427,463296r198120,em1326451,307848r198120,em1896427,307848r198120,em2752915,307848r97596,em1612963,307848r195072,em,307848r1238059,em2466403,307848r198120,em2182939,307848r195072,em2752915,155448r97596,em2182939,155448r195072,em1896427,155448r198120,em,155448r1808035,em2466403,155448r198120,em,l2378011,em2466403,r198120,em2752915,r97596,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 46" o:spid="_x0000_s1028" style="position:absolute;top:503;width:28505;height:1556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,155575" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDsJUjaxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeIK3mlXrUrdGkRbBQw/1D/X62LxuFjcvSxLd9ds3hYLHYWZ+wyzXvW3EjXyoHSuYjDMQ&#10;xKXTNVcKTsft8yuIEJE1No5JwZ0CrFeDpyUW2nW8p9shViJBOBSowMTYFlKG0pDFMHYtcfJ+nLcY&#10;k/SV1B67BLeNnGZZLi3WnBYMtvRuqLwcrlbB2Zxm164v49cu/6jc4nMuv/1cqdGw37yBiNTHR/i/&#10;vdMKXnL4+5J+gFz9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOwlSNrEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,155448r2850511,em,l2850511,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 47" o:spid="_x0000_s1029" style="position:absolute;left:981;top:2058;width:26549;height:7747;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2654935,774700" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD1qo4OxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9SN2ktSqpqxSpVLyIRgjeHtlnEpp9G7LbmP57VxA8DjPzDTNf9qYWHbWusqwgHkUg&#10;iHOrKy4UHNP16wyE88gaa8uk4J8cLBdPgzkm2l54T93BFyJA2CWooPS+SaR0eUkG3cg2xME729ag&#10;D7ItpG7xEuCmlm9RNJEGKw4LJTa0Kin/PfwZBcP0J97Gw/X3br9bnetTlqWTj3elXp77r08Qnnr/&#10;CN/bG61gPIXbl/AD5OIKAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9aqODsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m88392,697979l,697979r,76200l88392,774179r,-76200xem374904,618731r-91440,l283464,774179r91440,l374904,618731xem658368,542531r-88392,l569976,774179r88392,l658368,542531xem944880,463283r-91440,l853440,774179r91440,l944880,463283xem1228344,387083r-88392,l1139952,774179r88392,l1228344,387083xem1514856,310883r-88392,l1426464,774179r88392,l1514856,310883xem1798320,231635r-88392,l1709928,774179r88392,l1798320,231635xem2084832,155435r-88392,l1996440,774179r88392,l2084832,155435xem2368296,76187r-88392,l2279904,774179r88392,l2368296,76187xem2654808,r-88392,l2566416,774179r88392,l2654808,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 48" o:spid="_x0000_s1030" style="position:absolute;top:9799;width:28505;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2850515,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDTnJ2owAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3VjVJKia4iYqCHFtqoB29DdswGs7Mhu5r47zuHQo+P973ajL5Vd+pjE9jAfJaBIq6C&#10;bbg2cDwUL++gYkK22AYmAw+KsFlPnlaY2zDwD93LVCsJ4ZijAZdSl2sdK0ce4yx0xMJdQu8xCexr&#10;bXscJNy3epFlb9pjw9LgsKOdo+pa3ryB12ygr3Qq9qNz+lMvysd3cS6NeZ6O2yWoRGP6F/+5P6z4&#10;ZKx8kR+g178AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA05ydqMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l2850511,1e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 49" o:spid="_x0000_s1031" style="position:absolute;left:1326;width:25609;height:8661;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2560955,866140" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBIobRwxwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gq9FN3UimjqKq3QVjwIRg/29th9TWKzb0N2a+K/dwXB4zAz3zCzRWcrcaLGl44VvAwS&#10;EMTamZJzBfvdZ38Cwgdkg5VjUnAmD4t572GGqXEtb+mUhVxECPsUFRQh1KmUXhdk0Q9cTRy9X9dY&#10;DFE2uTQNthFuKzlMkrG0WHJcKLCmZUH6L/u3CvTmVW+z5ffz6ue4WX+dhx+HtuyUenrs3t9ABOrC&#10;PXxrr4yC0RSuX+IPkPMLAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEihtHDHAAAA2wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" path="m14401,845718r-10503,863l,851179r863,10477l5461,865568r10502,-864l19862,860094r-863,-10477l14401,845718xem52806,842454r-10541,l37998,846721r,10516l42265,861504r10541,l57073,857237r,-10516l52806,842454xem90208,839406r-10541,l75399,843673r,10516l79667,858456r10541,l94462,854189r,-10516l90208,839406xem127330,833310r-10541,l112534,837577r,10516l116789,852360r10541,l131597,848093r,-10516l127330,833310xem164960,830262r-10541,l150152,834529r,10516l154419,849312r10541,l169227,845045r,-10516l164960,830262xem198996,824064r-10008,3315l186283,832777r3315,9982l194995,845464r9995,-3328l207695,836752r-3314,-9983l198996,824064xem239712,821118r-10541,l224904,825385r,10516l229171,840168r10541,l243979,835901r,-10516l239712,821118xem273608,815441r-10007,3327l260896,824153r3314,9995l269608,836841r9995,-3315l282308,828128r-3315,-9982l273608,815441xem314236,811974r-10541,l299440,816241r,10516l303695,831024r10541,l318503,826757r,-10516l314236,811974xem348437,806754r-10008,3328l335724,815466r3315,9995l344436,828154r10008,-3315l357136,819442r-3315,-9983l348437,806754xem389000,802830r-10541,l374192,807097r,10516l378459,821880r10541,l393255,817613r,-10516l389000,802830xem426123,796734r-10541,l411314,801001r,10516l415582,815784r10541,l430390,811517r,-10516l426123,796734xem463029,790638r-10541,l448221,794905r,10516l452488,809688r10541,l467296,805421r,-10516l463029,790638xem496887,784707r-10008,3327l484174,793419r3315,9982l492887,806107r9994,-3315l505587,797394r-3315,-9982l496887,784707xem537337,781494r-10542,l522528,785761r,10516l526795,800544r10542,l541604,796277r,-10516l537337,781494xem574459,775398r-10541,l559663,779665r,10516l563918,794448r10541,l578726,790181r,-10516l574459,775398xem611593,769302r-10541,l596785,773569r,10516l601052,788352r10541,l615861,784085r,-10516l611593,769302xem648500,763206r-10541,l633691,767473r,10516l637959,782256r10541,l652767,777989r,-10516l648500,763206xem682066,755497r-10008,3315l669353,764209r3315,9982l678065,776897r9995,-3328l690765,768184r-3314,-9982l682066,755497xem719010,748258r-10008,3327l706297,756970r3315,9982l715009,769658r9995,-3315l727709,760945r-3314,-9982l719010,748258xem754278,741083r-9436,4699l742924,751509r4699,9411l753338,762838r9436,-4699l764692,752424r-4699,-9424l754278,741083xem792835,734821r-9995,3328l780135,743534r3315,9982l788835,756221r10007,-3315l801547,747509r-3314,-9982l792835,734821xem832980,729678r-10541,l818172,733945r,10516l822439,748728r10541,l837247,744461r,-10516l832980,729678xem866305,720496r-10008,3327l853592,729208r3315,9982l862304,741895r10008,-3314l875004,733183r-3315,-9982l866305,720496xem901522,713181r-9436,4699l890168,723607r4686,9411l900582,734936r9423,-4699l911923,724522r-4686,-9424l901522,713181xem938593,706843r-9436,4699l927239,717257r4687,9424l937653,728598r9424,-4699l948994,718172r-4686,-9411l938593,706843xem979830,699198r-10541,l965034,703465r,10516l969289,718248r10541,l984097,713981r,-10516l979830,699198xem1013129,689838r-10007,3327l1000429,698550r3315,9995l1009129,711238r10007,-3315l1021841,702525r-3327,-9982l1013129,689838xem1049858,682675r-9995,3328l1037158,691387r3314,9995l1045857,704075r10008,-3315l1058570,695363r-3315,-9983l1049858,682675xem1086129,672630r-10008,3302l1073416,681329r3315,9982l1082116,694016r10007,-3302l1094828,685317r-3302,-9982l1086129,672630xem1122768,663460r-10007,3315l1110056,672160r3302,9995l1118742,684860r10008,-3315l1131455,676160r-3302,-9995l1122768,663460xem1162824,656526r-10541,l1148029,660793r,10516l1152283,675576r10541,l1167091,671309r,-10516l1162824,656526xem1195971,646175r-10007,3302l1183258,654875r3303,9982l1191958,667562r10008,-3302l1204671,658863r-3315,-9982l1195971,646175xem1232446,636041r-10008,3315l1219733,644740r3302,9995l1228432,657440r10008,-3314l1241145,648741r-3302,-9982l1232446,636041xem1267345,626275r-9423,4711l1256017,636714r4699,9411l1266443,648030r9424,-4712l1277772,637590r-4699,-9410l1267345,626275xem1305344,616826r-10008,3314l1292631,625525r3302,9995l1301318,638225r10007,-3314l1314043,629526r-3315,-9995l1305344,616826xem1341132,603884r-10007,3302l1328419,612584r3315,9982l1337119,625271r10008,-3302l1349832,616572r-3302,-9982l1341132,603884xem1377403,593826r-10007,3315l1364678,602526r3315,9982l1373377,615226r10008,-3315l1386090,606526r-3302,-9995l1377403,593826xem1413662,583768r-10008,3314l1400949,592467r3302,9995l1409636,605167r10008,-3315l1422361,596468r-3314,-9995l1413662,583768xem1448041,570979r-9436,4711l1436700,581418r4711,9411l1447126,592734r9437,-4712l1458467,582294r-4711,-9410l1448041,570979xem1489214,562038r-10541,l1474419,566305r,10516l1478673,581088r10541,l1493481,576821r,-10516l1489214,562038xem1521879,548716r-10008,3302l1509166,557415r3302,9982l1517865,570102r9995,-3302l1530578,561403r-3315,-9982l1521879,548716xem1557667,535762r-9995,3314l1544954,544461r3315,9995l1553654,557161r10008,-3315l1566367,548462r-3302,-9995l1557667,535762xem1592186,523290r-9436,4712l1580845,533730r4711,9410l1591271,545045r9424,-4711l1602613,534606r-4712,-9411l1592186,523290xem1629625,510768r-10007,3302l1616913,519468r3302,9982l1625612,532155r10008,-3302l1638325,523455r-3302,-9982l1629625,510768xem1664119,495198r-9995,3327l1651419,503910r3327,9982l1660131,516597r10007,-3327l1672843,507872r-3327,-9982l1664119,495198xem1699920,482244r-10008,3327l1687220,490969r3315,9982l1695932,503643r9995,-3327l1708632,494931r-3327,-9982l1699920,482244xem1732788,469061r-8776,5830l1722818,480809r5829,8763l1734565,490753r8763,-5829l1744522,479005r-5829,-8763l1732788,469061xem1770595,454621r-10007,3328l1757895,463346r3315,9982l1766608,476021r9994,-3328l1779308,467309r-3328,-9983l1770595,454621xem1805101,439051r-9995,3328l1792401,447776r3328,9982l1801114,460463r10007,-3327l1813814,451738r-3315,-9982l1805101,439051xem1839607,423494r-9995,3327l1826907,432206r3328,9982l1835632,444893r9995,-3327l1848332,436168r-3327,-9982l1839607,423494xem1873694,408063r-10008,3328l1860994,416788r3315,9982l1869706,429463r10008,-3328l1882406,420750r-3315,-9982l1873694,408063xem1908581,393395r-10008,3314l1895868,402107r3328,9982l1904593,414794r9995,-3327l1917293,406069r-3327,-9982l1908581,393395xem1939772,377799r-8776,5842l1929803,389559r5829,8751l1941550,399503r8763,-5842l1951507,387756r-5829,-8763l1939772,377799xem1973033,359689r-8775,5842l1963064,371436r5829,8763l1974811,381393r8776,-5842l1984768,369633r-5816,-8750l1973033,359689xem2007425,343877r-8776,5842l1997455,355625r5830,8763l2009203,365569r8776,-5829l2019160,353821r-5830,-8763l2007425,343877xem2044001,326910r-10008,3328l2031288,335635r3328,9982l2040013,348310r9995,-3328l2052713,339597r-3327,-9982l2044001,326910xem2077224,308724r-9995,3327l2064524,317449r3328,9982l2073236,330123r10008,-3327l2085936,321411r-3314,-9982l2077224,308724xem2110003,290677r-9995,3340l2097316,299427r3340,9970l2106066,312089r9982,-3353l2118741,303339r-3341,-9970l2110003,290677xem2143594,273380r-9982,3352l2130920,282130r3340,9969l2139657,294792r9995,-3353l2152345,286042r-3340,-9970l2143594,273380xem2173236,254647r-8763,5868l2163317,266433r5855,8737l2175090,276339r8751,-5868l2185009,264553r-5855,-8737l2173236,254647xem2205380,234238r-8763,5868l2195449,246024r5867,8737l2207234,255930r8750,-5868l2217153,244144r-5855,-8737l2205380,234238xem2241283,214693r-6033,l2227795,222135r13,6033l2235225,235610r6032,l2248712,228168r13,-6033l2241283,214693xem2269985,195224r-8763,5880l2260066,207022r5855,8738l2271839,216928r8750,-5880l2281758,205130r-5855,-8738l2269985,195224xem2301747,175069r-8762,5867l2291829,186855r5855,8737l2303602,196761r8750,-5868l2313520,184975r-5854,-8738l2301747,175069xem2333510,154914r-8750,5867l2323591,166700r5855,8737l2335364,176606r8751,-5880l2345283,164820r-5855,-8738l2333510,154914xem2365222,133769r-8750,5867l2355303,145554r5868,8738l2367076,155460r8763,-5867l2377008,143675r-5868,-8738l2365222,133769xem2399055,112026r-9995,3353l2386368,120776r3340,9983l2395105,133438r9995,-3340l2407792,124688r-3340,-9969l2399055,112026xem2427630,91147r-8750,5868l2417711,102933r5855,8738l2429484,112839r8763,-5880l2439403,101053r-5855,-8737l2427630,91147xem2462631,69557r-6045,l2449131,77000r13,6032l2456561,90474r6032,l2470048,83032r13,-6032l2462631,69557xem2488374,45567r-8763,5880l2478455,57365r5855,8738l2490228,67259r8750,-5868l2500147,55473r-5867,-8738l2488374,45567xem2523401,24028r-6046,l2509900,31470r13,6033l2517330,44945r6033,l2530830,37503r,-6033l2523401,24028xem2549105,r-8750,5867l2539187,11785r5867,8738l2550972,21691r8751,-5867l2560891,9905r-5867,-8737l2549105,xe" fillcolor="#156082" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
@@ -29422,67 +29979,75 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FF</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="595959"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t>FD</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="47"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DD</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="44"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="43"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -29545,122 +30110,122 @@
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="595959"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>AA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="79EA90D4" w14:textId="77777777" w:rsidR="00486557" w:rsidRDefault="00486557"/>
     <w:sectPr w:rsidR="00486557">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1280" w:right="425" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="195687F7" w14:textId="77777777" w:rsidR="00A13667" w:rsidRDefault="00A13667">
+    <w:p w14:paraId="7F797AF6" w14:textId="77777777" w:rsidR="000B358E" w:rsidRDefault="000B358E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5DEBF149" w14:textId="77777777" w:rsidR="00A13667" w:rsidRDefault="00A13667">
+    <w:p w14:paraId="2CDD18AB" w14:textId="77777777" w:rsidR="000B358E" w:rsidRDefault="000B358E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41FBE378" w14:textId="77777777" w:rsidR="00A13667" w:rsidRDefault="00A13667">
+    <w:p w14:paraId="497EBDB3" w14:textId="77777777" w:rsidR="000B358E" w:rsidRDefault="000B358E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D6A578E" w14:textId="77777777" w:rsidR="00A13667" w:rsidRDefault="00A13667">
+    <w:p w14:paraId="2547B607" w14:textId="77777777" w:rsidR="000B358E" w:rsidRDefault="000B358E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="79EA90F1" w14:textId="77777777" w:rsidR="00A337C6" w:rsidRDefault="00486557">
     <w:pPr>
       <w:pStyle w:val="GvdeMetni"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:noProof/>
         <w:lang w:eastAsia="tr-TR"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487118336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79EA90F2" wp14:editId="79EA90F3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>2804546</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>331317</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1966935" cy="389534"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -29680,126 +30245,129 @@
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1966935" cy="389534"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A337C6"/>
     <w:rsid w:val="00035A64"/>
     <w:rsid w:val="000547B1"/>
     <w:rsid w:val="00057042"/>
+    <w:rsid w:val="000B358E"/>
     <w:rsid w:val="000B4D8D"/>
     <w:rsid w:val="00105BD0"/>
     <w:rsid w:val="001204DD"/>
     <w:rsid w:val="0016096B"/>
     <w:rsid w:val="00181030"/>
     <w:rsid w:val="00193B6E"/>
     <w:rsid w:val="001C351E"/>
+    <w:rsid w:val="001D7E18"/>
     <w:rsid w:val="001E11FF"/>
     <w:rsid w:val="001F1C70"/>
     <w:rsid w:val="00206A63"/>
     <w:rsid w:val="00220689"/>
     <w:rsid w:val="002A1D36"/>
     <w:rsid w:val="002A33E8"/>
     <w:rsid w:val="003048AC"/>
     <w:rsid w:val="00321182"/>
     <w:rsid w:val="00361951"/>
     <w:rsid w:val="00364892"/>
     <w:rsid w:val="00364F1F"/>
     <w:rsid w:val="00370F03"/>
     <w:rsid w:val="003A0530"/>
     <w:rsid w:val="003A1E1C"/>
     <w:rsid w:val="003E47BF"/>
     <w:rsid w:val="0040340B"/>
     <w:rsid w:val="00427C5E"/>
     <w:rsid w:val="00432F0A"/>
     <w:rsid w:val="004639C1"/>
     <w:rsid w:val="00486557"/>
     <w:rsid w:val="00491121"/>
+    <w:rsid w:val="004B5274"/>
     <w:rsid w:val="004D7B43"/>
     <w:rsid w:val="004E6959"/>
     <w:rsid w:val="004F0081"/>
     <w:rsid w:val="00521022"/>
     <w:rsid w:val="00542D3A"/>
     <w:rsid w:val="00551B05"/>
     <w:rsid w:val="00557EC9"/>
     <w:rsid w:val="00561936"/>
     <w:rsid w:val="0059065A"/>
     <w:rsid w:val="00593BB8"/>
     <w:rsid w:val="005B15C1"/>
     <w:rsid w:val="005C070A"/>
     <w:rsid w:val="005C34FE"/>
     <w:rsid w:val="005E03D9"/>
     <w:rsid w:val="00600159"/>
     <w:rsid w:val="006E2273"/>
     <w:rsid w:val="007425B1"/>
     <w:rsid w:val="00761955"/>
     <w:rsid w:val="007641D5"/>
     <w:rsid w:val="007916AF"/>
     <w:rsid w:val="00793839"/>
+    <w:rsid w:val="00796798"/>
     <w:rsid w:val="007E37C9"/>
     <w:rsid w:val="00816B2D"/>
     <w:rsid w:val="00820198"/>
     <w:rsid w:val="00847C1D"/>
     <w:rsid w:val="008504E9"/>
     <w:rsid w:val="008C3263"/>
     <w:rsid w:val="008E1362"/>
     <w:rsid w:val="00914DC9"/>
     <w:rsid w:val="0092487F"/>
     <w:rsid w:val="00931B1B"/>
     <w:rsid w:val="00950CBC"/>
     <w:rsid w:val="00952EFD"/>
     <w:rsid w:val="009A767C"/>
     <w:rsid w:val="009B3712"/>
     <w:rsid w:val="009F5F21"/>
     <w:rsid w:val="009F66CE"/>
     <w:rsid w:val="00A106DF"/>
     <w:rsid w:val="00A13667"/>
     <w:rsid w:val="00A14B69"/>
     <w:rsid w:val="00A337C6"/>
     <w:rsid w:val="00A71A4F"/>
     <w:rsid w:val="00AE2B9C"/>
     <w:rsid w:val="00B37297"/>
     <w:rsid w:val="00B52426"/>
     <w:rsid w:val="00B75EDF"/>
@@ -29843,450 +30411,446 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="79EA8F18"/>
-  <w15:docId w15:val="{2FC6102E-C239-46F0-BE38-A844E1B09EDF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:val="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -30323,55 +30887,71 @@
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:divs>
+    <w:div w:id="394087913">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -30622,75 +31202,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1685</Words>
-  <Characters>9611</Characters>
+  <Words>1681</Words>
+  <Characters>9582</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>80</Lines>
+  <Lines>79</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11274</CharactersWithSpaces>
+  <CharactersWithSpaces>11241</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Aysun YURDAISIK</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-09-15T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2025-09-19T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Producer">