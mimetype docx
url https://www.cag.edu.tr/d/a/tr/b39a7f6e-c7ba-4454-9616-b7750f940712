--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -282,66 +282,112 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ITL-409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4394" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54764CA8" w14:textId="3FACA875" w:rsidR="00681162" w:rsidRPr="00D51404" w:rsidRDefault="00752A7C" w:rsidP="00833C72">
-[...14 lines deleted...]
-              <w:t>Lojistik Bilgi Sistemleri</w:t>
+          <w:p w14:paraId="54764CA8" w14:textId="273C29E4" w:rsidR="00681162" w:rsidRPr="00D51404" w:rsidRDefault="00752A7C" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D51404">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Lojistik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D51404">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bilgi </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D51404">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sistemleri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AE4BAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AE4BAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sertifikalı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AE4BAF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ders)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5967AF88" w14:textId="5E44671D" w:rsidR="00681162" w:rsidRPr="00D51404" w:rsidRDefault="00752A7C" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -398,67 +444,67 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ön Koşullu Dersler:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="640BECDB" w14:textId="32B3EFCD" w:rsidR="00681162" w:rsidRPr="00D51404" w:rsidRDefault="00752A7C" w:rsidP="00833C72">
-[...15 lines deleted...]
-              <w:t>Hiç kimse</w:t>
+          <w:p w14:paraId="640BECDB" w14:textId="3D8BE538" w:rsidR="00681162" w:rsidRPr="00D51404" w:rsidRDefault="00AE4BAF" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yok</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B4DBF" w:rsidRPr="00D51404" w14:paraId="0CF86700" w14:textId="486C9227" w:rsidTr="00752A7C">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34735A46" w14:textId="77777777" w:rsidR="001B4DBF" w:rsidRPr="00D51404" w:rsidRDefault="001B4DBF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
@@ -2742,59 +2788,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Microsoft Access eğitimini izleyin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3739A057" w14:textId="72B28708" w:rsidR="00947000" w:rsidRPr="00D51404" w:rsidRDefault="00DB7A8A" w:rsidP="00D51404">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etkileşimli ders </w:t>
+              <w:t>Etkileşimli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D51404">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D51404">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D51404">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Microsoft Access </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D51404">
@@ -2963,59 +3043,93 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Microsoft Access eğitimini izleyin </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2775" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F167A28" w14:textId="4AC19830" w:rsidR="003E0E11" w:rsidRPr="00D51404" w:rsidRDefault="00DB7A8A" w:rsidP="00D51404">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etkileşimli ders </w:t>
+              <w:t>Etkileşimli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D51404">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00D51404">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D51404">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D51404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Microsoft Access </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D51404">
@@ -11112,98 +11226,100 @@
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008D4362"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="00947000"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00AE4BAF"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B52C20"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C36D8E"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CC4443"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D51404"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DA5AD9"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DB7A8A"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DE0C01"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E5279E"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
@@ -14373,75 +14489,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{662D2E4D-D2CE-4BE3-9D2A-17A99A910BF5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1818</Words>
-  <Characters>10363</Characters>
+  <Words>1820</Words>
+  <Characters>10374</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>86</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12157</CharactersWithSpaces>
+  <CharactersWithSpaces>12170</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ ÜNİVERSİTESİ</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>