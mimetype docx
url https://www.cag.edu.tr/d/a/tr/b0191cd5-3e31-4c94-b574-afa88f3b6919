--- v0 (2025-10-05)
+++ v1 (2026-02-01)
@@ -1,9951 +1,9144 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:tbl>
-[...7468 lines deleted...]
-    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="00B845A0" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="3E160B20" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
       <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="112"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38977048" w14:textId="77777777" w:rsidR="003F43EC" w:rsidRPr="00B845A0" w:rsidRDefault="003F43EC">
+    <w:p w14:paraId="6EB5B1B9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
       <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:ind w:right="15"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:t>DERS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:t>İZLENCESİ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(SYLLABUS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B700403" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="127"/>
+        <w:ind w:left="2" w:right="15"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:t>İktisadi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:t>İdari</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:t>Bilimler</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC50F8">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fakültesi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2356C008" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A6C0974" w14:textId="77777777" w:rsidR="003F43EC" w:rsidRPr="00B845A0" w:rsidRDefault="003F43EC">
+    <w:p w14:paraId="5211BDAF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
       <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="21"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
+        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5410"/>
-        <w:gridCol w:w="5447"/>
+        <w:gridCol w:w="623"/>
+        <w:gridCol w:w="272"/>
+        <w:gridCol w:w="859"/>
+        <w:gridCol w:w="3425"/>
+        <w:gridCol w:w="1255"/>
+        <w:gridCol w:w="791"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="366"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="757"/>
+        <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0019658F" w:rsidRPr="00B845A0" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3ABA3DC9" w14:textId="77777777">
         <w:trPr>
-          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DA6C70E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="223"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="522F2DD1" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2120" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="76FD7A92" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="690"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2297" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="75543676" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="483"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Değeri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="55D0ECFE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15E117AC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="479"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>IRE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>230</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7755D82E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>Dünya</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>Coğrafyası</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>Simülasyonu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2120" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33534D7B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="642"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>(3-0-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2297" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DD02966" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="22"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="6F27D247" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B20BC4A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110" w:right="688"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ön</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">koşul </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Dersler:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9097" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41E451ED" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="1480B207" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="503"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="65BADE2F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Dili:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CEA9C99" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>İngilizce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F866628" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="85" w:right="710"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">İşleme </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Tarzı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3626" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4209FECC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="112"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Yüz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Yüze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="2B7F3275" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="283A68D2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Türü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63D4158E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Düzeyi:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9097" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A4BDD8C" w14:textId="785325C0" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00B159DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:left="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Zorunlu</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+              <w:t>2.Yıl</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+              <w:t>/Bahar</w:t>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Dönemi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="752A4CCD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="511"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5179" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="49BF69E0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Öğretim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Üyesinin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Unvanı,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4D9921" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="353" w:firstLine="16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2120" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF87043" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="152"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Görüşme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Saatleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2297" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF79C0C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="130"/>
+              <w:ind w:left="776"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="4AF5731F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5179" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72D14982" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Özge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Çetiner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1255" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61FDF5F0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="113" w:right="122"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perşembe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>10:15-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66D0DFD0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
+              <w:ind w:right="8"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>12:35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2120" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7627106A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="445" w:right="174" w:hanging="250"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>Çarşamba-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cuma </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>10:00- 15:00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2297" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53ADBB40" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="997" w:hanging="852"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId6">
+              <w:r w:rsidRPr="00CC50F8">
+                <w:rPr>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:t>ozgecetiner@cag.ed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>u.tr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="5646B233" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="454E432E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66740A29" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Koordinatörü:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9097" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CB6A78E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Dr.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Özge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Çetiner</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3A65C1B9" w14:textId="77777777">
+        <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:tcW w:w="10851" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="712F3088" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Amacı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3616B548" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC5BAD5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="182"/>
+              <w:ind w:left="1390"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Öğrenme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7214" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="789D7B68" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="116"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C9432B3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="104"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Bu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>dersi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>başarıyla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>tamamlayan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>öğrenci;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3014" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C69E8D9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="28"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3AC937BC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="585"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="20356D17" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7214" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CA6CE58" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
-[...7 lines deleted...]
-            <w:pPr>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6646C847" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="40"/>
+              <w:ind w:left="365" w:hanging="44"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Program Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="447E427B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="165"/>
+              <w:ind w:left="30" w:right="1"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...24 lines deleted...]
-              <w:t>Geçmiş Dönem Başarıları</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Net</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0019658F" w:rsidRPr="00B845A0" w14:paraId="2BCFF5A2" w14:textId="77777777" w:rsidTr="006638E9">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0B7C30F7" w14:textId="77777777">
         <w:trPr>
-          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="4172"/>
+          <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...10 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="546BF2F9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5525D4" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...49 lines deleted...]
-            </w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="79991B04" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1300"/>
+                <w:tab w:val="left" w:pos="2027"/>
+                <w:tab w:val="left" w:pos="3632"/>
+                <w:tab w:val="left" w:pos="4774"/>
+                <w:tab w:val="left" w:pos="5745"/>
+              </w:tabs>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="92"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Dünyanın</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>farklı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>bölgelerindeki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>kültürleri,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>tarihleri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>gelenekleri anlar ve açıklar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AE62F7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="25"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A17509C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="30"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>5,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="00A1CFCC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="757"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="366F385E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63D2304F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11942F74" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1682"/>
+                <w:tab w:val="left" w:pos="2486"/>
+                <w:tab w:val="left" w:pos="3691"/>
+                <w:tab w:val="left" w:pos="4626"/>
+                <w:tab w:val="left" w:pos="5123"/>
+              </w:tabs>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="108" w:right="92"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Farklı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="62"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>kültürleri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="61"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="59"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>yaşam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="62"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>biçimlerini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="60"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>öğrenerek</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="61"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">çeşitli </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>geçmişlerden</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>gelen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>insanlarla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>iletişim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="85"/>
+              </w:rPr>
+              <w:t>etkileşim</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CED2611" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>becerilerini</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>geliştirir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30DA4B78" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="25" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="418E06A5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="30" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="16BDC0D6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAD6F25" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8DB476" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3950E5E3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="92"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Farklı insanlar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>yerler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>arasındaki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">bağlantıları fark eder ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>değerlendirir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F901931" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="25"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>1,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="062363F1" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="30"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>5,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="6EBC3D90" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="089B92A2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53550FDE" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="014E8847" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Eleştirel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>düşünme,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="31"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>akademik</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="31"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>yazma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="29"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="30"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>topluluk</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">önünde </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>konuşma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>becerilerini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>geliştirir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3CCEA9FD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="25" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F5C3077" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
+              <w:ind w:left="30"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>5,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0647767F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="753"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4692B293" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D99596" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="250"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4C495A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>İklim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>değişikliği,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>kaynak</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>tükenmesi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>kültürel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>farklılıklar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>gibi</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BA6BB77" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="92"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>küresel</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>konuların</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>farkındalığını</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>artırır</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>bu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>sorunlarla mücadele etmeye teşvik eder.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="56729FCB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="25"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0669073E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="249" w:lineRule="exact"/>
+              <w:ind w:left="30"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>5,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="12374124" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E99969D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6533F2E1" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="14F986AB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43B01B4C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="92"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Farklı bölgelerdeki ekonomik, sosyal ve çevresel koşulları etkileyen faktörleri analiz edip anlayarak karar verme becerilerini geliştirir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56140FE5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="25"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>3,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5AB2A380" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="30"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>5,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="20203BA7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CCABB2C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1131" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="387B708F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="7"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6083" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7299F53D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="108" w:right="92"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Sosyal</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>sorumluluk</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>bilincini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>geliştirir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>etik</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>toplumsal sorumluluklara yönelik farkındalık gösterir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1474" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="17621674" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="25" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="29042C32" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="30" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0AF3DF98" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1754" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9D4612" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="252"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>İçeriği:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9097" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F95D032" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Bu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ders,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>öğrencilerle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>temel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>coğrafi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>kavramlar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>küresel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>sorunlarla</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">tanıştırmayı </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>amaçlamaktadır.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Öğrenciler, fiziki</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>beşeri</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>coğrafyayı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>analiz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>edecek,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>bölgesel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>küresel</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5160D5B8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>zorlukları</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>inceleyecek</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>problem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>çözme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>becerilerini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>geliştireceklerdir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="42691A25" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10851" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="48D58556" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="23"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>İçerikleri:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>(Haftalık</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Planı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="6E8B7E61" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="551CD87A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="172"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4284" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EA9B4C2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="32"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Konu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F885AA7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="769"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D0AB341" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Öğretim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Yöntem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="4DBA04BC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="787C5129" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4284" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="544290E6" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Giriş</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BD9CE7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D38F920" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="1C667833" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74547E67" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4284" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68823B03" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Arktik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="671EDD32" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="133"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2618B1B7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="71"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0FA9B388" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="221DF147" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4284" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="71BE05D5" w14:textId="6D074231" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00B159DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Venezuela</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="21F2C2CD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="133"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="79280737" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="6898CB26" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C592745" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4284" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03446B1F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Avrupa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72CE2AD9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="133"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A4EB593" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Harita</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Simülasyonu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="380E6352" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="895" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="48B66F95" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4284" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E38DDC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Asya</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kaplanları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2292" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C5E585" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="133"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="48030CC9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="111"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tartışma</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00B845A0" w:rsidRDefault="003A4CE2">
+    <w:p w14:paraId="1B0514A3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
       <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:sectPr w:rsidR="00ED3929" w:rsidRPr="00CC50F8">
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="425" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="896"/>
+        <w:gridCol w:w="2554"/>
+        <w:gridCol w:w="998"/>
+        <w:gridCol w:w="756"/>
+        <w:gridCol w:w="365"/>
+        <w:gridCol w:w="1906"/>
+        <w:gridCol w:w="1112"/>
+        <w:gridCol w:w="2273"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="7B1CEF89" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF56E82" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E9D3B08" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>BRICS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Ülkeleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="50EE7886" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6792859E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="73DA8995" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="201E659D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="492D01D7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Genel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Tekrar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EAC6BB9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="17AD7126" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="78"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Uygulaması,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Anlatım ve Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="76FC39C4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21DCFD9C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="35FA137A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="55CA05F0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4252A121" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="4980D947" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4540F8AF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="68911B60" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D42EDC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6416607F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3E2A6981" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F1C5D45" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E331029" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Yemen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="77FFC48A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A23E58F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3B7738FD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1E496F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F423C8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Japonya</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="210D7E42" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB17236" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="58CB535B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="505"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D224AA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D57709" w14:textId="5766123B" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00B159DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Afrika</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F444F9D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AAF0E7A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Harita</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Simülasyonu,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Anlatım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0C9BEE01" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B49BFA0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="27491061" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Orta</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Doğu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="39061602" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="108"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="39870A1E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:ind w:left="107" w:right="78"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Uygulaması,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Anlatım ve tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="6B79339F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55064C51" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DAAA2DA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Öğrenci</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sunumları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="463686D2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="34DF096C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Vaka</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>analizi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="04333ED4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="23BE4E3A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="56CBDD76" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Öğrenci</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sunumları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FBE243" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2421D9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Vaka</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>analizi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="115A6422" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFDF8F2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="76444303" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Genel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Tekrar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="33CBC7E5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC07522" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Soru-Cevap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3EB40D53" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C02A77" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2A0754" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D67CACC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="11DBF789" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0BA7B084" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6FF8BB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA5CDAB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="107"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="09CFC149" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3385" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0236CEC9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0D0CF4E3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10860" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2B73F9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>İçin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="08D69AC0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="1012"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="451B6010" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="128"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4641171C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kitabı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7410" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A206A15" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Richard</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Boehm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>2016,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>World</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Geography</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>McGraw-Hill</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="58928A75" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="231" w:line="250" w:lineRule="atLeast"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Peter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Daniels,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Michael</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Bradshaw</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Denis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Shaw,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>James</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Sidaway</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">2012. An </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve"> Human </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Geography</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Pearson</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="286C3DF3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFB6EF9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="110"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Önerilen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kaynaklar:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7410" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DD1B46" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">John A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Matthews</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve"> David T. Herbert. 2008. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Geography</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">: A </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Very</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Short</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Introduction</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">. Oxford </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>University</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Press</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="70653F7F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10860" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B914DDF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="70"/>
+              <w:ind w:left="16" w:right="4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ölçme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="4FBE79A8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7741E305" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="13"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="35AF28A2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB6A565" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="285"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F3E5AA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Notlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="48C8EA4F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="594E0622" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="214E39F8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="51129CFC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="333"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%30</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="521D4ABC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="95"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Yazılı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="192D5A65" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7396E837" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sunum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F577BEA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A39BC9D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="333"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%20</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7405AF92" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="95"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sunum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="1DF8C541" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3450" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA26AFA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="64EEB0CA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="12"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="34012986" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="333"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>%50</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5291" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA2C1FD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="95"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Yazılı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="7478F5BF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10860" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB406E2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="16"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Tablosu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="31CAF565" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F78A515" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="14"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="32620AD8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="338"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7646CFBD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="26" w:right="1"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="159C8C9C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="2A627BB6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5234EA6C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="53121D0E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F18A88" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="26" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="655C8B8D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="11" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="2BD475C3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F30C6A4" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Sınıf</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Dışı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Çalışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D414D08" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="21"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D350260" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="26" w:right="3"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="35A8E7E1" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="00CE318A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B67736" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Sunum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4307FD07" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2482C80B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="26"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="484100F2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="7E029B98" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="506"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="498C02B5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Sınav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>(Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Sınav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Süresi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>+</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Ara</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t xml:space="preserve">Sınav </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B50C49B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0493228A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="26"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA0AC67" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="11" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w14:paraId="2C245B9B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4448" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="45180E8E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
+              <w:ind w:left="110"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Sınavı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>(Final</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Sınavı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Süresi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>+</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>Final Sınavı Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1121" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F32CA3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="21" w:right="2"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0434E4" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="26"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E6DFA34" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="125"/>
+              <w:ind w:left="11" w:right="5"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="09DB246D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+      <w:pPr>
+        <w:pStyle w:val="TableParagraph"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="00ED3929" w:rsidRPr="00CC50F8">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="1280" w:right="425" w:bottom="558" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="93" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8587"/>
+        <w:gridCol w:w="2273"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="334DEECA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="398"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="37111847" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="93"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Toplam:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25DD3BDA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>166</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="65E71995" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="395"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCE97FE" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="93"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43A9D898" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>166/30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:t>≈</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="51B7A250" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8587" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCD4537" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:right="93"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kredisi:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76E531E2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11" w:right="2"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0CDAB09B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00B845A0" w:rsidSect="005A2B8A">
-[...2 lines deleted...]
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
+    <w:p w14:paraId="3CB5E01C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="286355AF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+      <w:pPr>
+        <w:pStyle w:val="GvdeMetni"/>
+        <w:spacing w:before="80"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="98" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5411"/>
+        <w:gridCol w:w="5450"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="39E84ED0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10861" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="155F82"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DAE74E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="11"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Geçmiş</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Dönem</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Başarıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="29605EA4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="4171"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5411" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2024533D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C99FE30" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="237"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AB945AA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="2352" w:right="890" w:hanging="815"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2024-2025</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Bahar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yarıyılı </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>IRE230</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20B25683" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="139"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487221248" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49DF2DF3" wp14:editId="11F2A1EA">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>314007</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>153757</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2914650" cy="9525"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2" name="Group 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2914650" cy="9525"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="2914650" cy="9525"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="3" name="Graphic 3"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="4762"/>
+                                  <a:ext cx="2914650" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2914650">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="7509256F" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.7pt;margin-top:12.1pt;width:229.5pt;height:.75pt;z-index:-16095232;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="29146,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcT6yebgIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjhxm3Qx4hRDswYD&#10;irZAM+xZkeULJksapcTJ34+SL0nTYg8dDAiUSJE8h8da3B5qSfYCbKVVSiejMSVCcZ1Vqkjpz839&#10;l6+UWMdUxqRWIqVHYent8vOnRWMSEetSy0wAwSTKJo1JaemcSaLI8lLUzI60EQqduYaaOdxCEWXA&#10;Gsxeyygej2dRoyEzoLmwFk9XrZMuQ/48F9w95bkVjsiUYm8urBDWrV+j5YIlBTBTVrxrg32gi5pV&#10;CosOqVbMMbKD6k2quuKgrc7diOs60nlecREwIJrJ+ALNGvTOBCxF0hRmoAmpveDpw2n5434N5sU8&#10;Q9s9mg+a/7bIS9SYIjn3+31xCj7kUPtLCIIcAqPHgVFxcITjYTyfXM+mSDxH33waT1vCeYlTeXOJ&#10;l9//dS1iSVsyNDY00hhUjj2RY/+PnJeSGRE4tx78M5AqS+kVJYrVqN91J5UrD8SXxhjPXrezHZHv&#10;cnN9M4tb/O/SM4lvgh4HnCzhO+vWQgea2f7BulauWW+xsrf4QfUmoOi93GWQu6ME5Q6UoNy3bXXD&#10;nL/nZ+dN0pzm5M9qvRcbHbzuYkbY2skr1XmUn/T4Bv/2XgQY20ag4cugoFojlEb7HJxUvosgEF/Y&#10;alll95WUYQPF9k4C2TMEtZr7z+PADK/CDFi3YrZs44KrC5MqiNkm7XT81LY6O+JoG5xmSu2fHQNB&#10;ifyhUDz+legN6I1tb4CTdzq8JYEgrLk5/GJgiC+fUoeTfdS9hljSD81DH2L9TaW/7ZzOKz9R1HPf&#10;UbdBPQcr/PZovXpXzvch6vSQLv8CAAD//wMAUEsDBBQABgAIAAAAIQDFRUNN3wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsIWpGlaRr11JjYmhhvW3YKpOwsYbdA/73j&#10;SY/z3sub7xWr2XZixMG3jhTEiwgEUuVMS7WCz/3r3RKED5qM7hyhggt6WJXXV4XOjZvoA8ddqAWX&#10;kM+1giaEPpfSVw1a7ReuR2Lv6AarA59DLc2gJy63nUyi6EFa3RJ/aHSPmwar0+5sFbxNelrfxy/j&#10;9nTcXL732fvXNkalbm/m9TOIgHP4C8MvPqNDyUwHdybjRacgfUo5qSBJExDsZ9GShQML2SPIspD/&#10;B5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANxPrJ5uAgAAkAUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMVFQ03fAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
+                      <v:shape id="Graphic 3" o:spid="_x0000_s1027" style="position:absolute;top:47;width:29146;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALMDWGwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RagIx&#10;FETfBf8hXKFvmrUVka1RSlFofZCq/YDbzXV32+RmSeLu+vdGKPg4zMwZZrnurREt+VA7VjCdZCCI&#10;C6drLhV8n7bjBYgQkTUax6TgSgHWq+Fgibl2HR+oPcZSJAiHHBVUMTa5lKGoyGKYuIY4eWfnLcYk&#10;fSm1xy7BrZHPWTaXFmtOCxU29F5R8Xe8WAXt12z2iZfp+fdnZzb7jd92OzJKPY36t1cQkfr4CP+3&#10;P7SCF7hfSTdArm4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACzA1hsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2914078,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74ADAB90" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wpg">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487220736" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="243A514C" wp14:editId="6C4D886E">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>314007</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>88479</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2914650" cy="939800"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="4" name="Group 4"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2914650" cy="939800"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="2914650" cy="939800"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="5" name="Graphic 5"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="4762"/>
+                                  <a:ext cx="2914650" cy="775970"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2231072" y="775716"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2430716" y="775716"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="1356296" y="775716"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="775716"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="775716"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="775716"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="775716"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2139632" y="775716"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2522156" y="775716"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="775716"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="775716"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1266380" y="775716"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="620268"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="620268"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="620268"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1266380" y="620268"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="1648904" y="620268"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2139632" y="620268"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2231072" y="620268"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2430716" y="620268"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2522156" y="620268"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="620268"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="1356296" y="620268"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1557464" y="620268"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2231072" y="464820"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2430716" y="464820"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2522156" y="464820"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="464820"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="1356296" y="464820"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2139632" y="464820"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="464820"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="464820"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="464820"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1266380" y="464820"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="310896"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2430716" y="310896"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2522156" y="310896"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="310896"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="310896"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="310896"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="155448"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2723324" y="155448"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="2814764" y="155448"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="155448"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2914650" h="775970">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="6" name="Graphic 6"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="1266380" y="4762"/>
+                                  <a:ext cx="1548765" cy="930275"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="89916" y="310896"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="310896"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="89916" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="89916" y="310896"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="382524" y="464820"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="291084" y="464820"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="291084" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="382524" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="382524" y="464820"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="673608" y="775716"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="582168" y="775716"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="582168" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="673608" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="673608" y="775716"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="964692" y="310896"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="873252" y="310896"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="873252" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="964692" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="964692" y="310896"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="1255776" y="155448"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1164336" y="155448"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1164336" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1255776" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1255776" y="155448"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                    <a:path w="1548765" h="930275">
+                                      <a:moveTo>
+                                        <a:pt x="1548384" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1456944" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1456944" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1548384" y="929894"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1548384" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="155F82"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="7" name="Graphic 7"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="934656"/>
+                                  <a:ext cx="2914650" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2914650">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2914078" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="9525">
+                                  <a:solidFill>
+                                    <a:srgbClr val="D9D9D9"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group w14:anchorId="09037651" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.7pt;margin-top:6.95pt;width:229.5pt;height:74pt;z-index:-16095744;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="29146,9398" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBn7sEcTwUAABMdAAAOAAAAZHJzL2Uyb0RvYy54bWzsWdtu4zYQfS/QfxD03lii7kacRbFpggKL&#10;3QU2RZ8ZWb6gsqiSSuz8fYekaHNsaWOHKfZlEcCiopnR4eGQnENdf9htau+54mLNmpkfXgW+VzUl&#10;m6+b5cz/6+Hut9z3REebOa1ZU838l0r4H25+/eV6204rwlasnlfcgyCNmG7bmb/qunY6mYhyVW2o&#10;uGJt1cDDBeMb2sEtX07mnG4h+qaekCBIJ1vG5y1nZSUE/PdWP/RvVPzFoiq7L4uFqDqvnvmArVO/&#10;XP0+yt/JzTWdLjltV+uyh0HfgGJD1w28dB/qlnbUe+Lrk1CbdcmZYIvuqmSbCVss1mWl+gC9CYOj&#10;3txz9tSqviyn22W7pwmoPeLpzWHLz8/3vP3WfuUaPTQ/sfIfAbxMtu1yaj+X98uD8W7BN9IJOuHt&#10;FKMve0arXeeV8E9ShHGaAPElPCuiIg96yssVjMuJW7n64/uOEzrVr1Xg9mC2LWSPOBAk3Aj6tqJt&#10;pXgXkoCv3FvPZ37iew3dQA7f9+mSyOyRrwYbyWB/J3oyB/mJs5TopBukKMuSIlMU7XtKp+WT6O4r&#10;psimz59Ep5N2blp0ZVrlrjFNDqkvk75WSd/5HiQ99z1I+kf9/pZ20k+OoGx6W2u0VjO/RyIfb9hz&#10;9cCUYSeHjJAoDDLiezCmYJaFqYwIgA+GdYMc4iiQVicO2gw8JYI3IAmjJCXFQOAxJGGSZHEavz8S&#10;kocwtAOBx5DImRFksDoek+jMSRrnRXAJkjAq0mhgOF2RkISQMLlgdEhGoogMQHdFAgvQMc1j4xKS&#10;NI3yAQdXDHaGpCQgaf7arLEyBDm4ItGdQyHPYQM5uGIIrSxFgceQECtLkYMrEns1Q4FHkVirGXJw&#10;RmLNFxR4FIk1X5CDKxJ7XUWBx5DY6ypycEVijw4s3Dkxm+MYEmKNDnJwRmKNDgo8isQaHeTgisQe&#10;HRR4FIk1d5CDKxJ7TUOBR5FYaxpycEWi1zQUcgyDvcIjh/fBALVRDiXJ+RURcnDFYO+5KPAYG/ae&#10;ixyckVgVEQo8isTKDeTgikTnBixRcfzqnmvNWeTgisGeKSjwOWwgB1ckmo1Xl1FrMIzt0Zv7sl1p&#10;CGjbKqVupJwoEpIoUSxYvZ7fretalviCLx8/1tx7pqBObgv5108WZNZy0d1SsdJ26lFvVjdKm4qp&#10;FlpSgD2y+QuotC0Is5kv/n2ivPK9+s8GdCB0tzMNbhqPpsG7+iNTRwNKfcA7H3Z/U9568vUzvwOR&#10;9pkZOUinRn3Jru9tpWfDfn/q2GItpRlIU4OovwFpqoXi/65RodjGGlUtRGdrVLQ0nijVMInzLAUZ&#10;rMV8QDKlgIEMI3XtHDBcwZnI+yvVPRRQqkWkkMhhOEymVinVvCh62YkWlIOZTmkYTWWupwYyNQbm&#10;ahsWpMiLeJ+VWvFiwwOAi4wHIZQ1E5XeVo7l8pl0RDlsD1peoY1vjA/QqEE+YG/6aK6aFMv6jM5a&#10;WC6zRsgNAndu0ixKgwE5PsZNkpMQJNyJrjSIzFVzY1mf0VsLy2XW6DTGIHDnpkjjtNAHBCgzx7jJ&#10;swgSTXGD7A0ic9XcWNZn9NbCcpn1IBJ3bkICR0qZPuRA+/QYOSFI3ygacDCsmKtmxzY/o8M2nAvN&#10;EXoD4h0Igl0j6lcRU0mMchMnaRHrFcfYGiTm2tNiWZ7TTwvEhebHOE4Y+U4dhCoaVPgA2Xe5OgkG&#10;d8tMFQ8/C5uTw/fsuLDJ5L57dmGjd/Yigo8RqiKi08Hj95D8+MP3oTrmZ80OXy5+QM2uvjLBlzf1&#10;daP/Sig/7dn3qsY/fMu8+Q8AAP//AwBQSwMEFAAGAAgAAAAhAJrbHqjfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj81qwzAQhO+FvoPYQG+N7OaH2LEcQmh7CoUmhdLbxtrYJpZkLMV23r7bU3Pc&#10;b4bZmWwzmkb01PnaWQXxNAJBtnC6tqWCr+Pb8wqED2g1Ns6Sght52OSPDxmm2g32k/pDKAWHWJ+i&#10;giqENpXSFxUZ9FPXkmXt7DqDgc+ulLrDgcNNI1+iaCkN1pY/VNjSrqLicrgaBe8DDttZ/NrvL+fd&#10;7ee4+Pjex6TU02TcrkEEGsO/Gf7qc3XIudPJXa32olEwT+bsZD5LQLC+iFYMTgyWcQIyz+T9gvwX&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZ+7BHE8FAAATHQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmtseqN8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACpBwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAALUIAAAAAA==&#10;">
+                      <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;top:47;width:29146;height:7760;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,775970" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAm/VYexAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvF3yHcIS9WTRVUKQaRQRBdxfFH/T22BzbYnNSmmi7b78RBC+HmfmGmcwaU4gHVS63rKDXjUAQ&#10;J1bnnCo4HpadEQjnkTUWlknBHzmYTVsfE4y1rXlHj71PRYCwi1FB5n0ZS+mSjAy6ri2Jg3e1lUEf&#10;ZJVKXWEd4KaQ/SgaSoM5h4UMS1pklNz2d6Ng0+x8/b0+je6n/Bz9ysFle/j6Ueqz3czHIDw1/h1+&#10;tVdawQCeV8INkNN/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb9Vh7EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m2231072,775716r199644,em1356296,775716r201168,em2814764,775716r99314,em1648904,775716r490728,em2522156,775716r201168,em,775716r1266380,em2814764,620268r99314,em,620268r1266380,em1648904,620268r490728,em2231072,620268r199644,em2522156,620268r201168,em1356296,620268r201168,em2231072,464820r199644,em2522156,464820r201168,em1356296,464820r783336,em2814764,464820r99314,em,464820r1266380,em,310896r2430716,em2522156,310896r201168,em2814764,310896r99314,em,155448r2723324,em2814764,155448r99314,em,l2914078,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 6" o:spid="_x0000_s1028" style="position:absolute;left:12663;top:47;width:15488;height:9303;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1548765,930275" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDZIXDBxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8lGajB2ljVimKoJdAtdDrc/c1CWbfxt2Nxn/fLRR6HGbmG6ZcjbYTV/KhdaxgmuUg&#10;iLUzLdcKPo/bl1cQISIb7ByTgjsFWC0fH0osjLvxB10PsRYJwqFABU2MfSFl0A1ZDJnriZP37bzF&#10;mKSvpfF4S3DbyVmez6XFltNCgz2tG9Lnw2AVDNU+Hy7187nV5m36tdHVqZqRUpOn8X0BItIY/8N/&#10;7Z1RMIffK+kGyOUPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANkhcMHEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m89916,310896l,310896,,929894r89916,l89916,310896xem382524,464820r-91440,l291084,929894r91440,l382524,464820xem673608,775716r-91440,l582168,929894r91440,l673608,775716xem964692,310896r-91440,l873252,929894r91440,l964692,310896xem1255776,155448r-91440,l1164336,929894r91440,l1255776,155448xem1548384,r-91440,l1456944,929894r91440,l1548384,xe" fillcolor="#155f82" stroked="f">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                      <v:shape id="Graphic 7" o:spid="_x0000_s1029" style="position:absolute;top:9346;width:29146;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB0CzOFwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8Iw&#10;FIXfB/6HcIW9zdQhTjqjjKGw+SBa9wPummvbLbkpSWy7f28EYY+Hc853OMv1YI3oyIfGsYLpJANB&#10;XDrdcKXg67R9WoAIEVmjcUwK/ijAejV6WGKuXc9H6opYiQThkKOCOsY2lzKUNVkME9cSJ+/svMWY&#10;pK+k9tgnuDXyOcvm0mLDaaHGlt5rKn+Li1XQHWazT7xMzz/fO7PZb/y235FR6nE8vL2CiDTE//C9&#10;/aEVvMDtSroBcnUFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdAszhcMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2914078,e" filled="f" strokecolor="#d9d9d9">
+                        <v:path arrowok="t"/>
+                      </v:shape>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="459BBA8F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0250D48C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71F6B51B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="208EBA22" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E87755B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DADF714" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="37"/>
+              <w:ind w:left="239"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25EC9DFF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1072"/>
+                <w:tab w:val="left" w:pos="1521"/>
+                <w:tab w:val="left" w:pos="1971"/>
+                <w:tab w:val="left" w:pos="3352"/>
+                <w:tab w:val="left" w:pos="3816"/>
+                <w:tab w:val="left" w:pos="4275"/>
+                <w:tab w:val="left" w:pos="4734"/>
+              </w:tabs>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="598"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>FF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>FD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="47"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DC</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>BB</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>BA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5450" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0176106A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="711B92E4" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRPr="00CC50F8" w:rsidRDefault="00F01A0B"/>
+    <w:sectPr w:rsidR="00F01A0B" w:rsidRPr="00CC50F8">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11910" w:h="16840"/>
+      <w:pgMar w:top="1280" w:right="425" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7283582D" w14:textId="77777777" w:rsidR="002E4AEF" w:rsidRDefault="002E4AEF" w:rsidP="0034027E">
+    <w:p w14:paraId="6A3F347C" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRDefault="00F01A0B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69970596" w14:textId="77777777" w:rsidR="002E4AEF" w:rsidRDefault="002E4AEF" w:rsidP="0034027E">
+    <w:p w14:paraId="036443F3" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRDefault="00F01A0B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...8 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="697C0055" w14:textId="77777777" w:rsidR="002E4AEF" w:rsidRDefault="002E4AEF" w:rsidP="0034027E">
+    <w:p w14:paraId="4151B0E1" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRDefault="00F01A0B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2075471A" w14:textId="77777777" w:rsidR="002E4AEF" w:rsidRDefault="002E4AEF" w:rsidP="0034027E">
+    <w:p w14:paraId="4BD22602" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRDefault="00F01A0B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+  <w:p w14:paraId="30913124" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRDefault="00000000">
     <w:pPr>
-      <w:pStyle w:val="stBilgi"/>
-      <w:jc w:val="center"/>
+      <w:pStyle w:val="GvdeMetni"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00911FE6">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:b w:val="0"/>
         <w:noProof/>
-        <w:color w:val="000000" w:themeColor="text1"/>
+        <w:sz w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
-          <wp:extent cx="2160000" cy="651484"/>
+        <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487220736" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BA59AA2" wp14:editId="6B29EB80">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>2804609</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>331672</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1966935" cy="390448"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
-            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPr id="1" name="Image 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId1" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2160000" cy="651484"/>
+                    <a:ext cx="1966935" cy="390448"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-        </wp:inline>
+        </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...1476 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003A4CE2"/>
-[...449 lines deleted...]
-    <w:rsid w:val="00FF4ADE"/>
+    <w:rsidRoot w:val="00ED3929"/>
+    <w:rsid w:val="00B159DA"/>
+    <w:rsid w:val="00C73F6A"/>
+    <w:rsid w:val="00CC50F8"/>
+    <w:rsid w:val="00ED3929"/>
+    <w:rsid w:val="00F01A0B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6A0E76EB"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{37064ACD-A132-4FB8-8220-5060ED1930AD}"/>
+  <w14:docId w14:val="26DE921B"/>
+  <w15:docId w15:val="{8862EC61-5A4D-4807-B9AD-E08EDE42ECF2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...11 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -10094,2021 +9287,469 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...22 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+      <w:lang w:val="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-[...2 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Kpr">
-[...1 lines deleted...]
-    <w:rsid w:val="003A4CE2"/>
+  <w:style w:type="paragraph" w:styleId="GvdeMetni">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:strike w:val="0"/>
-[...157 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00782ECC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:before="72"/>
     </w:pPr>
-  </w:style>
-[...27 lines deleted...]
-    <w:rsid w:val="00F36820"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...392 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ozgecetiner@cag.ed" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-[...943 lines deleted...]
-</cs:chartStyle>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr"/>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>517</Words>
+  <Words>516</Words>
   <Characters>2947</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Cag University</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3458</CharactersWithSpaces>
+  <CharactersWithSpaces>3457</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-10-06T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2026-01-27T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
+  </property>
+</Properties>
+</file>