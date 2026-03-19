--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -4,7899 +4,8592 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="3E160B20" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+    <w:p w14:paraId="3E160B20" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="112"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EB5B1B9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="6EB5B1B9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:ind w:right="15"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:t>DERS</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:t>İZLENCESİ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>(SYLLABUS)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B700403" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4B700403" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="127"/>
         <w:ind w:left="2" w:right="15"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:t>İktisadi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:t>ve</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:t>İdari</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:t>Bilimler</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC50F8">
+      <w:r w:rsidRPr="001674C7">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fakültesi</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2356C008" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+    <w:p w14:paraId="2356C008" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5211BDAF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+    <w:p w14:paraId="5211BDAF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="21"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="83C9EB"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="623"/>
         <w:gridCol w:w="272"/>
         <w:gridCol w:w="859"/>
         <w:gridCol w:w="3425"/>
         <w:gridCol w:w="1255"/>
         <w:gridCol w:w="791"/>
         <w:gridCol w:w="246"/>
         <w:gridCol w:w="366"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="757"/>
         <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3ABA3DC9" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="3ABA3DC9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1754" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0DA6C70E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0DA6C70E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="223"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Kodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="522F2DD1" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="522F2DD1" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>Adı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="76FD7A92" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="76FD7A92" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="690"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kredisi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="75543676" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="75543676" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="50"/>
               <w:ind w:left="483"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>AKTS</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Değeri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="55D0ECFE" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="55D0ECFE" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1754" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15E117AC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="15E117AC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="479"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>IRE</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7755D82E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7755D82E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>Dünya</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>Coğrafyası</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>Simülasyonu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33534D7B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="33534D7B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="642"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>(3-0-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DD02966" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1DD02966" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="22"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="6F27D247" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="6F27D247" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1754" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="4B20BC4A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4B20BC4A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="110" w:right="688"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Ön</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">koşul </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Dersler:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9097" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41E451ED" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="41E451ED" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="1480B207" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="1480B207" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1754" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="65BADE2F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="65BADE2F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Dili:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4CEA9C99" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4CEA9C99" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>İngilizce</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2046" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="5F866628" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5F866628" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="85" w:right="710"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">İşleme </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Tarzı:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3626" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4209FECC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4209FECC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="112"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Yüz</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Yüze</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="2B7F3275" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="2B7F3275" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="502"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1754" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="283A68D2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="283A68D2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="249" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Türü</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63D4158E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="63D4158E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Düzeyi:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9097" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A4BDD8C" w14:textId="785325C0" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00B159DA">
+          <w:p w14:paraId="5A4BDD8C" w14:textId="785325C0" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00B159DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="123"/>
               <w:ind w:left="170"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Zorunlu</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
-[...5 lines deleted...]
-            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>2.Yıl</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>/Bahar</w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00000000" w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Dönemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="752A4CCD" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="752A4CCD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="511"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="49BF69E0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="49BF69E0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="130"/>
               <w:ind w:left="115"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Öğretim</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Üyesinin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Unvanı,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Adı</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Soyadı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="4F4D9921" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4F4D9921" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="353" w:firstLine="16"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Ders Saati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF87043" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6EF87043" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="130"/>
               <w:ind w:left="152"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Görüşme</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Saatleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF79C0C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4BF79C0C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="130"/>
               <w:ind w:left="776"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>İletişim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="4AF5731F" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="4AF5731F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5179" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72D14982" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="72D14982" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="252"/>
               <w:ind w:left="110"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Dr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Özge</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Çetiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1255" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61FDF5F0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="61FDF5F0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="113" w:right="122"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="90"/>
               </w:rPr>
               <w:t xml:space="preserve">Perşembe </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>10:15-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66D0DFD0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="66D0DFD0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
               <w:ind w:right="8"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>12:35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2120" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7627106A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7627106A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="445" w:right="174" w:hanging="250"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>Çarşamba-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve">Cuma </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>10:00- 15:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53ADBB40" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="53ADBB40" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="997" w:hanging="852"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6">
-              <w:r w:rsidRPr="00CC50F8">
+              <w:r w:rsidRPr="001674C7">
                 <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:spacing w:val="-2"/>
                 </w:rPr>
                 <w:t>ozgecetiner@cag.ed</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00CC50F8">
-[...6 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>u.tr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="5646B233" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="5646B233" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1754" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="454E432E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="454E432E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66740A29" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="66740A29" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="1" w:line="232" w:lineRule="exact"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Koordinatörü:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9097" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CB6A78E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0CB6A78E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Dr.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Özge</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Çetiner</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3A65C1B9" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="3A65C1B9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10851" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="712F3088" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="712F3088" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="23"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Amacı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3616B548" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="3616B548" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC5BAD5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6CC5BAD5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="182"/>
               <w:ind w:left="1390"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Öğrenme</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Çıktıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="789D7B68" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="789D7B68" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="116"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4C9432B3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C9432B3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="104"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Bu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>dersi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>başarıyla</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>tamamlayan</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>öğrenci;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3014" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C69E8D9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6C69E8D9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="28"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>İlişkiler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3AC937BC" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="3AC937BC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="20356D17" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="20356D17" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7214" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CA6CE58" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="3CA6CE58" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6646C847" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6646C847" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="40"/>
               <w:ind w:left="365" w:hanging="44"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Program Çıktıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="447E427B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="447E427B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="165"/>
               <w:ind w:left="30" w:right="1"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Net</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0B7C30F7" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="0B7C30F7" w14:textId="77777777" w:rsidTr="001674C7">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="546BF2F9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="546BF2F9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929" w:rsidP="001674C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="127"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5525D4" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6083" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="79991B04" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79991B04" w14:textId="2C2900F1" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00E16C83" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1300"/>
                 <w:tab w:val="left" w:pos="2027"/>
                 <w:tab w:val="left" w:pos="3632"/>
                 <w:tab w:val="left" w:pos="4774"/>
                 <w:tab w:val="left" w:pos="5745"/>
               </w:tabs>
               <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="92"/>
-            </w:pPr>
-[...52 lines deleted...]
-              <w:t>gelenekleri anlar ve açıklar.</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Dünya üzerindeki temel fiziksel ve beşerî coğrafi bölgeleri ve bu bölgelerin siyasal ve ekonomik yapılarını açıklar</w:t>
+            </w:r>
+            <w:r w:rsidR="00416E9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="01AE62F7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AE62F7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="25"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="1A17509C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A17509C" w14:textId="326A92F4" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5,5</w:t>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidR="000F1220">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD2033">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="00A1CFCC" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="00A1CFCC" w14:textId="77777777" w:rsidTr="001674C7">
         <w:trPr>
-          <w:trHeight w:val="757"/>
+          <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="366F385E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="366F385E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929" w:rsidP="001674C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="252"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63D2304F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6083" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...123 lines deleted...]
-          <w:p w14:paraId="7CED2611" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CED2611" w14:textId="0165B720" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="001674C7" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...15 lines deleted...]
-              <w:t>geliştirir.</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Coğrafi</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC3502" w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> konumun devletlerin dış politika tercihleri ve güvenlik stratejileri üzerindeki rolünü analiz eder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="30DA4B78" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30DA4B78" w14:textId="3FBC861F" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00CD2033" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="25" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>7, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="418E06A5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="418E06A5" w14:textId="4AEB0CED" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00CD2033" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="30" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4, 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="16BDC0D6" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="16BDC0D6" w14:textId="77777777" w:rsidTr="001674C7">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="5AAD6F25" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="5AAD6F25" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929" w:rsidP="001674C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="127"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A8DB476" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6083" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="3950E5E3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3950E5E3" w14:textId="4182DD09" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="001674C7" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="92"/>
-            </w:pPr>
-[...43 lines deleted...]
-              <w:t>değerlendirir.</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Doğal</w:t>
+            </w:r>
+            <w:r w:rsidR="00D7734B" w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kaynakların küresel güç dengeleri ve uluslararası çatışmalar üzerindeki etkisini </w:t>
+            </w:r>
+            <w:r w:rsidR="00E16C83" w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>değerlendirir</w:t>
+            </w:r>
+            <w:r w:rsidR="00D7734B" w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="6F901931" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F901931" w14:textId="0CA051B8" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="25"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>1,7</w:t>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF7C2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>, 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="062363F1" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="062363F1" w14:textId="03D4C1EB" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00C25752" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5,5</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="000F1220">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF7C2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="6EBC3D90" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="6EBC3D90" w14:textId="77777777" w:rsidTr="001674C7">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="089B92A2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="089B92A2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929" w:rsidP="001674C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="125"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53550FDE" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6083" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="014E8847" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="014E8847" w14:textId="54421AC3" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00E16C83" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...85 lines deleted...]
-              <w:t>geliştirir.</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Coğrafi sorunlara ilişkin yazılı ve sözlü analizlerde eleştirel düşünme becerilerini uygular.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="3CCEA9FD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCEA9FD" w14:textId="4D5C1881" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
               <w:ind w:left="25" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00386D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t>, 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="5F5C3077" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5C3077" w14:textId="612A889A" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="251" w:lineRule="exact"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5,5</w:t>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00386D31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>, 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0647767F" w14:textId="77777777">
+      <w:tr w:rsidR="00AF7C2B" w:rsidRPr="001674C7" w14:paraId="0647767F" w14:textId="77777777" w:rsidTr="001674C7">
         <w:trPr>
-          <w:trHeight w:val="753"/>
+          <w:trHeight w:val="636"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4692B293" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="4692B293" w14:textId="77777777" w:rsidR="00AF7C2B" w:rsidRPr="001674C7" w:rsidRDefault="00AF7C2B" w:rsidP="00AF7C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="250"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D99596" w14:textId="77777777" w:rsidR="00AF7C2B" w:rsidRPr="001674C7" w:rsidRDefault="00AF7C2B" w:rsidP="00AF7C2B">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6083" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...98 lines deleted...]
-          <w:p w14:paraId="4BA6BB77" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA6BB77" w14:textId="6245282E" w:rsidR="00AF7C2B" w:rsidRPr="001674C7" w:rsidRDefault="00AF7C2B" w:rsidP="00AF7C2B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="92"/>
-            </w:pPr>
-[...57 lines deleted...]
-              <w:t>sorunlarla mücadele etmeye teşvik eder.</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:w w:val="90"/>
+              </w:rPr>
+              <w:t>Sınırlar, ulaşım ağları ve stratejik geçiş noktalarının (boğazlar, kanallar vb.) uluslararası ilişkilerdeki önemini analiz eder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="56729FCB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56729FCB" w14:textId="092702F8" w:rsidR="00AF7C2B" w:rsidRPr="001674C7" w:rsidRDefault="00AF7C2B" w:rsidP="00AF7C2B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="249" w:lineRule="exact"/>
               <w:ind w:left="25"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>3,7</w:t>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>, 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="0669073E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0669073E" w14:textId="3D947838" w:rsidR="00AF7C2B" w:rsidRPr="001674C7" w:rsidRDefault="00AF7C2B" w:rsidP="00AF7C2B">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="249" w:lineRule="exact"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5,5</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="000F1220">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="12374124" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="12374124" w14:textId="77777777" w:rsidTr="001674C7">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7E99969D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="7E99969D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929" w:rsidP="001674C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="14F986AB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F986AB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6083" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="43B01B4C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B01B4C" w14:textId="6E5359B0" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00E16C83" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="92"/>
-              <w:jc w:val="both"/>
-[...2 lines deleted...]
-              <w:t>Farklı bölgelerdeki ekonomik, sosyal ve çevresel koşulları etkileyen faktörleri analiz edip anlayarak karar verme becerilerini geliştirir.</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Farklı dünya bölgelerini karşılaştırarak bölgesel jeopolitik dinamikleri yorumlar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56140FE5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
               <w:ind w:left="25"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>3,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB2A380" w14:textId="0ABDE799" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
               <w:ind w:left="30"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>5,5</w:t>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidR="000F1220">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="20203BA7" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="20203BA7" w14:textId="77777777" w:rsidTr="001674C7">
         <w:trPr>
-          <w:trHeight w:val="506"/>
+          <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="623" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCABB2C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
-[...1 lines deleted...]
-              <w:rPr>
+          <w:p w14:paraId="6CCABB2C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929" w:rsidP="001674C7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1131" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="127"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="387B708F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001674C7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
               <w:ind w:left="7"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6083" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="7299F53D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7299F53D" w14:textId="43A24C6E" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="001674C7" w:rsidP="001674C7">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="108" w:right="92"/>
-            </w:pPr>
-[...64 lines deleted...]
-              <w:t>toplumsal sorumluluklara yönelik farkındalık gösterir.</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Güncel uluslararası sorunları coğrafi bir bakış açısıyla analiz eder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1474" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="127"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17621674" w14:textId="2CFDBFD6" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00416E9C" w:rsidP="001674C7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
               <w:ind w:left="25" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:spacing w:before="127"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29042C32" w14:textId="4CE85A94" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00416E9C" w:rsidP="001674C7">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
               <w:ind w:left="30" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0AF3DF98" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="0AF3DF98" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1754" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0F9D4612" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0F9D4612" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="252"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>İçeriği:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9097" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F95D032" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1F95D032" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="00416E9C">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Bu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>ders,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>öğrencilerle</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>temel</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>coğrafi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>kavramlar</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>küresel</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>sorunlarla</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">tanıştırmayı </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>amaçlamaktadır.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Öğrenciler, fiziki</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>beşeri</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>coğrafyayı</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>analiz</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>edecek,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>bölgesel</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>küresel</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5160D5B8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5160D5B8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="232" w:lineRule="exact"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>zorlukları</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>inceleyecek</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>problem</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>çözme</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>becerilerini</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>geliştireceklerdir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="42691A25" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="42691A25" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10851" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="48D58556" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="48D58556" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="23"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>İçerikleri:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>(Haftalık</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Planı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="6E8B7E61" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="6E8B7E61" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="551CD87A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="551CD87A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="172"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Hafta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4284" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EA9B4C2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4EA9B4C2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="32"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Konu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F885AA7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5F885AA7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="769"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Hazırlık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3380" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D0AB341" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0D0AB341" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="142"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Öğretim</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Yöntem</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Teknikleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="4DBA04BC" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="4DBA04BC" w14:textId="77777777" w:rsidTr="00E76052">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="787C5129" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="787C5129" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4284" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="544290E6" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7A13A686" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Giriş</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BED4BB1" w14:textId="77777777" w:rsidR="00527C41" w:rsidRPr="001674C7" w:rsidRDefault="00527C41">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Ders Hakkında Bilgilendirme,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="544290E6" w14:textId="37048F80" w:rsidR="00527C41" w:rsidRPr="001674C7" w:rsidRDefault="00E76052">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="74"/>
+              <w:ind w:left="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Öğrenci sunumlarından beklentilerin açıklanması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="18BD9CE7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="18BD9CE7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3380" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
-          </w:tcPr>
-          <w:p w14:paraId="3D38F920" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D38F920" w14:textId="071F82D3" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00E76052" w:rsidP="00E76052">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="111"/>
-            </w:pPr>
-[...22 lines deleted...]
-              <w:t>tartışma</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="1C667833" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="1C667833" w14:textId="77777777" w:rsidTr="001F6569">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="74547E67" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74547E67" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="001F6569">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="71"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4284" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="68823B03" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68823B03" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000" w:rsidP="00835BFB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="71"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Arktik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="671EDD32" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="671EDD32" w14:textId="21EB8426" w:rsidR="00835BFB" w:rsidRPr="00835BFB" w:rsidRDefault="00000000" w:rsidP="00835BFB">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="71"/>
               <w:ind w:left="133"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kitabı</w:t>
+            </w:r>
+            <w:r w:rsidR="00835BFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2: Bölüm 17, sayfa: 210-228.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3380" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2618B1B7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2618B1B7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="71"/>
               <w:ind w:left="111"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0FA9B388" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="0FA9B388" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="221DF147" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="221DF147" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4284" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="71BE05D5" w14:textId="6D074231" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00B159DA">
+          <w:p w14:paraId="71BE05D5" w14:textId="454DFEE5" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00B74833">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Venezuela</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Yemen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="21F2C2CD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="21F2C2CD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="133"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3380" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="79280737" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="79280737" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="111"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="6898CB26" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="6898CB26" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C592745" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7C592745" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4284" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03446B1F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="03446B1F" w14:textId="4A8048B7" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00B74833">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Avrupa</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Japonya</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72CE2AD9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="72CE2AD9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="133"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3380" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A4EB593" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6A4EB593" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="111"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Harita</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Simülasyonu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="380E6352" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="380E6352" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="48B66F95" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="48B66F95" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="10"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4284" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="19E38DDC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="19E38DDC" w14:textId="453ADC31" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00B74833">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:t>Kaplanları</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Tayvan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2292" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="49C5E585" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="49C5E585" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="133"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3380" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="48030CC9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="48030CC9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="111"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B0514A3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+    <w:p w14:paraId="1B0514A3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
-        <w:sectPr w:rsidR="00ED3929" w:rsidRPr="00CC50F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00ED3929" w:rsidRPr="001674C7">
           <w:headerReference w:type="default" r:id="rId7"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1280" w:right="425" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="896"/>
         <w:gridCol w:w="2554"/>
         <w:gridCol w:w="998"/>
         <w:gridCol w:w="756"/>
         <w:gridCol w:w="365"/>
         <w:gridCol w:w="1906"/>
         <w:gridCol w:w="1112"/>
         <w:gridCol w:w="2273"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="7B1CEF89" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="7B1CEF89" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF56E82" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2CF56E82" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5E9D3B08" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5E9D3B08" w14:textId="7A3E69A1" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00B74833">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:t>Ülkeleri</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Venezuela</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="50EE7886" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="50EE7886" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6792859E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6792859E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="73DA8995" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="73DA8995" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="201E659D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="201E659D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="492D01D7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="492D01D7" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="124"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Genel</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Tekrar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="5EAC6BB9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="5EAC6BB9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="17AD7126" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="17AD7126" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="107" w:right="78"/>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Socrative</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Uygulaması,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Anlatım ve Tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="76FC39C4" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="76FC39C4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21DCFD9C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="21DCFD9C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="35FA137A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="35FA137A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ara</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="55CA05F0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="55CA05F0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4252A121" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="4252A121" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="4980D947" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="4980D947" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="4540F8AF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4540F8AF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="68911B60" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="68911B60" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ara</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="21D42EDC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="21D42EDC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6416607F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="6416607F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3E2A6981" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="3E2A6981" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1C5D45" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6F1C5D45" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="2E331029" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2E331029" w14:textId="2C91F4D3" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00B74833">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Yemen</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>BRICS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="77FFC48A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="77FFC48A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2A23E58F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2A23E58F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3B7738FD" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="3B7738FD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="7C1E496F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7C1E496F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="30F423C8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="30F423C8" w14:textId="720D372C" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00B74833">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Japonya</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Kafkasya</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="210D7E42" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="210D7E42" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB17236" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1DB17236" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="58CB535B" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="58CB535B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="505"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67D224AA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="67D224AA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="03D57709" w14:textId="5766123B" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00B159DA">
+          <w:p w14:paraId="03D57709" w14:textId="5766123B" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00B159DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Afrika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F444F9D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2F444F9D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6AAF0E7A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6AAF0E7A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Harita</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Simülasyonu,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-12"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">ve </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0C9BEE01" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="0C9BEE01" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0B49BFA0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0B49BFA0" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="27491061" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="27491061" w14:textId="0CE3BE7D" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="003C23DF">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-[...13 lines deleted...]
-              <w:t>Doğu</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Asya Kaplanları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="39061602" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="39061602" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="108"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="39870A1E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="39870A1E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
               <w:ind w:left="107" w:right="78"/>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Socrative</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Uygulaması,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-15"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Anlatım ve tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="6B79339F" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="6B79339F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55064C51" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="55064C51" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6DAAA2DA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6DAAA2DA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="90"/>
               </w:rPr>
               <w:t>Öğrenci</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Sunumları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="463686D2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="463686D2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="34DF096C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="34DF096C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Vaka</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>analizi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="04333ED4" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="04333ED4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="23BE4E3A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="23BE4E3A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="56CBDD76" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="56CBDD76" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="90"/>
               </w:rPr>
               <w:t>Öğrenci</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Sunumları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="65FBE243" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="65FBE243" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0B2421D9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0B2421D9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Vaka</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>analizi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="115A6422" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="115A6422" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CFDF8F2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3CFDF8F2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="76444303" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="76444303" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Genel</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Tekrar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="33CBC7E5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="33CBC7E5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC07522" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2BC07522" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Soru-Cevap</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="3EB40D53" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="3EB40D53" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="53C02A77" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="53C02A77" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0E2A0754" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0E2A0754" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Final</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="7D67CACC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="7D67CACC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="11DBF789" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="11DBF789" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0BA7B084" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="0BA7B084" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C6FF8BB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1C6FF8BB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="0EA5CDAB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0EA5CDAB" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="107"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Final</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="09CFC149" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="09CFC149" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3385" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0236CEC9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="0236CEC9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="0D0CF4E3" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="0D0CF4E3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10860" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2B73F9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3B2B73F9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="16" w:right="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>İçin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kaynaklar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="08D69AC0" w14:textId="77777777">
+      <w:tr w:rsidR="00AE2CA6" w:rsidRPr="001674C7" w14:paraId="08D69AC0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1012"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="451B6010" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="451B6010" w14:textId="77777777" w:rsidR="00AE2CA6" w:rsidRPr="001674C7" w:rsidRDefault="00AE2CA6" w:rsidP="00AE2CA6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="128"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4641171C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4641171C" w14:textId="77777777" w:rsidR="00AE2CA6" w:rsidRPr="001674C7" w:rsidRDefault="00AE2CA6" w:rsidP="00AE2CA6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kitabı:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7410" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="4A206A15" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
-[...78 lines deleted...]
-          <w:p w14:paraId="58928A75" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5C9644E3" w14:textId="7DFA51C8" w:rsidR="00527C41" w:rsidRPr="001674C7" w:rsidRDefault="00527C41" w:rsidP="00527C41">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Ders Kitabı 1: Brian Brian C. H. Fong. 2025. The Palgrave Geopolitical Atlas State and Quasi-State Actors in Great Power Competition. Palgrave Macmillan.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BDD98D3" w14:textId="77777777" w:rsidR="00527C41" w:rsidRPr="001674C7" w:rsidRDefault="00527C41" w:rsidP="00527C41">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F3CA0C1" w14:textId="685EDA62" w:rsidR="00527C41" w:rsidRPr="001674C7" w:rsidRDefault="00527C41" w:rsidP="00527C41">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Ders Kitabı 2: Brian C. H. Fong; Chong Ja Ian. 2024. The Routledge Handbook of Great Power Competition. Routledge, Routledge Handbooks.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63EFFE9A" w14:textId="77777777" w:rsidR="00527C41" w:rsidRPr="001674C7" w:rsidRDefault="00527C41" w:rsidP="00527C41">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58928A75" w14:textId="2BFC1769" w:rsidR="00AE2CA6" w:rsidRPr="001674C7" w:rsidRDefault="00527C41" w:rsidP="00527C41">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="231" w:line="250" w:lineRule="atLeast"/>
-              <w:ind w:left="110"/>
-[...127 lines deleted...]
-              <w:t>.</w:t>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Ders Kitabı 3: Saul Bernard Cohen. 2015. Geopolitics: The Geography of International Relations. Rowman &amp; Littlefield.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="286C3DF3" w14:textId="77777777">
+      <w:tr w:rsidR="00AE2CA6" w:rsidRPr="001674C7" w14:paraId="286C3DF3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="2BFB6EF9" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2BFB6EF9" w14:textId="77777777" w:rsidR="00AE2CA6" w:rsidRPr="001674C7" w:rsidRDefault="00AE2CA6" w:rsidP="00AE2CA6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="110"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Önerilen</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Kaynaklar:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7410" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="67DD1B46" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6A850A7F" w14:textId="77777777" w:rsidR="00AE2CA6" w:rsidRPr="001674C7" w:rsidRDefault="00AE2CA6" w:rsidP="00AE2CA6">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="252" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>John</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>A.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Matthews</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>David</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>T.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Herbert.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2008.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Geography:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Very</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Short Introduction. Oxford University Press.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CF0918B" w14:textId="77777777" w:rsidR="00AE2CA6" w:rsidRPr="001674C7" w:rsidRDefault="00AE2CA6" w:rsidP="00D57613">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0" w:line="252" w:lineRule="exact"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67DD1B46" w14:textId="040C2817" w:rsidR="00AE2CA6" w:rsidRPr="001674C7" w:rsidRDefault="00AE2CA6" w:rsidP="00AE2CA6">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
-              <w:ind w:left="110"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00CC50F8">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Peter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Daniels,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Michael</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Bradshaw,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Denis</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Shaw,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...49 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>James</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Sidaway.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2012. An Introduction to Human Geography. Pearson.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="70653F7F" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="70653F7F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10860" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="5B914DDF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5B914DDF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="70"/>
               <w:ind w:left="16" w:right="4"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Ölçme</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Değerlendirmesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="4FBE79A8" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="4FBE79A8" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="7741E305" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7741E305" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="13"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Etkinlikler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="998" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="35AF28A2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="35AF28A2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12" w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="1BB6A565" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1BB6A565" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="285"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5291" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="48F3E5AA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="48F3E5AA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Notlar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="48C8EA4F" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="48C8EA4F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="594E0622" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="594E0622" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="110"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ara</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="998" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="214E39F8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="214E39F8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="51129CFC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="51129CFC" w14:textId="59463CA1" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="333"/>
-            </w:pPr>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>%30</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>%3</w:t>
+            </w:r>
+            <w:r w:rsidR="003C23DF" w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5291" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="521D4ABC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="521D4ABC" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Yazılı</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="192D5A65" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="192D5A65" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7396E837" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7396E837" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="110"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="998" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F577BEA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7F577BEA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5A39BC9D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5A39BC9D" w14:textId="01F7BED7" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="333"/>
-            </w:pPr>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>%20</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r w:rsidR="003C23DF" w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5291" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7405AF92" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7405AF92" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="95"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="1DF8C541" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="1DF8C541" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0FA26AFA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0FA26AFA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="110"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="998" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="64EEB0CA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="64EEB0CA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="34012986" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="34012986" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="333"/>
-            </w:pPr>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>%50</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5291" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="2BA2C1FD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2BA2C1FD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="95"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Yazılı</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="7478F5BF" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="7478F5BF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10860" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB406E2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6BB406E2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>AKTS</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Tablosu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="31CAF565" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="31CAF565" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="5F78A515" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5F78A515" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>İçerik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="32620AD8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="32620AD8" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="338"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="7646CFBD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7646CFBD" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="26" w:right="1"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t>Saat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="159C8C9C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="159C8C9C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11" w:right="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Toplam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="2A627BB6" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="2A627BB6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5234EA6C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="5234EA6C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="110"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ders</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>süresi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="53121D0E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="53121D0E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="78F18A88" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="78F18A88" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="26" w:right="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="655C8B8D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="655C8B8D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="74"/>
               <w:ind w:left="11" w:right="5"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="2BD475C3" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="2BD475C3" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="1F30C6A4" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1F30C6A4" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="110"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:w w:val="90"/>
               </w:rPr>
               <w:t>Sınıf</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="90"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:w w:val="90"/>
               </w:rPr>
               <w:t>Dışı</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:w w:val="90"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:w w:val="90"/>
               </w:rPr>
               <w:t>Çalışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="2D414D08" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2D414D08" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="3D350260" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="3D350260" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="26" w:right="3"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="35A8E7E1" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="35A8E7E1" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11" w:right="5"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="00CE318A" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="00CE318A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="10B67736" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="10B67736" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="110"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="4307FD07" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4307FD07" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="21" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2482C80B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2482C80B" w14:textId="1EF6392E" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="26"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003C23DF" w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="484100F2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="484100F2" w14:textId="28148569" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11" w:right="5"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>25</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003C23DF" w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="7E029B98" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="7E029B98" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="506"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="498C02B5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="498C02B5" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="110"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ara</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Sınav</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>(Ara</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Sınav</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Süresi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>+</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Ara</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve">Sınav </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Hazırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="1B50C49B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1B50C49B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="21" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="0493228A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0493228A" w14:textId="79382FF3" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="26"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003C23DF" w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA0AC67" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1BA0AC67" w14:textId="09FDB0AD" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="127"/>
               <w:ind w:left="11" w:right="5"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
-              <w:t>22</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003C23DF" w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w14:paraId="2C245B9B" w14:textId="77777777">
+      <w:tr w:rsidR="00ED3929" w:rsidRPr="001674C7" w14:paraId="2C245B9B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4448" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="45180E8E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="45180E8E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0" w:line="254" w:lineRule="exact"/>
               <w:ind w:left="110"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Final</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Sınavı</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>(Final</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Sınavı</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Süresi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>+</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>Final Sınavı Hazırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1121" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="46F32CA3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="46F32CA3" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="21" w:right="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7A0434E4" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="7A0434E4" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="26"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E6DFA34" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0E6DFA34" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="125"/>
               <w:ind w:left="11" w:right="5"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="09DB246D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+    <w:p w14:paraId="09DB246D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
       <w:pPr>
         <w:pStyle w:val="TableParagraph"/>
         <w:jc w:val="center"/>
-        <w:sectPr w:rsidR="00ED3929" w:rsidRPr="00CC50F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00ED3929" w:rsidRPr="001674C7">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1280" w:right="425" w:bottom="558" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="93" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8587"/>
         <w:gridCol w:w="2273"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="334DEECA" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="334DEECA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="398"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8587" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="37111847" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="37111847" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="93"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Toplam:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25DD3BDA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="25DD3BDA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>166</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="65E71995" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="65E71995" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="395"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="4FCE97FE" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4FCE97FE" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="93"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Toplam</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-5"/>
               </w:rPr>
               <w:t>30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43A9D898" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="43A9D898" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>166/30</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>≈</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="51B7A250" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="51B7A250" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8587" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="6DCD4537" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="6DCD4537" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:right="93"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>AKTS</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kredisi:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76E531E2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="76E531E2" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11" w:right="2"/>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CDAB09B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+    <w:p w14:paraId="0CDAB09B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CB5E01C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+    <w:p w14:paraId="3CB5E01C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="286355AF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+    <w:p w14:paraId="286355AF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
       <w:pPr>
         <w:pStyle w:val="GvdeMetni"/>
         <w:spacing w:before="80"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="98" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="4B93D7"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5411"/>
         <w:gridCol w:w="5450"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="39E84ED0" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="39E84ED0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10861" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="155F82"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7"/>
           </w:tcPr>
-          <w:p w14:paraId="05DAE74E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="05DAE74E" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...8 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
               <w:t>Geçmiş</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>Dönem</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Başarıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC50F8" w:rsidRPr="00CC50F8" w14:paraId="29605EA4" w14:textId="77777777">
+      <w:tr w:rsidR="00CC50F8" w:rsidRPr="001674C7" w14:paraId="29605EA4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="4171"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5411" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="45AFE0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2024533D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="2024533D" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2C99FE30" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="2C99FE30" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="237"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2AB945AA" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="2164C0E8" w14:textId="77777777" w:rsidR="00C44D78" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:ind w:left="2352" w:right="890" w:hanging="815"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>2024-2025</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Bahar</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-15"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">Yarıyılı </w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-2"/>
+              <w:t>Yarıyılı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AB945AA" w14:textId="272068E4" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="0"/>
+              <w:ind w:left="2352" w:right="890" w:hanging="815"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
               <w:t>IRE230</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="20B25683" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+            <w:r w:rsidR="00C44D78">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IR+MAN+ITL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20B25683" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="139"/>
               <w:ind w:left="239"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487221248" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49DF2DF3" wp14:editId="11F2A1EA">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>314007</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>153757</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2914650" cy="9525"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="2" name="Group 2"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
@@ -7935,78 +8628,81 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="D9D9D9"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="7509256F" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.7pt;margin-top:12.1pt;width:229.5pt;height:.75pt;z-index:-16095232;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="29146,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcT6yebgIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjhxm3Qx4hRDswYD&#10;irZAM+xZkeULJksapcTJ34+SL0nTYg8dDAiUSJE8h8da3B5qSfYCbKVVSiejMSVCcZ1Vqkjpz839&#10;l6+UWMdUxqRWIqVHYent8vOnRWMSEetSy0wAwSTKJo1JaemcSaLI8lLUzI60EQqduYaaOdxCEWXA&#10;Gsxeyygej2dRoyEzoLmwFk9XrZMuQ/48F9w95bkVjsiUYm8urBDWrV+j5YIlBTBTVrxrg32gi5pV&#10;CosOqVbMMbKD6k2quuKgrc7diOs60nlecREwIJrJ+ALNGvTOBCxF0hRmoAmpveDpw2n5434N5sU8&#10;Q9s9mg+a/7bIS9SYIjn3+31xCj7kUPtLCIIcAqPHgVFxcITjYTyfXM+mSDxH33waT1vCeYlTeXOJ&#10;l9//dS1iSVsyNDY00hhUjj2RY/+PnJeSGRE4tx78M5AqS+kVJYrVqN91J5UrD8SXxhjPXrezHZHv&#10;cnN9M4tb/O/SM4lvgh4HnCzhO+vWQgea2f7BulauWW+xsrf4QfUmoOi93GWQu6ME5Q6UoNy3bXXD&#10;nL/nZ+dN0pzm5M9qvRcbHbzuYkbY2skr1XmUn/T4Bv/2XgQY20ag4cugoFojlEb7HJxUvosgEF/Y&#10;alll95WUYQPF9k4C2TMEtZr7z+PADK/CDFi3YrZs44KrC5MqiNkm7XT81LY6O+JoG5xmSu2fHQNB&#10;ifyhUDz+legN6I1tb4CTdzq8JYEgrLk5/GJgiC+fUoeTfdS9hljSD81DH2L9TaW/7ZzOKz9R1HPf&#10;UbdBPQcr/PZovXpXzvch6vSQLv8CAAD//wMAUEsDBBQABgAIAAAAIQDFRUNN3wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsIWpGlaRr11JjYmhhvW3YKpOwsYbdA/73j&#10;SY/z3sub7xWr2XZixMG3jhTEiwgEUuVMS7WCz/3r3RKED5qM7hyhggt6WJXXV4XOjZvoA8ddqAWX&#10;kM+1giaEPpfSVw1a7ReuR2Lv6AarA59DLc2gJy63nUyi6EFa3RJ/aHSPmwar0+5sFbxNelrfxy/j&#10;9nTcXL732fvXNkalbm/m9TOIgHP4C8MvPqNDyUwHdybjRacgfUo5qSBJExDsZ9GShQML2SPIspD/&#10;B5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANxPrJ5uAgAAkAUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMVFQ03fAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
+                    <v:group w14:anchorId="18650AC4" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.7pt;margin-top:12.1pt;width:229.5pt;height:.75pt;z-index:-16095232;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="29146,95" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDcT6yebgIAAJAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVNtu2zAMfR+wfxD0vjhxm3Qx4hRDswYD&#10;irZAM+xZkeULJksapcTJ34+SL0nTYg8dDAiUSJE8h8da3B5qSfYCbKVVSiejMSVCcZ1Vqkjpz839&#10;l6+UWMdUxqRWIqVHYent8vOnRWMSEetSy0wAwSTKJo1JaemcSaLI8lLUzI60EQqduYaaOdxCEWXA&#10;Gsxeyygej2dRoyEzoLmwFk9XrZMuQ/48F9w95bkVjsiUYm8urBDWrV+j5YIlBTBTVrxrg32gi5pV&#10;CosOqVbMMbKD6k2quuKgrc7diOs60nlecREwIJrJ+ALNGvTOBCxF0hRmoAmpveDpw2n5434N5sU8&#10;Q9s9mg+a/7bIS9SYIjn3+31xCj7kUPtLCIIcAqPHgVFxcITjYTyfXM+mSDxH33waT1vCeYlTeXOJ&#10;l9//dS1iSVsyNDY00hhUjj2RY/+PnJeSGRE4tx78M5AqS+kVJYrVqN91J5UrD8SXxhjPXrezHZHv&#10;cnN9M4tb/O/SM4lvgh4HnCzhO+vWQgea2f7BulauWW+xsrf4QfUmoOi93GWQu6ME5Q6UoNy3bXXD&#10;nL/nZ+dN0pzm5M9qvRcbHbzuYkbY2skr1XmUn/T4Bv/2XgQY20ag4cugoFojlEb7HJxUvosgEF/Y&#10;alll95WUYQPF9k4C2TMEtZr7z+PADK/CDFi3YrZs44KrC5MqiNkm7XT81LY6O+JoG5xmSu2fHQNB&#10;ifyhUDz+legN6I1tb4CTdzq8JYEgrLk5/GJgiC+fUoeTfdS9hljSD81DH2L9TaW/7ZzOKz9R1HPf&#10;UbdBPQcr/PZovXpXzvch6vSQLv8CAAD//wMAUEsDBBQABgAIAAAAIQDFRUNN3wAAAAgBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4swsIWpGlaRr11JjYmhhvW3YKpOwsYbdA/73j&#10;SY/z3sub7xWr2XZixMG3jhTEiwgEUuVMS7WCz/3r3RKED5qM7hyhggt6WJXXV4XOjZvoA8ddqAWX&#10;kM+1giaEPpfSVw1a7ReuR2Lv6AarA59DLc2gJy63nUyi6EFa3RJ/aHSPmwar0+5sFbxNelrfxy/j&#10;9nTcXL732fvXNkalbm/m9TOIgHP4C8MvPqNDyUwHdybjRacgfUo5qSBJExDsZ9GShQML2SPIspD/&#10;B5Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANxPrJ5uAgAAkAUAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMVFQ03fAAAACAEAAA8AAAAAAAAA&#10;AAAAAAAAyAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADUBQAAAAA=&#10;">
                       <v:shape id="Graphic 3" o:spid="_x0000_s1027" style="position:absolute;top:47;width:29146;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALMDWGwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RagIx&#10;FETfBf8hXKFvmrUVka1RSlFofZCq/YDbzXV32+RmSeLu+vdGKPg4zMwZZrnurREt+VA7VjCdZCCI&#10;C6drLhV8n7bjBYgQkTUax6TgSgHWq+Fgibl2HR+oPcZSJAiHHBVUMTa5lKGoyGKYuIY4eWfnLcYk&#10;fSm1xy7BrZHPWTaXFmtOCxU29F5R8Xe8WAXt12z2iZfp+fdnZzb7jd92OzJKPY36t1cQkfr4CP+3&#10;P7SCF7hfSTdArm4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACzA1hsMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2914078,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74ADAB90" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="74ADAB90" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="37"/>
               <w:ind w:left="239"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487220736" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="243A514C" wp14:editId="6C4D886E">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>314007</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>88479</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="2914650" cy="939800"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="4" name="Group 4"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
@@ -8396,418 +9092,449 @@
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="D9D9D9"/>
                                   </a:solidFill>
                                   <a:prstDash val="solid"/>
                                 </a:ln>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="09037651" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.7pt;margin-top:6.95pt;width:229.5pt;height:74pt;z-index:-16095744;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="29146,9398" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBn7sEcTwUAABMdAAAOAAAAZHJzL2Uyb0RvYy54bWzsWdtu4zYQfS/QfxD03lii7kacRbFpggKL&#10;3QU2RZ8ZWb6gsqiSSuz8fYekaHNsaWOHKfZlEcCiopnR4eGQnENdf9htau+54mLNmpkfXgW+VzUl&#10;m6+b5cz/6+Hut9z3REebOa1ZU838l0r4H25+/eV6204rwlasnlfcgyCNmG7bmb/qunY6mYhyVW2o&#10;uGJt1cDDBeMb2sEtX07mnG4h+qaekCBIJ1vG5y1nZSUE/PdWP/RvVPzFoiq7L4uFqDqvnvmArVO/&#10;XP0+yt/JzTWdLjltV+uyh0HfgGJD1w28dB/qlnbUe+Lrk1CbdcmZYIvuqmSbCVss1mWl+gC9CYOj&#10;3txz9tSqviyn22W7pwmoPeLpzWHLz8/3vP3WfuUaPTQ/sfIfAbxMtu1yaj+X98uD8W7BN9IJOuHt&#10;FKMve0arXeeV8E9ShHGaAPElPCuiIg96yssVjMuJW7n64/uOEzrVr1Xg9mC2LWSPOBAk3Aj6tqJt&#10;pXgXkoCv3FvPZ37iew3dQA7f9+mSyOyRrwYbyWB/J3oyB/mJs5TopBukKMuSIlMU7XtKp+WT6O4r&#10;psimz59Ep5N2blp0ZVrlrjFNDqkvk75WSd/5HiQ99z1I+kf9/pZ20k+OoGx6W2u0VjO/RyIfb9hz&#10;9cCUYSeHjJAoDDLiezCmYJaFqYwIgA+GdYMc4iiQVicO2gw8JYI3IAmjJCXFQOAxJGGSZHEavz8S&#10;kocwtAOBx5DImRFksDoek+jMSRrnRXAJkjAq0mhgOF2RkISQMLlgdEhGoogMQHdFAgvQMc1j4xKS&#10;NI3yAQdXDHaGpCQgaf7arLEyBDm4ItGdQyHPYQM5uGIIrSxFgceQECtLkYMrEns1Q4FHkVirGXJw&#10;RmLNFxR4FIk1X5CDKxJ7XUWBx5DY6ypycEVijw4s3Dkxm+MYEmKNDnJwRmKNDgo8isQaHeTgisQe&#10;HRR4FIk1d5CDKxJ7TUOBR5FYaxpycEWi1zQUcgyDvcIjh/fBALVRDiXJ+RURcnDFYO+5KPAYG/ae&#10;ixyckVgVEQo8isTKDeTgikTnBixRcfzqnmvNWeTgisGeKSjwOWwgB1ckmo1Xl1FrMIzt0Zv7sl1p&#10;CGjbKqVupJwoEpIoUSxYvZ7fretalviCLx8/1tx7pqBObgv5108WZNZy0d1SsdJ26lFvVjdKm4qp&#10;FlpSgD2y+QuotC0Is5kv/n2ivPK9+s8GdCB0tzMNbhqPpsG7+iNTRwNKfcA7H3Z/U9568vUzvwOR&#10;9pkZOUinRn3Jru9tpWfDfn/q2GItpRlIU4OovwFpqoXi/65RodjGGlUtRGdrVLQ0nijVMInzLAUZ&#10;rMV8QDKlgIEMI3XtHDBcwZnI+yvVPRRQqkWkkMhhOEymVinVvCh62YkWlIOZTmkYTWWupwYyNQbm&#10;ahsWpMiLeJ+VWvFiwwOAi4wHIZQ1E5XeVo7l8pl0RDlsD1peoY1vjA/QqEE+YG/6aK6aFMv6jM5a&#10;WC6zRsgNAndu0ixKgwE5PsZNkpMQJNyJrjSIzFVzY1mf0VsLy2XW6DTGIHDnpkjjtNAHBCgzx7jJ&#10;swgSTXGD7A0ic9XcWNZn9NbCcpn1IBJ3bkICR0qZPuRA+/QYOSFI3ygacDCsmKtmxzY/o8M2nAvN&#10;EXoD4h0Igl0j6lcRU0mMchMnaRHrFcfYGiTm2tNiWZ7TTwvEhebHOE4Y+U4dhCoaVPgA2Xe5OgkG&#10;d8tMFQ8/C5uTw/fsuLDJ5L57dmGjd/Yigo8RqiKi08Hj95D8+MP3oTrmZ80OXy5+QM2uvjLBlzf1&#10;daP/Sig/7dn3qsY/fMu8+Q8AAP//AwBQSwMEFAAGAAgAAAAhAJrbHqjfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj81qwzAQhO+FvoPYQG+N7OaH2LEcQmh7CoUmhdLbxtrYJpZkLMV23r7bU3Pc&#10;b4bZmWwzmkb01PnaWQXxNAJBtnC6tqWCr+Pb8wqED2g1Ns6Sght52OSPDxmm2g32k/pDKAWHWJ+i&#10;giqENpXSFxUZ9FPXkmXt7DqDgc+ulLrDgcNNI1+iaCkN1pY/VNjSrqLicrgaBe8DDttZ/NrvL+fd&#10;7ee4+Pjex6TU02TcrkEEGsO/Gf7qc3XIudPJXa32olEwT+bsZD5LQLC+iFYMTgyWcQIyz+T9gvwX&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZ+7BHE8FAAATHQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmtseqN8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACpBwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAALUIAAAAAA==&#10;">
+                    <v:group w14:anchorId="6E607D93" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:24.7pt;margin-top:6.95pt;width:229.5pt;height:74pt;z-index:-16095744;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="29146,9398" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBn7sEcTwUAABMdAAAOAAAAZHJzL2Uyb0RvYy54bWzsWdtu4zYQfS/QfxD03lii7kacRbFpggKL&#10;3QU2RZ8ZWb6gsqiSSuz8fYekaHNsaWOHKfZlEcCiopnR4eGQnENdf9htau+54mLNmpkfXgW+VzUl&#10;m6+b5cz/6+Hut9z3REebOa1ZU838l0r4H25+/eV6204rwlasnlfcgyCNmG7bmb/qunY6mYhyVW2o&#10;uGJt1cDDBeMb2sEtX07mnG4h+qaekCBIJ1vG5y1nZSUE/PdWP/RvVPzFoiq7L4uFqDqvnvmArVO/&#10;XP0+yt/JzTWdLjltV+uyh0HfgGJD1w28dB/qlnbUe+Lrk1CbdcmZYIvuqmSbCVss1mWl+gC9CYOj&#10;3txz9tSqviyn22W7pwmoPeLpzWHLz8/3vP3WfuUaPTQ/sfIfAbxMtu1yaj+X98uD8W7BN9IJOuHt&#10;FKMve0arXeeV8E9ShHGaAPElPCuiIg96yssVjMuJW7n64/uOEzrVr1Xg9mC2LWSPOBAk3Aj6tqJt&#10;pXgXkoCv3FvPZ37iew3dQA7f9+mSyOyRrwYbyWB/J3oyB/mJs5TopBukKMuSIlMU7XtKp+WT6O4r&#10;psimz59Ep5N2blp0ZVrlrjFNDqkvk75WSd/5HiQ99z1I+kf9/pZ20k+OoGx6W2u0VjO/RyIfb9hz&#10;9cCUYSeHjJAoDDLiezCmYJaFqYwIgA+GdYMc4iiQVicO2gw8JYI3IAmjJCXFQOAxJGGSZHEavz8S&#10;kocwtAOBx5DImRFksDoek+jMSRrnRXAJkjAq0mhgOF2RkISQMLlgdEhGoogMQHdFAgvQMc1j4xKS&#10;NI3yAQdXDHaGpCQgaf7arLEyBDm4ItGdQyHPYQM5uGIIrSxFgceQECtLkYMrEns1Q4FHkVirGXJw&#10;RmLNFxR4FIk1X5CDKxJ7XUWBx5DY6ypycEVijw4s3Dkxm+MYEmKNDnJwRmKNDgo8isQaHeTgisQe&#10;HRR4FIk1d5CDKxJ7TUOBR5FYaxpycEWi1zQUcgyDvcIjh/fBALVRDiXJ+RURcnDFYO+5KPAYG/ae&#10;ixyckVgVEQo8isTKDeTgikTnBixRcfzqnmvNWeTgisGeKSjwOWwgB1ckmo1Xl1FrMIzt0Zv7sl1p&#10;CGjbKqVupJwoEpIoUSxYvZ7fretalviCLx8/1tx7pqBObgv5108WZNZy0d1SsdJ26lFvVjdKm4qp&#10;FlpSgD2y+QuotC0Is5kv/n2ivPK9+s8GdCB0tzMNbhqPpsG7+iNTRwNKfcA7H3Z/U9568vUzvwOR&#10;9pkZOUinRn3Jru9tpWfDfn/q2GItpRlIU4OovwFpqoXi/65RodjGGlUtRGdrVLQ0nijVMInzLAUZ&#10;rMV8QDKlgIEMI3XtHDBcwZnI+yvVPRRQqkWkkMhhOEymVinVvCh62YkWlIOZTmkYTWWupwYyNQbm&#10;ahsWpMiLeJ+VWvFiwwOAi4wHIZQ1E5XeVo7l8pl0RDlsD1peoY1vjA/QqEE+YG/6aK6aFMv6jM5a&#10;WC6zRsgNAndu0ixKgwE5PsZNkpMQJNyJrjSIzFVzY1mf0VsLy2XW6DTGIHDnpkjjtNAHBCgzx7jJ&#10;swgSTXGD7A0ic9XcWNZn9NbCcpn1IBJ3bkICR0qZPuRA+/QYOSFI3ygacDCsmKtmxzY/o8M2nAvN&#10;EXoD4h0Igl0j6lcRU0mMchMnaRHrFcfYGiTm2tNiWZ7TTwvEhebHOE4Y+U4dhCoaVPgA2Xe5OgkG&#10;d8tMFQ8/C5uTw/fsuLDJ5L57dmGjd/Yigo8RqiKi08Hj95D8+MP3oTrmZ80OXy5+QM2uvjLBlzf1&#10;daP/Sig/7dn3qsY/fMu8+Q8AAP//AwBQSwMEFAAGAAgAAAAhAJrbHqjfAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj81qwzAQhO+FvoPYQG+N7OaH2LEcQmh7CoUmhdLbxtrYJpZkLMV23r7bU3Pc&#10;b4bZmWwzmkb01PnaWQXxNAJBtnC6tqWCr+Pb8wqED2g1Ns6Sght52OSPDxmm2g32k/pDKAWHWJ+i&#10;giqENpXSFxUZ9FPXkmXt7DqDgc+ulLrDgcNNI1+iaCkN1pY/VNjSrqLicrgaBe8DDttZ/NrvL+fd&#10;7ee4+Pjex6TU02TcrkEEGsO/Gf7qc3XIudPJXa32olEwT+bsZD5LQLC+iFYMTgyWcQIyz+T9gvwX&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZ+7BHE8FAAATHQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAmtseqN8AAAAJAQAADwAAAAAAAAAAAAAA&#10;AACpBwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAALUIAAAAAA==&#10;">
                       <v:shape id="Graphic 5" o:spid="_x0000_s1027" style="position:absolute;top:47;width:29146;height:7760;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,775970" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAm/VYexAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvF3yHcIS9WTRVUKQaRQRBdxfFH/T22BzbYnNSmmi7b78RBC+HmfmGmcwaU4gHVS63rKDXjUAQ&#10;J1bnnCo4HpadEQjnkTUWlknBHzmYTVsfE4y1rXlHj71PRYCwi1FB5n0ZS+mSjAy6ri2Jg3e1lUEf&#10;ZJVKXWEd4KaQ/SgaSoM5h4UMS1pklNz2d6Ng0+x8/b0+je6n/Bz9ysFle/j6Ueqz3czHIDw1/h1+&#10;tVdawQCeV8INkNN/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb9Vh7EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m2231072,775716r199644,em1356296,775716r201168,em2814764,775716r99314,em1648904,775716r490728,em2522156,775716r201168,em,775716r1266380,em2814764,620268r99314,em,620268r1266380,em1648904,620268r490728,em2231072,620268r199644,em2522156,620268r201168,em1356296,620268r201168,em2231072,464820r199644,em2522156,464820r201168,em1356296,464820r783336,em2814764,464820r99314,em,464820r1266380,em,310896r2430716,em2522156,310896r201168,em2814764,310896r99314,em,155448r2723324,em2814764,155448r99314,em,l2914078,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 6" o:spid="_x0000_s1028" style="position:absolute;left:12663;top:47;width:15488;height:9303;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1548765,930275" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDZIXDBxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8lGajB2ljVimKoJdAtdDrc/c1CWbfxt2Nxn/fLRR6HGbmG6ZcjbYTV/KhdaxgmuUg&#10;iLUzLdcKPo/bl1cQISIb7ByTgjsFWC0fH0osjLvxB10PsRYJwqFABU2MfSFl0A1ZDJnriZP37bzF&#10;mKSvpfF4S3DbyVmez6XFltNCgz2tG9Lnw2AVDNU+Hy7187nV5m36tdHVqZqRUpOn8X0BItIY/8N/&#10;7Z1RMIffK+kGyOUPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANkhcMHEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m89916,310896l,310896,,929894r89916,l89916,310896xem382524,464820r-91440,l291084,929894r91440,l382524,464820xem673608,775716r-91440,l582168,929894r91440,l673608,775716xem964692,310896r-91440,l873252,929894r91440,l964692,310896xem1255776,155448r-91440,l1164336,929894r91440,l1255776,155448xem1548384,r-91440,l1456944,929894r91440,l1548384,xe" fillcolor="#155f82" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
                       <v:shape id="Graphic 7" o:spid="_x0000_s1029" style="position:absolute;top:9346;width:29146;height:13;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2914650,1270" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB0CzOFwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ra8Iw&#10;FIXfB/6HcIW9zdQhTjqjjKGw+SBa9wPummvbLbkpSWy7f28EYY+Hc853OMv1YI3oyIfGsYLpJANB&#10;XDrdcKXg67R9WoAIEVmjcUwK/ijAejV6WGKuXc9H6opYiQThkKOCOsY2lzKUNVkME9cSJ+/svMWY&#10;pK+k9tgnuDXyOcvm0mLDaaHGlt5rKn+Li1XQHWazT7xMzz/fO7PZb/y235FR6nE8vL2CiDTE//C9&#10;/aEVvMDtSroBcnUFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdAszhcMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l2914078,e" filled="f" strokecolor="#d9d9d9">
                         <v:path arrowok="t"/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="459BBA8F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="459BBA8F" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="37"/>
               <w:ind w:left="239"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0250D48C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="0250D48C" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="37"/>
               <w:ind w:left="239"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71F6B51B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="71F6B51B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="37"/>
               <w:ind w:left="239"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="208EBA22" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="208EBA22" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="37"/>
               <w:ind w:left="239"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E87755B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="1E87755B" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="37"/>
               <w:ind w:left="239"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DADF714" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="4DADF714" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="37"/>
               <w:ind w:left="239"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25EC9DFF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00000000">
+          <w:p w14:paraId="25EC9DFF" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1072"/>
                 <w:tab w:val="left" w:pos="1521"/>
                 <w:tab w:val="left" w:pos="1971"/>
                 <w:tab w:val="left" w:pos="3352"/>
                 <w:tab w:val="left" w:pos="3816"/>
                 <w:tab w:val="left" w:pos="4275"/>
                 <w:tab w:val="left" w:pos="4734"/>
               </w:tabs>
               <w:spacing w:before="7"/>
               <w:ind w:left="598"/>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>NA</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FF</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>FD</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>DD</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="47"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>DC</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="48"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>CB</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>BB</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>BA</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00CC50F8">
-              <w:rPr>
+            <w:r w:rsidRPr="001674C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>AA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5450" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0176106A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="00CC50F8" w:rsidRDefault="00ED3929">
+          <w:p w14:paraId="0176106A" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRPr="001674C7" w:rsidRDefault="00ED3929">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:before="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="711B92E4" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRPr="00CC50F8" w:rsidRDefault="00F01A0B"/>
-    <w:sectPr w:rsidR="00F01A0B" w:rsidRPr="00CC50F8">
+    <w:p w14:paraId="711B92E4" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRPr="001674C7" w:rsidRDefault="00F01A0B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F01A0B" w:rsidRPr="001674C7">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1280" w:right="425" w:bottom="280" w:left="425" w:header="522" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A3F347C" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRDefault="00F01A0B">
+    <w:p w14:paraId="46214509" w14:textId="77777777" w:rsidR="00F8630F" w:rsidRDefault="00F8630F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="036443F3" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRDefault="00F01A0B">
+    <w:p w14:paraId="240A1B2F" w14:textId="77777777" w:rsidR="00F8630F" w:rsidRDefault="00F8630F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial MT">
     <w:altName w:val="Arial"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4151B0E1" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRDefault="00F01A0B">
+    <w:p w14:paraId="76567524" w14:textId="77777777" w:rsidR="00F8630F" w:rsidRDefault="00F8630F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4BD22602" w14:textId="77777777" w:rsidR="00F01A0B" w:rsidRDefault="00F01A0B">
+    <w:p w14:paraId="3679F925" w14:textId="77777777" w:rsidR="00F8630F" w:rsidRDefault="00F8630F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="30913124" w14:textId="77777777" w:rsidR="00ED3929" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="GvdeMetni"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:b w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b w:val="0"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -8839,78 +9566,111 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1966935" cy="390448"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:shapeLayoutLikeWW8/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00ED3929"/>
+    <w:rsid w:val="000F1220"/>
+    <w:rsid w:val="001674C7"/>
+    <w:rsid w:val="001F6569"/>
+    <w:rsid w:val="00234C42"/>
+    <w:rsid w:val="002D24B7"/>
+    <w:rsid w:val="002F6172"/>
+    <w:rsid w:val="0037723E"/>
+    <w:rsid w:val="00386D31"/>
+    <w:rsid w:val="003C23DF"/>
+    <w:rsid w:val="00416E9C"/>
+    <w:rsid w:val="00527C41"/>
+    <w:rsid w:val="00737252"/>
+    <w:rsid w:val="007D7217"/>
+    <w:rsid w:val="00835BFB"/>
+    <w:rsid w:val="00891302"/>
+    <w:rsid w:val="00AD1F06"/>
+    <w:rsid w:val="00AE2CA6"/>
+    <w:rsid w:val="00AF7C2B"/>
     <w:rsid w:val="00B159DA"/>
+    <w:rsid w:val="00B67459"/>
+    <w:rsid w:val="00B74833"/>
+    <w:rsid w:val="00B97C15"/>
+    <w:rsid w:val="00BD61CC"/>
+    <w:rsid w:val="00C25752"/>
+    <w:rsid w:val="00C44D78"/>
     <w:rsid w:val="00C73F6A"/>
     <w:rsid w:val="00CC50F8"/>
+    <w:rsid w:val="00CD2033"/>
+    <w:rsid w:val="00D4635B"/>
+    <w:rsid w:val="00D57613"/>
+    <w:rsid w:val="00D7734B"/>
+    <w:rsid w:val="00E16C83"/>
+    <w:rsid w:val="00E26F3F"/>
+    <w:rsid w:val="00E76052"/>
+    <w:rsid w:val="00EC3502"/>
     <w:rsid w:val="00ED3929"/>
     <w:rsid w:val="00F01A0B"/>
+    <w:rsid w:val="00F8630F"/>
+    <w:rsid w:val="00FD5EA3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="26DE921B"/>
@@ -9673,75 +10433,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>516</Words>
-  <Characters>2947</Characters>
+  <Words>574</Words>
+  <Characters>3275</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>27</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3457</CharactersWithSpaces>
+  <CharactersWithSpaces>3842</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-10-06T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word LTSC</vt:lpwstr>
   </property>