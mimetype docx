--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -1,104 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w14:paraId="1306475C" w14:textId="77777777" w:rsidR="00A070C8" w:rsidRPr="00F81AB7" w:rsidRDefault="00A070C8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
     </w:p>
     <w:p w14:paraId="72EC5E86" w14:textId="3795EC8E" w:rsidR="00A070C8" w:rsidRPr="00F81AB7" w:rsidRDefault="00A070C8" w:rsidP="00A070C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F81AB7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DA0E36C" wp14:editId="437DDB91">
             <wp:extent cx="2209800" cy="2209800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Resim 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="nil tv logo.jpeg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2208633" cy="2208633"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
@@ -410,52 +410,62 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4824" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="332DDDD9" w14:textId="458CB20B" w:rsidR="004849B7" w:rsidRPr="00F81AB7" w:rsidRDefault="004849B7" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Edebiyat Kuramı ve Eleştiri: Zeka Yazıyor: Eleştiri ve Yaratıcılık 5.0</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Edebiyat Kuramı ve Eleştiri: Zeka Yazıyor: Eleştiri ve Yaratıcılık </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5.0</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00F56615" w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Marka: Nil TV)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="01A4A3C7" w14:textId="09986BA4" w:rsidR="004849B7" w:rsidRPr="00F81AB7" w:rsidRDefault="004849B7" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -1283,61 +1293,61 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DCEC51D" w14:textId="77777777" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2476" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="406CD1B0" w14:textId="6E1ACC57" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="00307581" w:rsidP="00833C72">
+          <w:p w14:paraId="406CD1B0" w14:textId="6E1ACC57" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="001358BB" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="006E7434" w:rsidRPr="00F81AB7">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>elmassahin@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="006E7434" w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E7434" w:rsidRPr="00F81AB7" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
@@ -1390,111 +1400,201 @@
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prof. Dr. Elmas Şahin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E7434" w:rsidRPr="00F81AB7" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66EAB58D" w14:textId="4A384BE7" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="003537D4">
+          <w:p w14:paraId="085B3171" w14:textId="0B7DAF99" w:rsidR="00A30EDF" w:rsidRDefault="006E7434" w:rsidP="00A30EDF">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Amacı</w:t>
+            </w:r>
+            <w:r w:rsidR="00E14B8D" w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00A30EDF">
+              <w:t xml:space="preserve">Bu ders, eleştiriyi yalnızca bir yorumlama biçimi değil, aynı zamanda </w:t>
+            </w:r>
+            <w:r w:rsidR="00A30EDF">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>yaratıcı üretimin parçası</w:t>
+            </w:r>
+            <w:r w:rsidR="00A30EDF">
+              <w:t xml:space="preserve"> olarak yeniden düşünmeyi amaçlar.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A30EDF">
+              <w:br/>
+              <w:t xml:space="preserve">Öğrenciler, yapay zekâ destekli yazım, dijital edebiyat, etik ve eleştirel kuram </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A30EDF">
+              <w:t>kesişiminde</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A30EDF">
+              <w:t xml:space="preserve"> hem </w:t>
+            </w:r>
+            <w:r w:rsidR="00A30EDF">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">düşünsel hem </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A30EDF">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>üretimsel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A30EDF">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A30EDF">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t>disiplinlerarası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A30EDF">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> beceriler</w:t>
+            </w:r>
+            <w:r w:rsidR="00A30EDF">
+              <w:t xml:space="preserve"> geliştirir.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D848243" w14:textId="77777777" w:rsidR="00A30EDF" w:rsidRDefault="00A30EDF" w:rsidP="00A30EDF">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Odak:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F85FF62" w14:textId="77777777" w:rsidR="00A30EDF" w:rsidRDefault="00A30EDF" w:rsidP="00A30EDF">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Edebi eleştirinin dönüşümü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62A33189" w14:textId="77777777" w:rsidR="00A30EDF" w:rsidRDefault="00A30EDF" w:rsidP="00A30EDF">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Yapay zekâ ile yazarlığın imkânları ve sınırları</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29B033EE" w14:textId="77777777" w:rsidR="00A30EDF" w:rsidRDefault="00A30EDF" w:rsidP="00A30EDF">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Metin sahipliği, etik, dijital estetik</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67C4FF29" w14:textId="77777777" w:rsidR="00A30EDF" w:rsidRDefault="00A30EDF" w:rsidP="00A30EDF">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Deneysel ve dijital anlatı biçimleri</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66EAB58D" w14:textId="25E2C98F" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="003537D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F81AB7">
-[...48 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E7434" w:rsidRPr="00F81AB7" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="00A8173B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -2278,51 +2378,69 @@
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="2C60B735" w14:textId="32AB41BA" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Eleştirel düşünme yöntemlerini yaratıcı yazma süreçlerine entegre eder</w:t>
+              <w:t xml:space="preserve">Eleştirel düşünme yöntemlerini yaratıcı yazma süreçlerine </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>entegre</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> eder</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1561474B" w14:textId="6A5BE0EB" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00343ABC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2677,51 +2795,73 @@
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FCAB1F0" w14:textId="1856FE87" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="001B5C97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">“Zekâ Yazıyor: Eleştiri ve Yaratıcılık 5.0” dersi, öğrencileri yapay zekâ destekli edebi üretimin sınırlarında yaratıcı bir yolculuğa davet eder. Dijital çağın sunduğu yeni anlatı biçimleriyle, klasik yaratıcı yazarlık ve eleştirel düşünce becerilerini sentezleyen bu ders; hem insan hem yapay zekâ katkısıyla yazılan metinlerin üretimi, incelenmesi ve tartışılmasına odaklanır. Atölye çalışmaları, teorik okumalar ve yapay zekâ uygulamaları bir araya gelerek öğrencilerin eleştirel bir dijital edebiyat anlayışı geliştirmesini amaçlar. </w:t>
+              <w:t xml:space="preserve">“Zekâ Yazıyor: Eleştiri ve Yaratıcılık </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5.0</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">” dersi, öğrencileri yapay zekâ destekli edebi üretimin sınırlarında yaratıcı bir yolculuğa davet eder. Dijital çağın sunduğu yeni anlatı biçimleriyle, klasik yaratıcı yazarlık ve eleştirel düşünce becerilerini sentezleyen bu ders; hem insan hem yapay zekâ katkısıyla yazılan metinlerin üretimi, incelenmesi ve tartışılmasına odaklanır. Atölye çalışmaları, teorik okumalar ve yapay zekâ uygulamaları bir araya gelerek öğrencilerin eleştirel bir dijital edebiyat anlayışı geliştirmesini amaçlar. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Posthümanizm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, etik ve dijital öznellikle beraber </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
@@ -2947,51 +3087,51 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="470003E1" w14:textId="77585AE6" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00EC6656">
+          <w:p w14:paraId="470003E1" w14:textId="5E9231BB" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00EC6656">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Modül 1: Marka-Nil </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Tv</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
@@ -3012,68 +3152,59 @@
               <w:t xml:space="preserve">edebiyat kuramları ve eleştiri, </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">etik meseleler </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rStyle w:val="Gl"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Odak:</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Tanıtım, yapay zekâ araçlarının tanımlanması, ilk denemeler) Giriş – Edebiyatın yeni çağında YZ yazarlığı. </w:t>
-[...16 lines deleted...]
-              <w:t>: Öğrencilerin kendilerini tanıttığı kısa “yapay zekâ ile yazılmış öz yaşam öyküsü” yazımı</w:t>
+              <w:t xml:space="preserve"> Tanıtım, yapay zekâ araçlarının tanımlanması, ilk denemeler) Giriş – </w:t>
+            </w:r>
+            <w:r w:rsidR="00A30EDF" w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Edebiyatın Yeni Çağında YZ Yazarlığı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="66A1AA39" w14:textId="45FBF832" w:rsidR="00EC6656" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00EC6656">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3211,2188 +3342,1349 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Moran</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00EC6656" w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> “Okur Merkezli eleştiri”- Elmas Şahin “Eleştirinin Görevi”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="5A34437D" w14:textId="3295E7A5" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00544FFC">
+          <w:p w14:paraId="630C4497" w14:textId="1500572C" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00A30EDF">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F81AB7">
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
+            <w:r w:rsidRPr="00A30EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ChatGPT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Gemini/ </w:t>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Copilot, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
+            <w:r w:rsidRPr="00A30EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sudowrite</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...17 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tanıtımı; kısa öz yaşam öyküsü: “YZ ile ben kimim?”</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00A3501B">
+      <w:tr w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00ED21C4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="4D940AF3" w14:textId="45B39663" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D39F4">
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4374FDA5" w14:textId="220DEF8C" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> katkısıyla </w:t>
+          <w:p w14:paraId="4374FDA5" w14:textId="4C5FF909" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Dijital Anlatı Biçimleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0BAB9F3C" w14:textId="77777777" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00544FFC">
-[...1 lines deleted...]
-              <w:pStyle w:val="NormalWeb"/>
+          <w:p w14:paraId="7A3375F5" w14:textId="18E1BE37" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Okuma: J.H. </w:t>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve">J. H. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D39F4">
               <w:t>Murray</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...14 lines deleted...]
-              <w:t xml:space="preserve">Hamlet on </w:t>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> – Hamlet on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D39F4">
               <w:t>the</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D39F4">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D39F4">
               <w:t>Holodeck</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">, Bölüm 2 / F. </w:t>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> / F. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="009D39F4">
               <w:t>Kittler</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...16 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="52087E50" w14:textId="77777777" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00544FFC">
-[...1 lines deleted...]
-              <w:ind w:left="-288" w:firstLine="288"/>
+          <w:p w14:paraId="23414219" w14:textId="04263C9C" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Geleneksel vs. dijital anlatı karşılaştırması; Medya aktarım haritası (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Padlet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00ED21C4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6548EC" w14:textId="1009FF6A" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
-                <w:sz w:val="22"/>
-[...21 lines deleted...]
-            </w:pPr>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAB814A" w14:textId="6DE8A08B" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Otomatik Yazım ve Ortak Üretim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="6295EC77" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve">S. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t>Perplexity</w:t>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Marcus</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> – “</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t>Elicit</w:t>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>The</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t>, Poe ile analizleri karşılaştırma</w:t>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Cut-Up</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Method</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> of W. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Burroughs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve">” / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Janelle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Shane</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A682109" w14:textId="32D5CD06" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Ortak yazım denemeleri; “Makineyle birlikte yazmak” atölyesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00A3501B">
+      <w:tr w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00ED21C4">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DEC8DB" w14:textId="2EA3A7EA" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCC2790" w14:textId="576D7600" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Etik Meseleler: Yazarın Ölümü, Sahiplik, Telif</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6216AD61" w14:textId="59819DB8" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Barthes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> – “Yazarın Ölümü” / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Hayles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> – How </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>We</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>Think</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve"> (seçme)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B065C00" w14:textId="16B0680A" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t xml:space="preserve">Tartışma forumu: YZ ile yazmak – etik, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>anonimlik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009D39F4">
+              <w:t>, telif</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00A3501B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
+          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6BAB814A" w14:textId="5364F32F" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Otomatik yazım atölyesi (YZ ile birlikte yazma). </w:t>
+          <w:p w14:paraId="2DB57E5F" w14:textId="4E6D3D5B" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modül 2: Kuram, Eleştiri, Yorum (Hafta 5–8, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Temalar:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Edebi eleştiri kuramları, teorik çerçeveler, yapay zekâyla okuma </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Odak:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kuramsal kavrayış, eleştirel analiz becerileri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yapısalcılıktan </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>posthümanizme</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Edebi kuram panoraması, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Posthuman</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anlatı</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Uygulama</w:t>
-[...7 lines deleted...]
-              <w:t>: Otomatik yazım denemeleri (insan-YZ birlikte üretim) / YZ ile İlk Temas</w:t>
+              <w:t xml:space="preserve"> Uygulama</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: Aynı metni yapısalcı ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>postyapısalcı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bakışla inceleme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2D8BE1F4" w14:textId="62D22C23" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
-            <w:pPr>
+          <w:p w14:paraId="4FD7B28F" w14:textId="252DD37B" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00544FFC">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              <w:t>Marcus</w:t>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eagleton</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t>The</w:t>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Literary</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t>Cut-Up</w:t>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Theory</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Giriş) / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t>Method</w:t>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Haraway</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> of W. </w:t>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t>Burroughs</w:t>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cyborg</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manifesto / Elmas Şahin – Anlatı Üzerine Anlatı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26BDCA38" w14:textId="77777777" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6A682109" w14:textId="33F4214B" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
-[...15 lines deleted...]
-              <w:t>Yapay öykü üretimi</w:t>
+          <w:p w14:paraId="5A0399AA" w14:textId="21EB169B" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aynı metni yapısalcı ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>postyapısalcı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A30EDF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> okumayla çözümleme</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00A3501B">
+      <w:tr w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="005B5519">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="2413084A" w14:textId="578B803C" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F81AB7">
-[...7 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="004B2782">
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="37AE0746" w14:textId="77777777" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00544FFC">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0931D2E2" w14:textId="47A6ABD2" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00AF3338" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              <w:t>Metinsel</w:t>
+            <w:r>
+              <w:t>Postmodernizm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...68 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:r w:rsidR="00A30EDF" w:rsidRPr="004B2782">
+              <w:t>Yapay Zekâ Metinlerini Okumak</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6216AD61" w14:textId="2A59D7C8" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
+          <w:p w14:paraId="5773CCF7" w14:textId="53A22BCD" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Okuma: </w:t>
+            <w:r w:rsidRPr="004B2782">
+              <w:t xml:space="preserve">YZ üretimi kısa öyküler (GPT, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              <w:t>Hayles</w:t>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Perplexity</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">, N. </w:t>
+            <w:r w:rsidRPr="004B2782">
+              <w:t xml:space="preserve">, Poe vb.) / L. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              <w:t>Katherine</w:t>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Lessig</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...4 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="004B2782">
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F81AB7">
-[...7 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-              <w:t>We</w:t>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Remix</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...44 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1B065C00" w14:textId="53B7D4D8" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
-[...15 lines deleted...]
-              <w:t>YZ ile yeniden okuma</w:t>
+          <w:p w14:paraId="108B07A9" w14:textId="6D633C6F" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>“</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Remix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B2782">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Studio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>”: Metin analizi + yeniden düzenleme</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00A3501B">
+      <w:tr w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="005B5519">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D70DF3" w14:textId="451B834F" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="333F1193" w14:textId="6A3D0550" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="009427D4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Kuramla Yazmak</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1591F644" w14:textId="4201CEA4" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Haraway</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B2782">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Moran</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>, Görsel anlatım örnekleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA15B95" w14:textId="5EA3C5B7" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Kuramsal ilhamla kısa öykü / şiir / TV senaryosu üretimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="005B5519">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DDB1ED" w14:textId="296F450F" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="56532DA8" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Ara Sınav – Öğrenci Projesi (Mini Kuramsal / Yaratıcı Çalışma)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="04590A59" w14:textId="500B7599" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Proje teslim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE9B06" w14:textId="6460A9BE" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00A30EDF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Turnitin’e</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> yükleme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2782">
+              <w:t xml:space="preserve"> + geri bildirim </w:t>
+            </w:r>
+            <w:r>
+              <w:t>/değerlendirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="007623C3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="00AD16B4" w:rsidRPr="00F81AB7" w:rsidRDefault="00AD16B4" w:rsidP="00466279">
-[...1065 lines deleted...]
-          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="00466279">
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE72139" w14:textId="315F605A" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="00AD16B4">
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> -Öğrenci projesi</w:t>
+          <w:p w14:paraId="3BE72139" w14:textId="640DA484" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00AD16B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2782">
+              <w:t xml:space="preserve"> Öğrenci Projesi (Mini Kuramsal / Yaratıcı Çalışma)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2CF2690A" w14:textId="77777777" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="2675BC9A" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="004B2782">
+              <w:t>Proje teslim</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...9 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="0DD11E10" w:rsidR="00A30EDF" w:rsidRPr="00F81AB7" w:rsidRDefault="00A30EDF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Turnitin’e</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> yükleme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B2782">
+              <w:t xml:space="preserve"> + geri bildirim </w:t>
+            </w:r>
+            <w:r>
+              <w:t>/değerlendirme</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00654A9F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="05C966E6" w14:textId="79617BF0" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
+          <w:p w14:paraId="05C966E6" w14:textId="684D62F0" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00571A40">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rStyle w:val="Gl"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Modül 3: Deneysel Atölyeler (Hafta 9–12, </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5422,61 +4714,111 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, çoklu-sonlu anlatılar </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Uygulama</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">: YZ destekli “çoklu seçenekli” öykü yazımı </w:t>
+              <w:t>: YZ destekli “çoklu seçenekli” öykü yazımı</w:t>
+            </w:r>
+            <w:r w:rsidR="00571A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00571A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marka: Nil </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00571A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Tv</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00571A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> konuk -</w:t>
+            </w:r>
+            <w:r w:rsidR="00571A40" w:rsidRPr="00571A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Basın- Yayın, metin yazarlığı ve dijital yazarlık </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2BDC90E3" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00544FFC">
+          <w:p w14:paraId="7A0D5AEA" w14:textId="00E13B9D" w:rsidR="00936582" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00936582">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Okuma: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Espen</w:t>
@@ -5540,195 +4882,259 @@
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Calvino</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Elmas Şahin, Anlatı Üzerine Anlatı</w:t>
+            </w:r>
+            <w:r w:rsidR="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A7D3643" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="50975E5D" w14:textId="47AF211E" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
-[...3 lines deleted...]
-                <w:b w:val="0"/>
+          <w:p w14:paraId="0CF77378" w14:textId="77777777" w:rsidR="00936582" w:rsidRDefault="00100EE1" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Öykü /Senaryo denemesi / </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nonlineer</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> metin yapısı</w:t>
+            </w:r>
+            <w:r w:rsidR="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50975E5D" w14:textId="63AA07BB" w:rsidR="00100EE1" w:rsidRPr="00936582" w:rsidRDefault="00936582" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Twine</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ile “çoklu seçenekli öykü” üretimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00654A9F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
+          <w:p w14:paraId="16BE0142" w14:textId="0C15709A" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="1242F594" w14:textId="24964EC5" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1242F594" w14:textId="17CBF8B6" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pos Görsel şiir /öykü biçim ve anlam – Yapay zekâyla deneysel şiir/öykü. </w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Uygulama</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>: Görselleştirilmiş yazın atölyesi (YZ görsel üretimiyle) / Makine Empatisi</w:t>
+            </w:r>
+            <w:r w:rsidR="00571A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00571A40" w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Markası Nil TV’yi Ziyaret</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3558B15C" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00544FFC">
+          <w:p w14:paraId="3558B15C" w14:textId="7B6A260A" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00544FFC">
             <w:pPr>
               <w:pStyle w:val="NormalWeb"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Okuma: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Concrete</w:t>
@@ -5756,86 +5162,163 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> örnekleri + dijital sesli şiir / K. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Crawford</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – Atlas of AI</w:t>
             </w:r>
+            <w:r w:rsidR="00571A40">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00571A40" w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00571A40" w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Nil TV</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="2DD3F5E0" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="378C5450" w14:textId="2698EF70" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
+          <w:p w14:paraId="378C5450" w14:textId="3B4C5CE9" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Empati Metin yazımı</w:t>
+            </w:r>
+            <w:r w:rsidR="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00936582" w:rsidRPr="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Canva</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00936582" w:rsidRPr="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / DALL·E / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00936582" w:rsidRPr="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Midjourney</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00936582" w:rsidRPr="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ile görsel-şiir üretimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="00654A9F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -5871,51 +5354,69 @@
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Kes-yapıştır (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>cut-up</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">), kolaj metin ve rastlantısal yazım. </w:t>
+              <w:t xml:space="preserve">), </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>kolaj</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> metin ve rastlantısal yazım. </w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Uygulama</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>: Farklı metinlerden kes-yapıştır ile yeni kurgu oluşturma / Makineye Karşı Okuma</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49B35FFE" w14:textId="11A5B7A9" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00A070C8" w:rsidP="00A070C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -6043,76 +5544,96 @@
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nil TV</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="017669E5" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="36C928C5" w14:textId="7B844286" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
+          <w:p w14:paraId="36C928C5" w14:textId="02402B11" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yorumlama + yeniden yazım</w:t>
             </w:r>
             <w:r w:rsidR="00A070C8" w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>- Media</w:t>
+            </w:r>
+            <w:r w:rsidR="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00936582">
+              <w:t xml:space="preserve">Metin </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00936582">
+              <w:t>kolajı</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00936582">
+              <w:t xml:space="preserve"> + makineye karşı okuma deneyi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00654A9F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -6337,51 +5858,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dalloway</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="75BE5125" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="213BE876" w14:textId="20E3AD17" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
+          <w:p w14:paraId="213BE876" w14:textId="72C0D163" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Yapılandırma Atölyesi </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -6393,71 +5914,100 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Elicit</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Poe gibi YZ Araçları, ve Notion AI, </w:t>
+              <w:t xml:space="preserve">, Poe gibi YZ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Araçları,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve Notion AI, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Grammarly</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ile yapılandırma, yazı düzenleme</w:t>
+            </w:r>
+            <w:r w:rsidR="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="00654A9F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -6567,67 +6117,76 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Her öğrenci kendi seçtiği temada (yaratıcı veya kuramsal) bir proje sunar</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E0B48E8" w14:textId="77777777" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="01F8B557" w14:textId="3B22A429" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
-[...15 lines deleted...]
-              <w:t>Medya editörlüğü / Açık kampüs sunumu + medya çekimi</w:t>
+          <w:p w14:paraId="01F8B557" w14:textId="1B84CBDE" w:rsidR="00100EE1" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00936582">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Medya editörlüğü / Açık kampüs medya çekimi</w:t>
+            </w:r>
+            <w:r w:rsidR="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Proje Rehberliği,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E7434" w:rsidRPr="00F81AB7" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -6673,265 +6232,370 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Forum</w:t>
             </w:r>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>: YZ ile yazmak – korkular ve umutlar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="463A8CB9" w14:textId="56EACED0" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
+          <w:p w14:paraId="463A8CB9" w14:textId="07513A7F" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="00936582" w:rsidP="00936582">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F81AB7">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00936582">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kolektif değerlendirme oturumu, “YZ ile yazmak – korkular ve umutlar” temalı tartışma, bireysel yansıma metinleri</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00100EE1" w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00100EE1" w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Neyi öğrendim? Neyi sorguladım?</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00100EE1" w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3574F7" w14:textId="4613E7DB" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00F81AB7">
+          <w:p w14:paraId="4F3574F7" w14:textId="6EDC6E1E" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="00936582" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proje Rehberliği, </w:t>
+            </w:r>
+            <w:r w:rsidR="00100EE1" w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Medya editörlüğü ve Geri Bildirim + medya çekimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E7434" w:rsidRPr="00F81AB7" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C6A86DB" w14:textId="4B2BEE0A" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Final </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Projesi.Kolektif</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F81AB7">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> değerlendirme forumu &amp; yansıma metinleri /Geri Bildirim.</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> değerlendirme </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>forumu &amp; yansıma metinleri /Geri Bildirim.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DC441A5" w14:textId="16F46A04" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Bireysel yansıma metinleri (Neyi öğrendim? Neyi sorguladım?)</w:t>
-            </w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Bireysel yansıma </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">metinleri </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Neyi öğrendim? Neyi sorguladım?</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D1738B9" w14:textId="04B290A2" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="00100EE1" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Medya editörlüğü ve Geri Bildirim + medya çekimi</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Medya editörlüğü ve Geri </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Bildirim + medya çekimi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E7434" w:rsidRPr="00F81AB7" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682EA4FF" w14:textId="77777777" w:rsidR="006E7434" w:rsidRPr="00F81AB7" w:rsidRDefault="006E7434" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -7433,51 +7097,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Burdick</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> et al., </w:t>
+              <w:t xml:space="preserve"> et al</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F81AB7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Digital_Humanities</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="229E490F" w14:textId="77777777" w:rsidR="004842D3" w:rsidRPr="00F81AB7" w:rsidRDefault="004842D3" w:rsidP="000505DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
@@ -10152,98 +9836,98 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1885371C" wp14:editId="15C1BB4A">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="427BA7FB" w14:textId="47DE8BC2" w:rsidR="003237AD" w:rsidRPr="00F81AB7" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FA47C53" wp14:editId="69367B23">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2071116311" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003237AD" w:rsidRPr="00F81AB7" w14:paraId="2BCFF5A2" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C7E970A" w14:textId="4F40234B" w:rsidR="003237AD" w:rsidRPr="00F81AB7" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
@@ -10251,98 +9935,98 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A96DE31" wp14:editId="66E4DF37">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="900991778" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F752316" w14:textId="3328BFA2" w:rsidR="003237AD" w:rsidRPr="00F81AB7" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D4C7441" wp14:editId="0FE4A47C">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F34D6" w:rsidRPr="00F81AB7" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10352,206 +10036,219 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DF07A08" wp14:editId="0D867B99">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="729780621" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42343372" w14:textId="1C0777E5" w:rsidR="000F34D6" w:rsidRPr="00F81AB7" w:rsidRDefault="006241B7" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F81AB7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="658F462F" wp14:editId="4484698B">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1483050501" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00F81AB7" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00F81AB7" w:rsidSect="005A2B8A">
-      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6B3B07BA" w14:textId="77777777" w:rsidR="00307581" w:rsidRDefault="00307581" w:rsidP="0034027E">
+    <w:p w14:paraId="0830A89B" w14:textId="77777777" w:rsidR="001358BB" w:rsidRDefault="001358BB" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04B2ECF2" w14:textId="77777777" w:rsidR="00307581" w:rsidRDefault="00307581" w:rsidP="0034027E">
+    <w:p w14:paraId="7EBEB065" w14:textId="77777777" w:rsidR="001358BB" w:rsidRDefault="001358BB" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1AF960DE" w14:textId="77777777" w:rsidR="00307581" w:rsidRDefault="00307581" w:rsidP="0034027E">
+    <w:p w14:paraId="34370FA3" w14:textId="77777777" w:rsidR="001358BB" w:rsidRDefault="001358BB" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A1B3473" w14:textId="77777777" w:rsidR="00307581" w:rsidRDefault="00307581" w:rsidP="0034027E">
+    <w:p w14:paraId="5626C01F" w14:textId="77777777" w:rsidR="001358BB" w:rsidRDefault="001358BB" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -10575,88 +10272,246 @@
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="032E3AE8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="35BE1EDE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00100EE1"/>
     <w:rsid w:val="00102701"/>
+    <w:rsid w:val="001358BB"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00177225"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="0023537F"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="00306F03"/>
@@ -10677,122 +10532,128 @@
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="0044486C"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004842D3"/>
     <w:rsid w:val="004849B7"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004C19C9"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="00512C0E"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="00571A40"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006E7434"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="00821C93"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008C0BE9"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="00936582"/>
     <w:rsid w:val="009427D4"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="009E4D09"/>
     <w:rsid w:val="00A070C8"/>
     <w:rsid w:val="00A23EA7"/>
+    <w:rsid w:val="00A30EDF"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A714A1"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00A95D4B"/>
     <w:rsid w:val="00AD16B4"/>
+    <w:rsid w:val="00AF3338"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B81507"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
@@ -11854,50 +11715,63 @@
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="620381339">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
                     <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
                     <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
                     <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="481119250">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="614141163">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="574627509">
           <w:marLeft w:val="225"/>
           <w:marRight w:val="225"/>
           <w:marTop w:val="225"/>
           <w:marBottom w:val="225"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -12003,64 +11877,116 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="967854783">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1005472632">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1160387251">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1237058976">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1685475086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1755086493">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1764297337">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -12144,51 +12070,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmassahin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmassahin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_3.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_4.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_5.xlsx"/></Relationships>
 </file>
@@ -12412,157 +12338,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="161249792"/>
-        <c:axId val="148761408"/>
+        <c:axId val="151428096"/>
+        <c:axId val="45768704"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="161249792"/>
+        <c:axId val="151428096"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="148761408"/>
+        <c:crossAx val="45768704"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="148761408"/>
+        <c:axId val="45768704"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="161249792"/>
+        <c:crossAx val="151428096"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12802,157 +12728,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="222964224"/>
-        <c:axId val="158779072"/>
+        <c:axId val="151428608"/>
+        <c:axId val="45772160"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="222964224"/>
+        <c:axId val="151428608"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="158779072"/>
+        <c:crossAx val="45772160"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="158779072"/>
+        <c:axId val="45772160"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="222964224"/>
+        <c:crossAx val="151428608"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13192,157 +13118,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="223109632"/>
-        <c:axId val="158784832"/>
+        <c:axId val="177762304"/>
+        <c:axId val="150943936"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="223109632"/>
+        <c:axId val="177762304"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="158784832"/>
+        <c:crossAx val="150943936"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="158784832"/>
+        <c:axId val="150943936"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="223109632"/>
+        <c:crossAx val="177762304"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13568,157 +13494,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180661248"/>
-        <c:axId val="174499520"/>
+        <c:axId val="166388224"/>
+        <c:axId val="150983744"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180661248"/>
+        <c:axId val="166388224"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="174499520"/>
+        <c:crossAx val="150983744"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="174499520"/>
+        <c:axId val="150983744"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180661248"/>
+        <c:crossAx val="166388224"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13944,157 +13870,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1B61-4F0B-BA52-A0957D33D0C8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="223109120"/>
-        <c:axId val="174500672"/>
+        <c:axId val="151425536"/>
+        <c:axId val="150985472"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="223109120"/>
+        <c:axId val="151425536"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="174500672"/>
+        <c:crossAx val="150985472"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="174500672"/>
+        <c:axId val="150985472"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="223109120"/>
+        <c:crossAx val="151425536"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14320,157 +14246,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-C93A-4AAE-B455-3C3D6FA9C3B8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="223110144"/>
-        <c:axId val="174502400"/>
+        <c:axId val="166387712"/>
+        <c:axId val="168239104"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="223110144"/>
+        <c:axId val="166387712"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="174502400"/>
+        <c:crossAx val="168239104"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="174502400"/>
+        <c:axId val="168239104"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="223110144"/>
+        <c:crossAx val="166387712"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14782,84 +14708,84 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1340</Words>
-  <Characters>7643</Characters>
+  <Words>1295</Words>
+  <Characters>7382</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
+  <Lines>61</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8966</CharactersWithSpaces>
+  <CharactersWithSpaces>8660</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>