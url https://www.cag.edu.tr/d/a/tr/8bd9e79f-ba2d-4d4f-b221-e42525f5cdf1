--- v0 (2025-10-06)
+++ v1 (2026-03-13)
@@ -1,11548 +1,13618 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
+    <w:p w14:paraId="73EC9371" w14:textId="5935ADAB" w:rsidR="008B0D90" w:rsidRDefault="008B0D90" w:rsidP="008B0D90">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008B0D90">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B545A26" wp14:editId="6E136C9F">
+            <wp:extent cx="2209800" cy="2209800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Resim 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="nil tv logo.jpeg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2208633" cy="2208633"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10980" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="897"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="47"/>
         <w:gridCol w:w="353"/>
-        <w:gridCol w:w="185"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="23"/>
+        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="855"/>
         <w:gridCol w:w="792"/>
-        <w:gridCol w:w="255"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1449"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="366"/>
+        <w:gridCol w:w="259"/>
+        <w:gridCol w:w="459"/>
+        <w:gridCol w:w="27"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00DF1B8D" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
-          <w:trHeight w:val="550"/>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="00DF1B8D" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>DERS İZLENCESİ (SYLLABUS)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE1DD46" w14:textId="6C7EC67D" w:rsidR="005A2B8A" w:rsidRPr="00DF1B8D" w:rsidRDefault="005D343F" w:rsidP="005D343F">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fen Edebiyat</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2B8A" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fakültesi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="00DF1B8D" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00DF1B8D" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin </w:t>
+            </w:r>
+            <w:r w:rsidR="00482527" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00DF1B8D" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="000D74B8">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:i/>
-[...9 lines deleted...]
-              <w:spacing w:before="120" w:after="120"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00DF1B8D" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
               <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00DF1B8D" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CE5" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Değeri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B1CC7" w:rsidRPr="00DF1B8D" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="006A424D">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD4430" w14:textId="798C400D" w:rsidR="003B1CC7" w:rsidRPr="00DF1B8D" w:rsidRDefault="001D621E" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>TDE 370</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD94DE2" w14:textId="007C9229" w:rsidR="009D75E1" w:rsidRPr="00DF1B8D" w:rsidRDefault="009D75E1" w:rsidP="009D75E1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
-                <w:color w:val="FFFFFF"/>
-[...307 lines deleted...]
-            <w:pPr>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eleştiri ve Yaratıcı</w:t>
+            </w:r>
+            <w:r w:rsidR="001D621E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...52 lines deleted...]
-            <w:pPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yazarlık </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5.0</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="332DDDD9" w14:textId="735611CA" w:rsidR="003B1CC7" w:rsidRPr="00DF1B8D" w:rsidRDefault="003B1CC7" w:rsidP="009D75E1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A4A3C7" w14:textId="502D1FD0" w:rsidR="003B1CC7" w:rsidRPr="00DF1B8D" w:rsidRDefault="002A3928" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(1-2)2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="242BC9E2" w14:textId="1DA7959E" w:rsidR="003B1CC7" w:rsidRPr="00DF1B8D" w:rsidRDefault="002A3928" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="00DF1B8D" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00DF1B8D" w:rsidRDefault="00681162" w:rsidP="00FB3417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ön</w:t>
+            </w:r>
+            <w:r w:rsidR="007625C6" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>koşul Dersler</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF934A6" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ön koşul: Yok</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1665B1A1" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Önerilen:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="565C2190" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Modern Türk Edebiyatı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2780745F" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Edebiyat Kuramı ve Eleştiri I</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05FD18F0" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="1"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yaratıcı Yazarlık veya Uygulamalı Yazın Çalışmaları</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59B25A0C" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu ders, özellikle edebiyat eleştirisi, çağdaş yazın kuramları, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>disiplinlerarası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sanat çalışmaları veya kültürel üretim alanlarında ilerlemek isteyen öğrenciler için tasarlanmıştır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A35544E" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SKA Bağlantısı: 4: Nitelikli Eğitim: Dijital ve yaratıcı okuryazarlıkla uyumlu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AEFF4EC" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5:Toplumsal Cinsiyet Eşitliği</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">      Kültürel çeşitlilik ve temsil üzerine metin analizleri</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4293F19A" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9: Sanayi &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İnovasyon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: Medya iş birliğiyle yaratım için uygun</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40A8820D" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10:Eşitsizliklerin Azaltılması</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Farklı kültürlerden metinlerle kapsayıcı edebiyat yaklaşımı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B921626" w14:textId="77777777" w:rsidR="005959E8" w:rsidRPr="005959E8" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11: Sürdürülebilir Toplumlar: Yapay zekâ kültüründe etik üretimle uyumlu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BC4E30B" w14:textId="4E687916" w:rsidR="00681162" w:rsidRPr="00DF1B8D" w:rsidRDefault="005959E8" w:rsidP="005959E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005959E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17: Ortaklıklar: TV kuruluşuyla kurumsal iş birliği uyumu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="00DF1B8D" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00DF1B8D" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Dili</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CBDD8E" w14:textId="184A460F" w:rsidR="00681162" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Türkçe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="00DF1B8D" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...44 lines deleted...]
-            <w:r w:rsidRPr="000D74B8">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders İşleme Tarzı</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00DF1B8D">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rStyle w:val="girinti"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3630" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608EE131" w14:textId="4A20DC88" w:rsidR="00681162" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="00B121F7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yüz Yüze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="00DF1B8D" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00DF1B8D" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin Türü </w:t>
+            </w:r>
+            <w:r w:rsidR="00A8173B" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Düzeyi</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D6D351" w14:textId="7A764AD8" w:rsidR="00681162" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="006A78B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zorunlu/ Lisans/ </w:t>
+            </w:r>
+            <w:r w:rsidR="006A78B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.Yıl/ </w:t>
+            </w:r>
+            <w:r w:rsidR="006A78B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bahar</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dönemi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="00DF1B8D" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="001B5C97">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="00DF1B8D" w:rsidRDefault="00F96934" w:rsidP="00F96934">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersi</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğretim Üyesinin</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Unvanı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00DF1B8D" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00DF1B8D" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Görüşme Saatleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00DF1B8D" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="002A3928">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC02A2" w14:textId="117DE056" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Elmas Şahin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5DF00B" w14:textId="0EC38BCD" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="002A3928" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D74B8">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1663" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCEC51D" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...114 lines deleted...]
-          <w:p w:rsidR="00FF0BC3" w:rsidRPr="000D74B8" w:rsidRDefault="00FF0BC3" w:rsidP="00FF0BC3">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2759" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="406CD1B0" w14:textId="49938C7A" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00703BC7" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...206 lines deleted...]
-              <w:r w:rsidR="00EE21CD" w:rsidRPr="000D74B8">
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="00B121F7" w:rsidRPr="00DF1B8D">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>elmassahin@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="00B121F7" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FF0BC3" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2130" w:type="dxa"/>
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Koordinatörü:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3B751E" w14:textId="4C32DF87" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Elmas Şahin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EAB58D" w14:textId="7D7BB99B" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="00C0521D">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Dersin Amacı</w:t>
             </w:r>
-          </w:p>
-[...14 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="00E404D4" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="009D75E1" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yapay zekâ destekli eleştiri ve yaratıcı yazım süreçlerini uygulamalı olarak deneyimlemek.</w:t>
+            </w:r>
+            <w:r w:rsidR="002A3928" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="000D74B8">
-[...27 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="009D75E1" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kuramsal eleştiri perspektiflerini yaratıcı üretimle birleştirmek.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C0521D" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000D74B8">
-[...157 lines deleted...]
-              <w:t>merkezli, modern-</w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C0521D" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SKA temalarıyla </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="000D74B8">
-[...5 lines deleted...]
-              <w:t>postmodern</w:t>
+            <w:r w:rsidR="00C0521D" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>disiplinlerarası</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="000D74B8">
-[...199 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="00C0521D" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> farkındalık geliştirmek ve </w:t>
+            </w:r>
+            <w:r w:rsidR="009D75E1" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Güz döneminde başlatılan “</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="009D75E1" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Zeka</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009D75E1" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Eleştiri ve Yaratıcılık” projesini uygulama odaklı bir atölye ile finale taşımak.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E123F4" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
-          </w:tcPr>
-          <w:p w:rsidR="00E123F4" w:rsidRPr="000D74B8" w:rsidRDefault="00E123F4" w:rsidP="00FF0BC3">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="00A8173B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00E123F4" w:rsidRPr="000D74B8" w:rsidRDefault="00E123F4" w:rsidP="00FF0BC3">
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Öğrenme Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00E123F4" w:rsidRPr="000D74B8" w:rsidRDefault="00E123F4" w:rsidP="00FF0BC3">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Program Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...54 lines deleted...]
-              <w:t>İlişkiler</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Net Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E123F4" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00E123F4" w:rsidRPr="000D74B8" w:rsidRDefault="00E123F4" w:rsidP="00FF0BC3">
+          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...9 lines deleted...]
-            <w:tcW w:w="693" w:type="dxa"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="659C2DB8" w14:textId="40EAB7FA" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yapay zekâ araçlarını edebiyat eleştirisi ve yaratıcı yazımda kullanabilme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3392DE1D" w14:textId="7F32E5B0" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="245FC917" w14:textId="5EA28CCB" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="CFEBF1"/>
-[...104 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00FF0BC3">
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00652504">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00D102A8">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5676F5CC" w14:textId="6523E661" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kuramsal yöntemleri üretim süreçlerine aktarma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC074F8" w14:textId="1D002B54" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...58 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00CC134F">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2, 8, 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E540A1C" w14:textId="2A8AF85A" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>5</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC134F" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00FF0BC3">
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00652504">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...131 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00D102A8">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B3CF6" w14:textId="6671EB1C" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="001D621E">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eleştirel düşünme ve yaratıcı </w:t>
+            </w:r>
+            <w:r w:rsidR="001D621E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">yazarlık </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>becerilerini geliştirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="130E6C82" w14:textId="30666F6F" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...66 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00CC134F">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12, 18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B65611D" w14:textId="64CDCDE3" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>5</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC134F" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00FF0BC3">
+          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00652504">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...99 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00AB58BA" w:rsidP="00CC134F">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C26084B" w14:textId="16FEC950" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00E04897">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SKA temalarıyla edebiyatı ilişkilendirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18E382" w14:textId="46607221" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00CC134F">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCF042" w14:textId="7D072EB5" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC134F" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00FF0BC3">
+          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00652504">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00D102A8">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C60B735" w14:textId="64F57BD4" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Grup çalışmalarıyla işbirliği ve ortak üretim becerisi kazanma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1561474B" w14:textId="1797C3FA" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...66 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00CC134F">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18, 15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF8D652" w14:textId="344608CA" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>5</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC134F" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00753E28">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1281" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00FF0BC3">
+          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97A7BA" w14:textId="7BF7F7BB" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Estetik duyarlılık ve eleştirel bakış açısını güçlendirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070A6310" w14:textId="7DCC0558" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8, 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34872425" w14:textId="7B9A4863" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w14:paraId="0BDB48E7" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB28272" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5443340B" w14:textId="366BF326" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="313061AA" w14:textId="0E8DD54C" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yapay zekâ araçlarını edebiyat eleştirisi ve yaratıcı yazımda kullanabilme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="281F7E2B" w14:textId="16F60A9D" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B37EF11" w14:textId="68D80030" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00753E28">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62644321" w14:textId="665BCBE6" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B702992" w14:textId="1F106029" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E04897" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kuramsal yöntemleri üretim süreçlerine aktarma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F7A50C" w14:textId="7801F66F" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2, 8, 12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F83A37D" w14:textId="0EFF84E7" w:rsidR="00E04897" w:rsidRPr="00DF1B8D" w:rsidRDefault="004D5FCF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5, 5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin İçeriği:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F93E8E7" w14:textId="3052631B" w:rsidR="00810B17" w:rsidRPr="00DF1B8D" w:rsidRDefault="002A3928" w:rsidP="00810B17">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin içeriğini; Yapay Z</w:t>
+            </w:r>
+            <w:r w:rsidR="00810B17" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ekâ ile edebiyat eleştirisi yöntemleri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, y</w:t>
+            </w:r>
+            <w:r w:rsidR="00810B17" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>aratıcı yazım atölyeleri (şiir, öykü, deneme)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, d</w:t>
+            </w:r>
+            <w:r w:rsidR="00810B17" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ijital çağda eleştiri ve estetik üretim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, k</w:t>
+            </w:r>
+            <w:r w:rsidR="00810B17" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>uramların ışığında uygulamalı proje geliştirme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, g</w:t>
+            </w:r>
+            <w:r w:rsidR="00810B17" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>rup çalışmaları ve bireysel yaratıcı ürünler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oluşturmaktadır, Ar</w:t>
+            </w:r>
+            <w:r w:rsidR="00810B17" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>a sınav</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> için öğrenciler;</w:t>
+            </w:r>
+            <w:r w:rsidR="00810B17" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Eleştiri + yaratıcı ürün sentezi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Final içinse</w:t>
+            </w:r>
+            <w:r w:rsidR="00810B17" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Proje sunumu ve yaratıcı ürün dosyası</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hazırlayacaktır.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="0E416FCA" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders İçerikleri: (Haftalık Ders Planı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00652504">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...207 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D74B8">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...172 lines deleted...]
-            <w:tcW w:w="2340" w:type="dxa"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...28 lines deleted...]
-          <w:p w:rsidR="00A65F8B" w:rsidRPr="000D74B8" w:rsidRDefault="00A65F8B" w:rsidP="00FF0BC3">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B121F7" w:rsidP="00466279">
             <w:pPr>
               <w:ind w:left="-288" w:firstLine="288"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğretim Yöntem ve Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00FE5869">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="64008960" w14:textId="58901424" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Modül 1 Kuramsal Çerçeve- SKA temalı Yaklaşımlar (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hafta 1-3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470003E1" w14:textId="1AFEB7F8" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin tanıtımı, amaçlar, güz dönemi projesinin hatırlatılması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1AA39" w14:textId="21D669B6" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğrenciler güz dönemindeki ürünlerini gözden geçirir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="630C4497" w14:textId="50A0890A" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>nlatımı, tartışma, beyin fırtınası, kavram haritalama, kısa metin analizi, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00FE5869">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D940AF3" w14:textId="03A31D71" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4374FDA5" w14:textId="5F0F9EBD" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yapay zekâ ve edebiyat eleştirisi: kuramsal çerçeve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3375F5" w14:textId="75498EFA" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eagleton</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Barthes’tan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> seçilmiş metinler okunur</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="23414219" w14:textId="71A429C9" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>nlatımı, örnek metin analizi, teorik okuma, yaratıcı yazma, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="002D2266">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAB814A" w14:textId="01DD1490" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00DF1B8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yaratıcılık kuramları ve uygulama örnekleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="2DA97EE1" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eco’nun</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Açık Yapıt bölümleri incelenir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A682109" w14:textId="62DC17F4" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>nlatımı, grup tartışması, karşılaştırmalı analiz, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00FE5869">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="42893F30" w14:textId="713026FE" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Modül 2 Atölye (Hafta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCC2790" w14:textId="12FE582C" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Atölye: Yapay zekâ ile şiir üretimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6216AD61" w14:textId="6089C2A3" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğrenciler kısa şiir taslakları hazırlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B065C00" w14:textId="3930E3CB" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Uygulama, yaratıcı yazma atölyesi, tartışma, dijital paylaşım, SKH 5, 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00FE5869">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602CB1FF" w14:textId="2649FEEA" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB57E5F" w14:textId="3F2AE063" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Atölye: Yapay zekâ ile öykü üretimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BDCA38" w14:textId="6AEF0AA2" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğrenciler öykü fikirleri getirir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0399AA" w14:textId="40692B4E" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Uygulama, bireysel yazma, akran değerlendirmesi, metin analizi, yaratıcı yeniden yazma, SKH 9, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="00FE5869">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0931D2E2" w14:textId="61EA813C" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Atölye: Dijital deneme ve eleştiri yazımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5773CCF7" w14:textId="7C6CBC93" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eleştiri metinleri için kaynak seçilir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="108B07A9" w14:textId="6324BC85" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Uygulama, deneme yazma, tartışma, dijital içerik üretimi, performans, değerlendirme, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00FE5869">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="333F1193" w14:textId="73E3595B" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="0035237B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modül 3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Grup çalışmaları</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Proje taslakları: Sunumlar (yaratıcılık süreçlerini tartışma),  Eleştiri + yaratıcı ürün sentezi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1591F644" w14:textId="2E417BDA" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="0035237B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gruplar proje taslaklarını hazırlar Ön hazırlık: bireysel ve grup ürünleri tamamlanır Sunumlarla yaratıcılık süreçleri tartışılır, dosyaları hazırlanır</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA15B95" w14:textId="0F9105B9" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t xml:space="preserve">İşbirliğine dayalı öğrenme, teklif sunumu, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>mentorluk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>, proje planlama, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="002D2266">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="125AF85C" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00DF1B8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ara Sınav– </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proje sunumları</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve Eleştiri + yaratıcı ürünlerin teslimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="04590A59" w14:textId="4961690A" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turnitin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> üzerinden dijital yükleme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE9B06" w14:textId="7D2CF716" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t xml:space="preserve">Değerlendirme, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Turnitin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008366A2">
+              <w:t xml:space="preserve"> yükleme, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="002D2266">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE72139" w14:textId="0CE15FB7" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="008B0633">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="46F6A216" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="20F643A2" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Geri bildirim, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00653767">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C966E6" w14:textId="799A82A0" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00AD6A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modül 4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SKA temalı m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>etin okuma + yaratıcı eleştiri a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tölyeleri</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Hafta 10-13)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>: Eleştiri metinlerinin yapay zekâ ile yeniden yazımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7D3643" w14:textId="019BCF32" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Önceden yazılmış eleştiri metinleri getirilir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="50975E5D" w14:textId="27413DF8" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Uygulama, karşılaştırmalı analiz, tartışma, yazılı analiz, grup çalışması, SKH 4, 5, 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="0029640A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1242F594" w14:textId="2AEA1046" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Atölye: Yaratıcı ürünlerin eleştirel analizi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD3F5E0" w14:textId="707F1090" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğrenciler kendi ürünlerini getirir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="378C5450" w14:textId="62FF38D2" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Uygulama, akran değerlendirmesi, tartışma, yazılı analiz, grup Sunum, SKH 4, 5, 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="0029640A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B35FFE" w14:textId="29CBFE41" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proje geliştirme: “</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Zeka</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, Eleştiri ve Yaratıcılık” devamı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="017669E5" w14:textId="11E5DA62" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Gruplar proje planlarını günceller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C928C5" w14:textId="7F9388D1" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t xml:space="preserve">Proje tabanlı öğrenme </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Çalıştayı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="0029640A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BDADB8" w14:textId="6C131B6F" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Grup sunumları ve tartışmalar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BE5125" w14:textId="3410568E" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sunum dosyaları hazırlanır</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="213BE876" w14:textId="1CC91369" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t xml:space="preserve">Sunum, tartışma, geri bildirim, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Çalıştay</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="0029640A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="287BBCEB" w14:textId="6E64502D" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00AD6A4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modül 5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final projesi hazırlık</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Hafta 14-16)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B48E8" w14:textId="646B8C48" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proje raporu ve yaratıcı ürün dosyası taslağı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F8B557" w14:textId="6835B3C8" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t xml:space="preserve">Denetim, bireysel geri bildirim, Grup çalışması, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>disiplinlerarası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008366A2">
+              <w:t xml:space="preserve"> analiz, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="002C0443">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="17983BCB" w14:textId="56A56574" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00DF1B8D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Disiplinlerarası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> perspektifler / YZ ile alternatif yorumlar </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ve a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tölye: yaratıcı ürünlerin yapay zekâ ile alternatif yorumları / eleştiri metinlerinin farklı disiplinlerden karşılaştırılması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="463A8CB9" w14:textId="669F7A22" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Önceden yazılmış eleştiri metinleri getirilir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3574F7" w14:textId="5EDC0D3D" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Uygulama, karşılaştırmalı analiz, Sunum, tartışma, geri bildirim, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00946558">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6A86DB" w14:textId="057F6188" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="000A6BDD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mini final provası: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Portfolyo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (her öğrenci grup katkısını belirtir)  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">yaratıcı </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>süreç raporu + ürün dosyası + kısa öz değerlendirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC441A5" w14:textId="08D22ED2" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="0035237B">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Öğrenciler </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Portfolyolarını</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sunar, kendi ürünlerini tanıtır (dijital ortam)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1738B9" w14:textId="5C2569C1" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Uygulama, akran değerlendirmesi, Proje tamamlanması, SKH 4, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="006D5668">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682EA4FF" w14:textId="273CDB29" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00561EB5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Sınavı: Proje Portf</w:t>
+            </w:r>
+            <w:r w:rsidR="00561EB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>öy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + Yaratıcı ürün dosyasının Projenin teslimi </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607CC73E" w14:textId="2171C08C" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turnitin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> üzerinden dijital teslim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF471FD" w14:textId="7B696558" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Değerlendirme, SKH 4, 5, 10, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="006D5668">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0A0783" w14:textId="138002ED" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="008B0633">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CF168A" w14:textId="0D1B51F9" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA07FD4" w14:textId="6627F0D1" w:rsidR="00D8126A" w:rsidRPr="00DF1B8D" w:rsidRDefault="00D8126A" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008366A2">
+              <w:t>Geri bildirim, SKH 4, 5, 10, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="002540BC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders İçin Kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders Kitabı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28E21F98" w14:textId="77777777" w:rsidR="00E956E2" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E956E2" w:rsidP="00E956E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Terry </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eagleton</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Edebiyat Kuramı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05E2E0FD" w14:textId="77777777" w:rsidR="00E956E2" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E956E2" w:rsidP="00E956E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Roland</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Barthes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yazarın Ölümü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3601D882" w14:textId="44894E9A" w:rsidR="00E956E2" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E956E2" w:rsidP="00E956E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Elmas Şahin (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>),</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anlatı Üzerine Anlatı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BDE0A6C" w14:textId="77777777" w:rsidR="00E956E2" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E956E2" w:rsidP="00E956E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Umberto </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Eco</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Açık Yapıt</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4042BA22" w14:textId="77777777" w:rsidR="00E956E2" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E956E2" w:rsidP="00E956E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dijital kaynaklar: Yapay zekâ destekli yazım araçları (Copilot, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ChatGPT</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>, vb.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AEB8F94" w14:textId="77777777" w:rsidR="00E956E2" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E956E2" w:rsidP="00E956E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğrenci projeleri ve atölye çıktıları</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3011E0E6" w14:textId="4588A345" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00020B4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="3241"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Önerilen Kaynaklar:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="240BB0FE" w14:textId="3CC9B0EE" w:rsidR="00E956E2" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E956E2" w:rsidP="00E956E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Elmas Şahin, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Zamana Vuran Dalgalar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F91CC66" w14:textId="77777777" w:rsidR="00E956E2" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E956E2" w:rsidP="00E956E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hayles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">How </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>We</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Think</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="4DC27059" w14:textId="475B53E0" w:rsidR="004C2064" w:rsidRPr="00DF1B8D" w:rsidRDefault="00E956E2" w:rsidP="00E956E2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Burdick</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et al</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Digital_Humanities</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="23171847" w14:textId="5652427D" w:rsidR="004C2064" w:rsidRPr="00DF1B8D" w:rsidRDefault="004C2064" w:rsidP="004C2064">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Ölçme ve Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000D74B8">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Öğrenme Aktiviteleri ve Öğretim Metotları</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Notlar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC134F" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00923A4E">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00FF0BC3">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CE2F29" w14:textId="5BBEFCA6" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav (Proje)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF41AA6" w14:textId="77546895" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-            <w:r w:rsidRPr="000D74B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4313" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00CC134F">
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AF3B95" w14:textId="7C3D12AA" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...17 lines deleted...]
-            <w:tcW w:w="3430" w:type="dxa"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00923A4E">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFD8A18" w14:textId="1F0F7A0D" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Proje</w:t>
+            </w:r>
+            <w:r w:rsidR="008B0D90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Ödev</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA78A11" w14:textId="005A7D71" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="096895BB" w14:textId="60B7A5A4" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20FBA075" w14:textId="7167E159" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Portf</w:t>
+            </w:r>
+            <w:r w:rsidR="009A7BA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>öy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7047698A" w14:textId="0AAB7AC2" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA8C672" w14:textId="30459057" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2379F32B" w14:textId="64D21170" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final (Proje)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1872788A" w14:textId="2E89E3B5" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A86F748" w14:textId="1D4F6E06" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="00B36ADF" w:rsidRPr="00DF1B8D" w:rsidRDefault="00B36ADF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Tablosu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...3 lines deleted...]
-              <w:ind w:left="-288" w:firstLine="288"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Anlatım </w:t>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="001A5F8C" w:rsidRPr="00DF1B8D" w:rsidRDefault="001A5F8C" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC134F" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="00570E87" w:rsidRPr="00DF1B8D" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="00835219">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00FF0BC3">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="00570E87" w:rsidRPr="00DF1B8D" w:rsidRDefault="00570E87" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549B0A4F" w14:textId="7C7F5B27" w:rsidR="00570E87" w:rsidRPr="00DF1B8D" w:rsidRDefault="00570E87" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...30 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00CC134F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE76651" w14:textId="3CD8D46A" w:rsidR="00570E87" w:rsidRPr="00DF1B8D" w:rsidRDefault="00570E87" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...81 lines deleted...]
-            <w:tcW w:w="3430" w:type="dxa"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4D27A9" w14:textId="6559BA0D" w:rsidR="00570E87" w:rsidRPr="00DF1B8D" w:rsidRDefault="00570E87" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00570E87" w:rsidRPr="00DF1B8D" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="00835219">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:ind w:left="-288" w:firstLine="288"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="00570E87" w:rsidRPr="00DF1B8D" w:rsidRDefault="00570E87" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="458530B9" w14:textId="3C9A88F0" w:rsidR="00570E87" w:rsidRPr="00DF1B8D" w:rsidRDefault="00570E87" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">Sunum ve Gösterme </w:t>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="21AAFFD4" w14:textId="0F84344F" w:rsidR="00570E87" w:rsidRPr="00DF1B8D" w:rsidRDefault="00570E87" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="38251A98" w14:textId="5DD77B5C" w:rsidR="00570E87" w:rsidRPr="00DF1B8D" w:rsidRDefault="00570E87" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>56</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC134F" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="00835219">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00FF0BC3">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF8321E" w14:textId="7CE17448" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ödevler</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Proje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A772A1" w14:textId="1F9EB7DF" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...96 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00CC134F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E57125" w14:textId="2700B104" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...117 lines deleted...]
-            <w:tcW w:w="3430" w:type="dxa"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="64324612" w14:textId="6093B979" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="00835219">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...3 lines deleted...]
-              <w:ind w:left="-288" w:firstLine="288"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sunum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE8DF73" w14:textId="1E3F3AB0" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>Örnek Olay incelemesi</w:t>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD117A5" w14:textId="7ABB42B5" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3384D8C1" w14:textId="7CFB129C" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC134F" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="00835219">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00CC134F" w:rsidP="00FF0BC3">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D8140D" w14:textId="6336EB27" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Portf</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>öy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="178609E5" w14:textId="0E414E87" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...80 lines deleted...]
-          <w:p w:rsidR="00CC134F" w:rsidRPr="000D74B8" w:rsidRDefault="00BB2326" w:rsidP="00BB2326">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C36617F" w14:textId="7A6E3CA6" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...17 lines deleted...]
-            <w:tcW w:w="3430" w:type="dxa"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D470DAB" w14:textId="7219A191" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="00835219">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:ind w:left="-288" w:firstLine="288"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5186E46B" w14:textId="06D7D5E3" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav (Ara Sınav Süresi + Ara Sınav Hazırlığı) Proje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5C7A5" w14:textId="609C433E" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>Örnek Olay incelemesi</w:t>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8D88F" w14:textId="65CC98BB" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698DB0F" w14:textId="750C3DC2" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D64911" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00D64911" w:rsidRPr="000D74B8" w:rsidRDefault="00D64911" w:rsidP="00FF0BC3">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F32B48B" w14:textId="15E5E782" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Sınavı (Final Sınavı Süresi + Final Sınavı Hazırlığı) Proje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57453E3E" w14:textId="71AA3708" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...23 lines deleted...]
-          <w:p w:rsidR="00D64911" w:rsidRPr="000D74B8" w:rsidRDefault="00BB2326" w:rsidP="00CC134F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1671B335" w14:textId="2A0E1BFA" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...69 lines deleted...]
-              <w:rPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...809 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...2384 lines deleted...]
-                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...212 lines deleted...]
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005A7293" w:rsidRPr="000D74B8" w:rsidRDefault="005A7293" w:rsidP="00CC134F">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F4B433" w14:textId="7A541936" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...11 lines deleted...]
-              <w:t>150</w:t>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7293" w:rsidRPr="000D74B8">
+      <w:tr w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00E53C60">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8802" w:type="dxa"/>
-[...52 lines deleted...]
-            <w:vMerge/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="005A7293" w:rsidRPr="000D74B8" w:rsidRDefault="005A7293" w:rsidP="00CC134F">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1139CD8F" w14:textId="5F3331B1" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00E53C60">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Toplam / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F8EF1F" w14:textId="4A0641E5" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>=150/30=5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00E53C60">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Kredisi:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18FD7F" w14:textId="6D1ACBED" w:rsidR="008B0D90" w:rsidRPr="00DF1B8D" w:rsidRDefault="008B0D90" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7293" w:rsidRPr="000D74B8">
+    </w:tbl>
+    <w:p w14:paraId="49563CDC" w14:textId="77777777" w:rsidR="001E160F" w:rsidRPr="00DF1B8D" w:rsidRDefault="001E160F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="00DF1B8D" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF1B8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00DF1B8D" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="005A7293" w:rsidRPr="000D74B8" w:rsidRDefault="005A7293" w:rsidP="00FF0BC3">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="00DF1B8D" w:rsidRDefault="003237AD" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-              <w:t>GEÇMİŞ DÖNEM BAŞARILARI</w:t>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Geçmiş Dönem Başarıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A7293" w:rsidRPr="000D74B8" w:rsidTr="00D82745">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00DF1B8D" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:tblW w:w="10980" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05806513" w14:textId="2CDC3FB8" w:rsidR="003237AD" w:rsidRPr="00DF1B8D" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
+            <w:pPr>
               <w:jc w:val="center"/>
-              <w:tblBorders>
-[...475 lines deleted...]
-              <w:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-              </w:rPr>
-              <w:lastRenderedPageBreak/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1885371C" wp14:editId="15C1BB4A">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="512801470" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...30 lines deleted...]
-                      </pic:pic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BD1356" w:rsidRPr="000D74B8" w:rsidRDefault="00BD1356" w:rsidP="00FF0BC3">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="427BA7FB" w14:textId="47DE8BC2" w:rsidR="003237AD" w:rsidRPr="00DF1B8D" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...11 lines deleted...]
-                <w:b/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FA47C53" wp14:editId="69367B23">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2071116311" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...30 lines deleted...]
-                      </pic:pic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A94901" w:rsidRPr="000D74B8" w:rsidRDefault="00A94901" w:rsidP="00FF0BC3">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="00DF1B8D" w14:paraId="2BCFF5A2" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7E970A" w14:textId="4F40234B" w:rsidR="003237AD" w:rsidRPr="00DF1B8D" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-[...23 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...5 lines deleted...]
-                  </wp:cNvGraphicFramePr>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A96DE31" wp14:editId="66E4DF37">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="900991778" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-[...30 lines deleted...]
-                      </pic:pic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00394A6D" w:rsidRPr="000D74B8" w:rsidRDefault="00394A6D" w:rsidP="00FF0BC3">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F752316" w14:textId="3328BFA2" w:rsidR="003237AD" w:rsidRPr="00DF1B8D" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...6 lines deleted...]
-          <w:p w:rsidR="00394A6D" w:rsidRPr="000D74B8" w:rsidRDefault="00394A6D" w:rsidP="00FF0BC3">
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D4C7441" wp14:editId="0FE4A47C">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="710092929" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F34D6" w:rsidRPr="00DF1B8D" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="4530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="639ABC3C" w14:textId="2E22890D" w:rsidR="000F34D6" w:rsidRPr="00DF1B8D" w:rsidRDefault="006241B7" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:bCs w:val="0"/>
                 <w:noProof/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-                  <wp:docPr id="10" name="Grafik 1"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DF07A08" wp14:editId="0D867B99">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="729780621" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42343372" w14:textId="1C0777E5" w:rsidR="000F34D6" w:rsidRPr="00DF1B8D" w:rsidRDefault="006241B7" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF1B8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="658F462F" wp14:editId="4484698B">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="1483050501" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE56F7" w:rsidRPr="000D74B8" w:rsidRDefault="00DE56F7" w:rsidP="00FF0BC3">
-[...45 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E67127" w:rsidRPr="000D74B8" w:rsidRDefault="00E67127" w:rsidP="00DA7C8B">
+    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00DF1B8D" w:rsidRDefault="003A4CE2">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00E67127" w:rsidRPr="000D74B8" w:rsidSect="00286050">
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00DF1B8D" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="719" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7ADB2CB0" w14:textId="77777777" w:rsidR="00703BC7" w:rsidRDefault="00703BC7" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="672985BE" w14:textId="77777777" w:rsidR="00703BC7" w:rsidRDefault="00703BC7" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...15 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="115CCEA4" w14:textId="77777777" w:rsidR="00703BC7" w:rsidRDefault="00703BC7" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="58F7A9AB" w14:textId="77777777" w:rsidR="00703BC7" w:rsidRDefault="00703BC7" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="06121C61"/>
-[...21 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:nsid w:val="1D075F26"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F15E5EA2"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...461 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-[...1 lines deleted...]
-        <w:color w:val="0000FF"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...475 lines deleted...]
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="437942F5"/>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="58BC5FA4"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="845C548A"/>
+    <w:tmpl w:val="B31849EE"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="3"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2340"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="2340" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="796746E7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7FEC00AA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1980"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1980" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3420"/>
+          <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
-        <w:ind w:left="3420" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="4140"/>
+          <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
-        <w:ind w:left="4140" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="4" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="5580"/>
+          <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
-        <w:ind w:left="5580" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="5" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="6300"/>
+          <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
-        <w:ind w:left="6300" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...17 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2340"/>
+          <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
-        <w:ind w:left="2340" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1980"/>
+          <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
-        <w:ind w:left="1980" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3420"/>
+          <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
-        <w:ind w:left="3420" w:hanging="360"/>
-[...91 lines deleted...]
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-    </w:lvl>
-[...205 lines deleted...]
-      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...28 lines deleted...]
-    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:savePreviewPicture/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...181 lines deleted...]
-    <w:rsid w:val="00FF0BC3"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00020B4E"/>
+    <w:rsid w:val="00031FB2"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000A6BDD"/>
+    <w:rsid w:val="000C4B66"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A5F8C"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001D621E"/>
+    <w:rsid w:val="001E160F"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002A3928"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002D5CF6"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="002F1C70"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="0035237B"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003B1CC7"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="00413F1B"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004344F3"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004B401F"/>
+    <w:rsid w:val="004C2064"/>
+    <w:rsid w:val="004D5FCF"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="00561EB5"/>
+    <w:rsid w:val="00570E87"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005959E8"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005D343F"/>
+    <w:rsid w:val="005E5459"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="006A78B9"/>
+    <w:rsid w:val="00703BC7"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="00757010"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007B37DA"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="00810B17"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="00864CBC"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008A62D5"/>
+    <w:rsid w:val="008B0633"/>
+    <w:rsid w:val="008B0D90"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00926018"/>
+    <w:rsid w:val="009321EE"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009A7BA4"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009D75E1"/>
+    <w:rsid w:val="009E0F10"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00AD6A4E"/>
+    <w:rsid w:val="00AE39ED"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B121F7"/>
+    <w:rsid w:val="00B263CD"/>
+    <w:rsid w:val="00B36ADF"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B90BE3"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BD699E"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C0521D"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70747"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C8476A"/>
+    <w:rsid w:val="00C96D47"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:rsid w:val="00D8126A"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DE2581"/>
+    <w:rsid w:val="00DF1B8D"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E04897"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E404D4"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E934E8"/>
+    <w:rsid w:val="00E956E2"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F90539"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6A0E76EB"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...132 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-    <w:name w:val="heading 1"/>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00EB78AF"/>
+    <w:rsid w:val="009D75E1"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="480"/>
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphasis">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumShading1-Accent5">
-[...3 lines deleted...]
-    <w:rsid w:val="00183415"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
-        <w:tcBorders>
-[...12 lines deleted...]
-        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="longtext">
-[...2 lines deleted...]
-    <w:rsid w:val="00CF7236"/>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
-[...2 lines deleted...]
-    <w:rsid w:val="00CC134F"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
-    <w:rsid w:val="000809D0"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="003B1CC7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...3 lines deleted...]
-    <w:rsid w:val="000809D0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="003B1CC7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...3 lines deleted...]
-    <w:rsid w:val="00EB78AF"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D52D7E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D75E1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D75E1"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="rynqvb">
+    <w:name w:val="rynqvb"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00D8126A"/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="009D75E1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="003B1CC7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="003B1CC7"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D52D7E"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009D75E1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009D75E1"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="rynqvb">
+    <w:name w:val="rynqvb"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="00D8126A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="16154501">
+    <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="133791500">
+    <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1324821868">
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="748356458">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="944650579">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="924798909">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1414162275">
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1739204943">
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2033416380">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2140805853">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmassahin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elmassahin@cag.edu.tr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart5.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\Users\elmas\Documents\&#199;a&#287;%20&#252;niversitesi\2022%20bahar%20not%20graph\tde%20336%20bahar%20TR%20graph%202022.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///D:\Users\elmas\Documents\&#231;a&#287;%20&#252;niversitesi\2022%20bahar%20not%20graph\tde%20334%20bahar%20TR%20graph%202023.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_3.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_4.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_5.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_6.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <c:date1904 val="1"/>
+  <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
-  <c:style val="47"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>2021-2022  Bahar Dönemi</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Güz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>TDE 336  </a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
             </a:r>
-            <a:r>
-[...11 lines deleted...]
-            <a:endParaRPr lang="tr-TR"/>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
+      <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
+    <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
-          <c:dLbls>
-[...29 lines deleted...]
-          </c:dLbls>
+          <c:invertIfNegative val="0"/>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
                   <c:v>6</c:v>
                 </c:pt>
-                <c:pt idx="2">
-                  <c:v>0</c:v>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
                 </c:pt>
-                <c:pt idx="3">
-[...8 lines deleted...]
-                <c:pt idx="6">
+                <c:pt idx="7">
                   <c:v>8</c:v>
                 </c:pt>
-                <c:pt idx="7">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="8">
-                  <c:v>2</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>3</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-6F9F-46BE-A631-7F3D8616001E}"/>
+              <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
-        <c:axId val="82480128"/>
-        <c:axId val="82499072"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="148372992"/>
+        <c:axId val="145781248"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="82480128"/>
+        <c:axId val="148372992"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="82499072"/>
+        <c:crossAx val="145781248"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="82499072"/>
+        <c:axId val="145781248"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="82480128"/>
+        <c:crossAx val="148372992"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId1"/>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <c:date1904 val="1"/>
+  <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
-  <c:style val="47"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>2022-2023  Bahar Dönemi</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Bahar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>TDE 334  </a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
             </a:r>
-            <a:r>
-[...11 lines deleted...]
-            <a:endParaRPr lang="tr-TR"/>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
+      <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
+    <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
-          <c:dLbls>
-[...29 lines deleted...]
-          </c:dLbls>
+          <c:invertIfNegative val="0"/>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>3</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>2</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>4</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-8748-4215-BF37-5EC8BAE90CAA}"/>
+              <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
-        <c:axId val="87212800"/>
-        <c:axId val="128278912"/>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="149881856"/>
+        <c:axId val="145783552"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="87212800"/>
+        <c:axId val="149881856"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="128278912"/>
+        <c:crossAx val="145783552"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
+        <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="128278912"/>
+        <c:axId val="145783552"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
+        <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="87212800"/>
+        <c:crossAx val="149881856"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId1"/>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Güz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="149881344"/>
+        <c:axId val="260947968"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="149881344"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="260947968"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="260947968"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="149881344"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart4.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="148372480"/>
+        <c:axId val="260949696"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="148372480"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="260949696"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="260949696"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="148372480"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-1B61-4F0B-BA52-A0957D33D0C8}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="149880832"/>
+        <c:axId val="260951424"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="149880832"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="260951424"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="260951424"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="149880832"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart6.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ders Kodu ve Adı</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>10</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-C93A-4AAE-B455-3C3D6FA9C3B8}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="149882368"/>
+        <c:axId val="260953728"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="149882368"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="260953728"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="260953728"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="149882368"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
-    <a:clrScheme name="Ofis">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Ofis">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Ofis">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>813</Words>
-  <Characters>4640</Characters>
+  <Words>1050</Words>
+  <Characters>5988</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Konu Başlığı</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5443</CharactersWithSpaces>
+  <CharactersWithSpaces>7024</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:creator>30853879058</dc:creator>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>