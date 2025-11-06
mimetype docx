--- v0 (2025-10-06)
+++ v1 (2025-11-06)
@@ -3678,67 +3678,67 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0931D2E2" w14:textId="051973EA" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="0931D2E2" w14:textId="3621281A" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ağıt, Ninni, Tekerleme, Bilmece, Atasözü, Deyim</w:t>
+              <w:t xml:space="preserve">Ağıt, Ninni, Tekerleme, Bilmece, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5773CCF7" w14:textId="3F11601C" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -3798,123 +3798,123 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="333F1193" w14:textId="765918C3" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="333F1193" w14:textId="310C47A9" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00C93DC8" w:rsidP="00F12C91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Dijital Kültür ve Yapay Zekâ ile Anonim Türlerin Analizi</w:t>
+              <w:t>Atasözü, Deyim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1591F644" w14:textId="7B54611D" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1591F644" w14:textId="5B407816" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00DB10FC" w:rsidP="00F12C91">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Önceki örnekler dijitalleştirilir.</w:t>
+              <w:t>Derleme çalışması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA15B95" w14:textId="428C571F" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1BA15B95" w14:textId="4B1CE5C4" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00DB10FC" w:rsidP="00F12C91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Dijital araç kullanımı, Tartışma</w:t>
+              <w:t>Sınıflandırma, işlevsel çözümleme</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="007625C6" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -4229,3741 +4229,3538 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05C966E6" w14:textId="0AE43151" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="05C966E6" w14:textId="561A02C1" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00C93DC8" w:rsidP="00F12C91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Destan, Masal, Halk Hikâyeleri (Dede Korkut)</w:t>
+              <w:t>Dijital Kültür ve Yapay Zekâ ile Anonim Türlerin Analizi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7D3643" w14:textId="0350FED8" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1A7D3643" w14:textId="3C52CF5F" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00C93DC8" w:rsidP="00F12C91">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Dede Korkut metinlerin incelemesi “</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> ve Tepegöz” bölümü okunur.</w:t>
+              <w:t>Önceki örnekler dijitalleştirilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50975E5D" w14:textId="57528830" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="50975E5D" w14:textId="3C2960E2" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00C93DC8" w:rsidP="00F12C91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Hikâye çözümlemesi, Anlatı haritası, karakter analizi</w:t>
+              <w:t>Dijital araç kullanımı, Tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="007625C6" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1242F594" w14:textId="5C998BA3" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
-[...15 lines deleted...]
-              <w:t>Halk Tiyatrosu: Karagöz, Orta Oyunu, Meddah</w:t>
+          <w:p w14:paraId="1242F594" w14:textId="68E3DE2C" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="005E15E8" w:rsidP="00F12C91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Destan</w:t>
+            </w:r>
+            <w:r w:rsidR="007F61C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lar ve özellikleri </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:tbl>
-[...37 lines deleted...]
-          <w:p w14:paraId="3C2B3689" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="2DD3F5E0" w14:textId="6A63BD04" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="005E15E8" w:rsidP="00F12C91">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:vanish/>
-[...60 lines deleted...]
-              <w:t>Video izleme ve karakter tanıma. Kısa sahne metni hazırlama</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Oğuz Kağan Destanı</w:t>
+            </w:r>
+            <w:r w:rsidR="00303FF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> metin okuma</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="378C5450" w14:textId="4BFD92B5" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
-[...15 lines deleted...]
-              <w:t>Drama, Rol oynama, Gösteri</w:t>
+          <w:p w14:paraId="378C5450" w14:textId="4B81C8B7" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00063A15" w:rsidP="00F12C91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00063A15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dijital araç kullanımı,</w:t>
+            </w:r>
+            <w:r w:rsidR="00303FF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Metin Analizi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="007625C6" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49B35FFE" w14:textId="259B7AA4" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
-[...15 lines deleted...]
-              <w:t>Âşık Edebiyatı ve Âşıklık Geleneği</w:t>
+          <w:p w14:paraId="49B35FFE" w14:textId="731C3611" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="007F61C3" w:rsidP="00F12C91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yaradılış</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B16A39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Türeyiş  ve Göç </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="017669E5" w14:textId="01843F45" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="017669E5" w14:textId="7A93604E" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="009D3263" w:rsidP="00F12C91">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D7277">
-[...6 lines deleted...]
-              <w:t>Âşık geleneği üzerine belgesel izleme</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ergenoken ve Bozkurt Destanı </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36C928C5" w14:textId="3F9FAF0F" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="36C928C5" w14:textId="5F4EC66A" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00281713" w:rsidP="00F12C91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Söyleşi, yaratıcı yazma</w:t>
+              <w:t>Dijital araç kullanımı, Tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="007625C6" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46BDADB8" w14:textId="01E69B11" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="46BDADB8" w14:textId="0AA70149" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="005E15E8" w:rsidP="00F12C91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Âşık Edebiyatı Nazım Şekilleri </w:t>
+              <w:t xml:space="preserve">Masal, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Türk Masalları</w:t>
+            </w:r>
+            <w:r w:rsidR="002C6086">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Özellikleri ve Sınıflandırılması </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75BE5125" w14:textId="414EFE58" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="75BE5125" w14:textId="2DE497E0" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00171328" w:rsidP="00F12C91">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003D7277">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">(Koşma, Semai, Varsağı, Destan örnekleri </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Keloğlan Masalı </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>film izleme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="213BE876" w14:textId="3FF172A2" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
-[...15 lines deleted...]
-              <w:t>Şiir çözümlemesi, dijital karşılaştırma</w:t>
+          <w:p w14:paraId="213BE876" w14:textId="61ABB062" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00036B2F" w:rsidP="00F12C91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Masal Çözümleme</w:t>
+            </w:r>
+            <w:r w:rsidR="00124A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Karakter </w:t>
+            </w:r>
+            <w:r w:rsidR="00124A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Analiz</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2B9E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00124A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="007625C6" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="287BBCEB" w14:textId="63A18B70" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="287BBCEB" w14:textId="782A6B29" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="005E15E8" w:rsidP="00F12C91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Temsilci Âşıklar: Karacaoğlan, Köroğlu, Gevheri</w:t>
+              <w:t>Halk Hikâyeleri (Dede Korkut)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0B48E8" w14:textId="74DEE0F3" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="2E0B48E8" w14:textId="6E39FFE9" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="005E15E8" w:rsidP="00F12C91">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Sesli şiir dinleme</w:t>
+              <w:t>Dede Korkut metinlerin incelemesi “Basat ve Tepegöz” bölümü okunur.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:tbl>
-[...42 lines deleted...]
-                <w:vanish/>
+          <w:p w14:paraId="01F8B557" w14:textId="7CF34B81" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="005E15E8" w:rsidP="00A25DE9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Dijital ses analizi, duygu çözümlemesi</w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t>Hikâye çözümlemesi, Anlatı haritası, karakter analizi</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="007625C6" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="007625C6" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17983BCB" w14:textId="2F5142DF" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
-[...15 lines deleted...]
-              <w:t>Aşık Veysel, Dadaloğlu, Dertli</w:t>
+          <w:p w14:paraId="17983BCB" w14:textId="6C14C243" w:rsidR="00A25DE9" w:rsidRPr="003D7277" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Halk Tiyatrosu: Karagöz, Orta Oyunu, Meddah</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="463A8CB9" w14:textId="4EA16DA8" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="463A8CB9" w14:textId="5C555C1C" w:rsidR="00A25DE9" w:rsidRPr="003D7277" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Video izleme- Âşık Veysel belgeseli izlenir.</w:t>
+              <w:t xml:space="preserve">Video izleme ve karakter tanıma. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B36C821" w14:textId="0BF1A103" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
-[...64 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4F3574F7" w14:textId="4CC21DD1" w:rsidR="00A25DE9" w:rsidRPr="003D7277" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003D7277">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD71D9" w:rsidRPr="003D7277">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dijital araç kullanımı</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB08FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003D7277">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gösteri</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD71D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="007625C6" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="007625C6" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6A86DB" w14:textId="460F7BD8" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
-[...15 lines deleted...]
-              <w:t>Tekke ve Tasavvuf Edebiyatı: Hacı Bektaş Veli, Yunus Emre, Pir Sultan Abdal</w:t>
+          <w:p w14:paraId="3C6A86DB" w14:textId="09DDA960" w:rsidR="00A25DE9" w:rsidRPr="003D7277" w:rsidRDefault="00362AEA" w:rsidP="00A25DE9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A25DE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Karagöz,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC441A5" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="5DC441A5" w14:textId="0559B98E" w:rsidR="00A25DE9" w:rsidRPr="003D7277" w:rsidRDefault="00AD7889" w:rsidP="00A25DE9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="003D7277">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kısa sahne metni hazırlama</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1738B9" w14:textId="01A0896A" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="4D1738B9" w14:textId="5446AE6E" w:rsidR="00A25DE9" w:rsidRPr="003D7277" w:rsidRDefault="00AD7889" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kavram eşleştirme ve dijital yorumlama</w:t>
+              <w:t>Drama, Rol oynama,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="007625C6" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="007625C6" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="682EA4FF" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="682EA4FF" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="003D7277" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D7277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607CC73E" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="607CC73E" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="003D7277" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF471FD" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="2DF471FD" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="003D7277" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="007625C6" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="007625C6" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007625C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0A0783" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="002D37B9" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="4C0A0783" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="002D37B9" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D37B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37CF168A" w14:textId="552B9D71" w:rsidR="00F12C91" w:rsidRPr="002D37B9" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="37CF168A" w14:textId="552B9D71" w:rsidR="00A25DE9" w:rsidRPr="002D37B9" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D37B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dijital portfolyo hazırlanır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA07FD4" w14:textId="66A6E452" w:rsidR="00F12C91" w:rsidRPr="003D7277" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1EA07FD4" w14:textId="66A6E452" w:rsidR="00A25DE9" w:rsidRPr="003D7277" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Sunum, Proje değerlendirme</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="11108" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="00F12C91" w:rsidRPr="00755E3F" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="00A25DE9" w:rsidRPr="00755E3F" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders İçin Kaynaklar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="00F12C91" w:rsidRPr="00755E3F" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="00A25DE9" w:rsidRPr="00755E3F" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders Kitabı:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BAC00F0" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1BAC00F0" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">M. Öcal Oğuz vb., </w:t>
             </w:r>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Türk Halk Edebiyatı,</w:t>
             </w:r>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> El Kitabı,10 Baskı, Ankara 2013</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3011E0E6" w14:textId="38E9D492" w:rsidR="00F12C91" w:rsidRPr="00755E3F" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="3011E0E6" w14:textId="38E9D492" w:rsidR="00A25DE9" w:rsidRPr="00755E3F" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prof. Dr. Sevin Arslan ders notları</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="00F12C91" w:rsidRPr="00755E3F" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="00A25DE9" w:rsidRPr="00755E3F" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3241"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Önerilen Kaynaklar:</w:t>
             </w:r>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8505" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7791E229" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00755E3F" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="7791E229" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00755E3F" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Pertev Naili Boratav, </w:t>
             </w:r>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>100 Soruda Türk Halk Edebiyatı</w:t>
             </w:r>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">, Bilgesu Yayıncılık. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C09E92E" w14:textId="1D1DA666" w:rsidR="00A25DE9" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Bilgesu</w:t>
-[...48 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">Prof. Dr. Erman Artur, </w:t>
             </w:r>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Türk Halk Edebiyatına Giriş- Edebiyat,</w:t>
             </w:r>
             <w:r w:rsidRPr="00755E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Karahan Yayınları, 2021</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D6F88D5" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="7D6F88D5" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mehmet Kaplan, </w:t>
             </w:r>
             <w:r w:rsidRPr="00607E50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Türk Edebiyatı Üzerine Araştırmalar 1,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> Kitapyurdu, 1999.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23171847" w14:textId="652CE572" w:rsidR="00A25DE9" w:rsidRPr="00755E3F" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kitapyurdu</w:t>
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>İgnacz Kunos</w:t>
+            </w:r>
             <w:r w:rsidRPr="00607E50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Türk Halk Edebiyatı</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Yayına Hazırlayan </w:t>
-[...39 lines deleted...]
-              <w:t>, Akçağ Yayınları,2019.</w:t>
+              <w:t>, Yayına Hazırlayan Tüncer Gülensoy, Akçağ Yayınları,2019.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="11108" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00466279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersin Ölçme </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ve</w:t>
             </w:r>
             <w:r w:rsidRPr="00466279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Değerlendirmesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00220A16" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00220A16" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00220A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etkinlikler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00466279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00466279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5553" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00466279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Notlar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00220A16" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00220A16" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00220A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ara Sınav </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF41AA6" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="4AF41AA6" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11AF3B95" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="11AF3B95" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5553" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFD8A18" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00220A16" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="4EFD8A18" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00220A16" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00220A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA78A11" w14:textId="1288C290" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="6FA78A11" w14:textId="1288C290" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="096895BB" w14:textId="0A755973" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00B2390B" w:rsidP="00F12C91">
+          <w:p w14:paraId="096895BB" w14:textId="0A755973" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5553" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E12C91" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00220A16" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="32E12C91" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00220A16" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00220A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ödev</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03778AE6" w14:textId="6EDC8741" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="000A3EEE" w:rsidP="00F12C91">
+          <w:p w14:paraId="03778AE6" w14:textId="6EDC8741" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C185354" w14:textId="286A6AB7" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="000A3EEE" w:rsidP="00F12C91">
+          <w:p w14:paraId="1C185354" w14:textId="286A6AB7" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>%</w:t>
-[...17 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>%30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5553" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4172B6" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="6C4172B6" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00220A16" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00220A16" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00220A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F2F518" w14:textId="5ADA4326" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="000A3EEE" w:rsidP="00F12C91">
+          <w:p w14:paraId="68F2F518" w14:textId="5ADA4326" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB18371" w14:textId="2106884A" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="000A3EEE" w:rsidP="00F12C91">
+          <w:p w14:paraId="4BB18371" w14:textId="2106884A" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5553" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20FBA075" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00220A16" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="20FBA075" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00220A16" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00220A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portfolyo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7047698A" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="7047698A" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA8C672" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="7EA8C672" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5553" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2603" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="00F12C91" w:rsidRPr="00220A16" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="00A25DE9" w:rsidRPr="00220A16" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00220A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1872788A" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1872788A" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A86F748" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="7A86F748" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5553" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="11108" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="00F12C91" w:rsidRPr="00466279" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="00A25DE9" w:rsidRPr="00466279" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS</w:t>
             </w:r>
             <w:r w:rsidRPr="00466279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Tablosu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İçerik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Saat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Ders süresi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="549B0A4F" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00ED531B">
+          <w:p w14:paraId="549B0A4F" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE76651" w14:textId="60FF4082" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="5AE76651" w14:textId="60FF4082" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4D27A9" w14:textId="4BF1DC91" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="7A4D27A9" w14:textId="4BF1DC91" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="458530B9" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00ED531B">
+          <w:p w14:paraId="458530B9" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21AAFFD4" w14:textId="3B5A93A4" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="21AAFFD4" w14:textId="3B5A93A4" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38251A98" w14:textId="6C1423F8" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="38251A98" w14:textId="6C1423F8" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF8321E" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1DF8321E" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ödevler</w:t>
             </w:r>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55A772A1" w14:textId="3751AF2D" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00ED531B">
+          <w:p w14:paraId="55A772A1" w14:textId="3751AF2D" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00756E66">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ara sınav için)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13E57125" w14:textId="58B1DF27" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="13E57125" w14:textId="58B1DF27" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64324612" w14:textId="0EED8FA0" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="64324612" w14:textId="0EED8FA0" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE8DF73" w14:textId="3AE0FC61" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00ED531B">
+          <w:p w14:paraId="2BE8DF73" w14:textId="3AE0FC61" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD117A5" w14:textId="288C865A" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1FD117A5" w14:textId="288C865A" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3384D8C1" w14:textId="52E50D30" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="3384D8C1" w14:textId="52E50D30" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D8140D" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="57D8140D" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="178609E5" w14:textId="7F952B43" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00ED531B">
+          <w:p w14:paraId="178609E5" w14:textId="7F952B43" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00EC4C98">
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> Sınav için) </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ( Final Sınav için) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C36617F" w14:textId="4A77D56C" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="0C36617F" w14:textId="4A77D56C" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D470DAB" w14:textId="207CBEBD" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1D470DAB" w14:textId="207CBEBD" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ara Sınav (Ara Sınav Süresi + Ara Sınav Hazırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF5C7A5" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="3EF5C7A5" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75F8D88F" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="75F8D88F" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6698DB0F" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="6698DB0F" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Sınavı (Final Sınavı Süresi + Final Sınavı Hazırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57453E3E" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="57453E3E" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1671B335" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1671B335" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22F4B433" w14:textId="77777777" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="22F4B433" w14:textId="77777777" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1139CD8F" w14:textId="0F3886F7" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="1139CD8F" w14:textId="0F3886F7" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>178</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51F8EF1F" w14:textId="01045966" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="51F8EF1F" w14:textId="01045966" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5, 9</w:t>
-[...8 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>5, 93</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F12C91" w:rsidRPr="007625C6" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00755E3F">
+      <w:tr w:rsidR="00A25DE9" w:rsidRPr="007625C6" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00755E3F">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00F12C91" w:rsidP="00F12C91">
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS Kredisi:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2524" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18FD7F" w14:textId="0486C53F" w:rsidR="00F12C91" w:rsidRPr="00305EC5" w:rsidRDefault="00305EC5" w:rsidP="00F12C91">
+          <w:p w14:paraId="7A18FD7F" w14:textId="0486C53F" w:rsidR="00A25DE9" w:rsidRPr="00305EC5" w:rsidRDefault="00A25DE9" w:rsidP="00A25DE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRDefault="003237AD"/>
     <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRDefault="003237AD">
       <w:r>
@@ -8320,115 +8117,115 @@
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidRDefault="003A4CE2"/>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16CBA8DC" w14:textId="77777777" w:rsidR="00496626" w:rsidRDefault="00496626" w:rsidP="0034027E">
+    <w:p w14:paraId="3EA06BD1" w14:textId="77777777" w:rsidR="00B0682F" w:rsidRDefault="00B0682F" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5EDB357F" w14:textId="77777777" w:rsidR="00496626" w:rsidRDefault="00496626" w:rsidP="0034027E">
+    <w:p w14:paraId="7A9BBB13" w14:textId="77777777" w:rsidR="00B0682F" w:rsidRDefault="00B0682F" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0361D3BB" w14:textId="77777777" w:rsidR="00496626" w:rsidRDefault="00496626" w:rsidP="0034027E">
+    <w:p w14:paraId="1E417793" w14:textId="77777777" w:rsidR="00B0682F" w:rsidRDefault="00B0682F" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="505B402E" w14:textId="77777777" w:rsidR="00496626" w:rsidRDefault="00496626" w:rsidP="0034027E">
+    <w:p w14:paraId="01CE3AB1" w14:textId="77777777" w:rsidR="00B0682F" w:rsidRDefault="00B0682F" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -8456,169 +8253,178 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2160000" cy="651484"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="000012BB"/>
     <w:rsid w:val="000032BB"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00036B2F"/>
     <w:rsid w:val="00037C32"/>
     <w:rsid w:val="0004330A"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00063A15"/>
+    <w:rsid w:val="00072AF5"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="000924AB"/>
     <w:rsid w:val="00094CA4"/>
     <w:rsid w:val="00094E7E"/>
     <w:rsid w:val="000A3EEE"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000A461E"/>
     <w:rsid w:val="000C4495"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000D39FB"/>
     <w:rsid w:val="000D4ABA"/>
     <w:rsid w:val="000E0EFB"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="000F42BC"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00110252"/>
     <w:rsid w:val="00111412"/>
     <w:rsid w:val="001170DC"/>
+    <w:rsid w:val="00124A60"/>
     <w:rsid w:val="00131A2C"/>
     <w:rsid w:val="00145546"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="0016346D"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="0016775D"/>
+    <w:rsid w:val="00171328"/>
     <w:rsid w:val="00171E89"/>
     <w:rsid w:val="00176841"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="00185688"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B53F5"/>
     <w:rsid w:val="001B566D"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D2049"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001E1FF0"/>
     <w:rsid w:val="001F3D61"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00205365"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00215CDA"/>
     <w:rsid w:val="00220A16"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002534B1"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00262FD7"/>
     <w:rsid w:val="002646EA"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="00281713"/>
     <w:rsid w:val="002820A9"/>
     <w:rsid w:val="002834E6"/>
     <w:rsid w:val="00287CB6"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B75AE"/>
     <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002C6086"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002D37B9"/>
     <w:rsid w:val="002E0C60"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="0030010B"/>
+    <w:rsid w:val="00303FF8"/>
     <w:rsid w:val="00305EC5"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031345A"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="00321DC3"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00331709"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="00361CC9"/>
+    <w:rsid w:val="00362AEA"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00364F37"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="00380418"/>
+    <w:rsid w:val="0039093C"/>
     <w:rsid w:val="00391613"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A29B6"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003B3F35"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003C4A1D"/>
     <w:rsid w:val="003C6313"/>
     <w:rsid w:val="003D12B4"/>
     <w:rsid w:val="003D7277"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="00420ABE"/>
     <w:rsid w:val="00421639"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="00440872"/>
     <w:rsid w:val="0044444D"/>
     <w:rsid w:val="00447A9C"/>
     <w:rsid w:val="00447ADB"/>
     <w:rsid w:val="004510C5"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="004735F5"/>
     <w:rsid w:val="00474110"/>
@@ -8636,261 +8442,276 @@
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004C627A"/>
     <w:rsid w:val="004D2871"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="004F5A03"/>
     <w:rsid w:val="00500B97"/>
     <w:rsid w:val="00507C7C"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054307C"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="00546FFC"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="00555AF6"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005B07BC"/>
     <w:rsid w:val="005B1CBE"/>
     <w:rsid w:val="005B5880"/>
     <w:rsid w:val="005B6BDF"/>
     <w:rsid w:val="005B72E5"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005D5209"/>
+    <w:rsid w:val="005E15E8"/>
     <w:rsid w:val="005E35A6"/>
     <w:rsid w:val="005F1E98"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="0060432D"/>
     <w:rsid w:val="006048C7"/>
     <w:rsid w:val="006074E2"/>
     <w:rsid w:val="00607E50"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="0063367D"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="00662BA7"/>
     <w:rsid w:val="00676401"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="00681D14"/>
+    <w:rsid w:val="00692824"/>
     <w:rsid w:val="00693B1F"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A3D8C"/>
     <w:rsid w:val="006A4A51"/>
     <w:rsid w:val="006A5992"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006C048E"/>
     <w:rsid w:val="006C2EAD"/>
     <w:rsid w:val="006C59D8"/>
     <w:rsid w:val="006C76E3"/>
     <w:rsid w:val="006D05A0"/>
     <w:rsid w:val="006D7976"/>
     <w:rsid w:val="006E61E8"/>
     <w:rsid w:val="006F0FA6"/>
     <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="00710386"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="00754C2B"/>
     <w:rsid w:val="00755E3F"/>
     <w:rsid w:val="00756A9F"/>
     <w:rsid w:val="00756E66"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770187"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007709D7"/>
     <w:rsid w:val="007742BE"/>
     <w:rsid w:val="00775507"/>
     <w:rsid w:val="00792D91"/>
     <w:rsid w:val="0079315E"/>
     <w:rsid w:val="00793E9D"/>
+    <w:rsid w:val="00794D48"/>
     <w:rsid w:val="007A3B05"/>
     <w:rsid w:val="007A41DE"/>
     <w:rsid w:val="007A61F0"/>
     <w:rsid w:val="007B606C"/>
     <w:rsid w:val="007B7AF0"/>
     <w:rsid w:val="007C2320"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D098A"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007D4CDF"/>
     <w:rsid w:val="007D560B"/>
     <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="007F61C3"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="00815C0C"/>
     <w:rsid w:val="008179D4"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="00821CD9"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="008546EE"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="00871ECE"/>
     <w:rsid w:val="00873A15"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="008927BA"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008A5A6C"/>
     <w:rsid w:val="008A7C7D"/>
     <w:rsid w:val="008C03A8"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="008D79DC"/>
     <w:rsid w:val="008E0C44"/>
     <w:rsid w:val="008E4D27"/>
     <w:rsid w:val="008E7141"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00906A81"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00917A9F"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="00936C16"/>
     <w:rsid w:val="009410B8"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00975262"/>
     <w:rsid w:val="00982C7A"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009B1680"/>
     <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009D3263"/>
     <w:rsid w:val="009D6E18"/>
     <w:rsid w:val="009D7BE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A14715"/>
     <w:rsid w:val="00A16D1C"/>
     <w:rsid w:val="00A23944"/>
     <w:rsid w:val="00A25AFE"/>
+    <w:rsid w:val="00A25DE9"/>
     <w:rsid w:val="00A30180"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A52824"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A579E1"/>
     <w:rsid w:val="00A658F3"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00A83304"/>
+    <w:rsid w:val="00AB08FD"/>
     <w:rsid w:val="00AB1957"/>
     <w:rsid w:val="00AB22CB"/>
+    <w:rsid w:val="00AD7889"/>
     <w:rsid w:val="00AE7944"/>
     <w:rsid w:val="00AF2E5E"/>
     <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B0682F"/>
     <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B16A39"/>
     <w:rsid w:val="00B20554"/>
     <w:rsid w:val="00B2390B"/>
     <w:rsid w:val="00B325C7"/>
     <w:rsid w:val="00B332AC"/>
     <w:rsid w:val="00B344A0"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B5597C"/>
     <w:rsid w:val="00B62892"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B876CD"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BB4F7A"/>
     <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BD71D9"/>
     <w:rsid w:val="00BE79A6"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C07B92"/>
     <w:rsid w:val="00C11349"/>
     <w:rsid w:val="00C2462F"/>
     <w:rsid w:val="00C314CA"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C40D86"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C5768D"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C70AF2"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00C83C5D"/>
+    <w:rsid w:val="00C93DC8"/>
     <w:rsid w:val="00CA06BD"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC00E5"/>
     <w:rsid w:val="00CC049C"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00CE4E09"/>
     <w:rsid w:val="00CF2632"/>
     <w:rsid w:val="00D0017C"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D06E78"/>
     <w:rsid w:val="00D07920"/>
     <w:rsid w:val="00D079B5"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D3480C"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D51B98"/>
     <w:rsid w:val="00D72E2C"/>
     <w:rsid w:val="00D84F5A"/>
     <w:rsid w:val="00D863B7"/>
     <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA2B9E"/>
     <w:rsid w:val="00DA343A"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DA7A3F"/>
     <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DB10FC"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DC4071"/>
     <w:rsid w:val="00DC6977"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00DE312C"/>
     <w:rsid w:val="00DF5C27"/>
     <w:rsid w:val="00DF688C"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E47B50"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E64D5F"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E8770F"/>
     <w:rsid w:val="00E93F01"/>
     <w:rsid w:val="00E944B1"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EB3130"/>
@@ -15797,75 +15618,75 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>794</Words>
-  <Characters>4531</Characters>
+  <Words>769</Words>
+  <Characters>4389</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
+  <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5315</CharactersWithSpaces>
+  <CharactersWithSpaces>5148</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>