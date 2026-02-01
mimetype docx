--- v0 (2025-10-05)
+++ v1 (2026-02-01)
@@ -1,42 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
@@ -1483,57 +1486,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6086" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="659C2DB8" w14:textId="1D4DCE1C" w:rsidR="003A0CE5" w:rsidRPr="00745B95" w:rsidRDefault="00297957" w:rsidP="00E449C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00745B95">
-[...5 lines deleted...]
-              <w:t>uluslararası ilişkilerin temel kavram, ilke ve teorilerini tanımlayabilir.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>uluslararası</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ilişkilerin temel kavram, ilke ve teorilerini tanımlayabilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3392DE1D" w14:textId="5D2A3BCC" w:rsidR="003A0CE5" w:rsidRPr="00745B95" w:rsidRDefault="00184717" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1621,57 +1634,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6086" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5676F5CC" w14:textId="69A87BBC" w:rsidR="003A0CE5" w:rsidRPr="00745B95" w:rsidRDefault="00F857D6" w:rsidP="00E449C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00745B95">
-[...5 lines deleted...]
-              <w:t>farklı uluslararası ilişkiler teorilerini temel varsayımları</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>farklı</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> uluslararası ilişkiler teorilerini temel varsayımları</w:t>
             </w:r>
             <w:r w:rsidR="008E0D9B" w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> kapsamında </w:t>
             </w:r>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">karşılaştırabilir. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -1774,57 +1797,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6086" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E6B3CF6" w14:textId="1321CF8A" w:rsidR="003A0CE5" w:rsidRPr="00745B95" w:rsidRDefault="00F857D6" w:rsidP="00E449C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00745B95">
-[...5 lines deleted...]
-              <w:t>uluslararası politikadaki güncel gelişmeleri kuramsal bir perspektiften açıklayabilir.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>uluslararası</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> politikadaki güncel gelişmeleri kuramsal bir perspektiften açıklayabilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="130E6C82" w14:textId="29B358EE" w:rsidR="003A0CE5" w:rsidRPr="00745B95" w:rsidRDefault="00D652E1" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1929,57 +1962,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6086" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C26084B" w14:textId="7B310925" w:rsidR="003A0CE5" w:rsidRPr="00745B95" w:rsidRDefault="0045075B" w:rsidP="00E449C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00745B95">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">uluslararası ilişkilerdeki farklı </w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>uluslararası</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ilişkilerdeki farklı </w:t>
             </w:r>
             <w:r w:rsidR="001A7E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">teorik </w:t>
             </w:r>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">yaklaşımların güncel politika sorunlarını açıklamadaki yeterliliğini </w:t>
             </w:r>
             <w:r w:rsidR="001A7E1F" w:rsidRPr="001A7E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>karşılaştırır ve değerlendirir</w:t>
             </w:r>
@@ -2098,57 +2141,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6086" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C60B735" w14:textId="7AF3B21C" w:rsidR="003A0CE5" w:rsidRPr="00745B95" w:rsidRDefault="00E449C4" w:rsidP="00E449C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00745B95">
-[...5 lines deleted...]
-              <w:t>seçtikleri bir uluslararası ilişkiler teorisini güncel bir olay veya vaka üzerine uygulayarak özgün bir argüman geliştirebilir.</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>seçtikleri</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> bir uluslararası ilişkiler teorisini güncel bir olay veya vaka üzerine uygulayarak özgün bir argüman geliştirebilir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1561474B" w14:textId="3FF07936" w:rsidR="003A0CE5" w:rsidRPr="00745B95" w:rsidRDefault="00B3484D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2253,57 +2306,67 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6086" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A97A7BA" w14:textId="5D8C385B" w:rsidR="003A0CE5" w:rsidRPr="00745B95" w:rsidRDefault="00723C4A" w:rsidP="00E449C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>takım çalışması</w:t>
+              <w:t>takım</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> çalışması</w:t>
             </w:r>
             <w:r w:rsidR="00255AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D4D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ve iletişim </w:t>
             </w:r>
             <w:r w:rsidR="00E449C4" w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>becerilerini kullanarak akademik araştırma yürütebilir</w:t>
             </w:r>
@@ -2422,65 +2485,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6086" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B702992" w14:textId="534890B8" w:rsidR="00E449C4" w:rsidRPr="00745B95" w:rsidRDefault="00EB3FDD" w:rsidP="00E449C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>u</w:t>
             </w:r>
             <w:r w:rsidRPr="00EB3FDD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>luslararası ilişkiler disiplininde kullanılan kavram ve yaklaşımları sentezleyerek özgün yorumlar geliştirir.</w:t>
+              <w:t>luslararası</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EB3FDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ilişkiler disiplininde kullanılan kavram ve yaklaşımları sentezleyerek özgün yorumlar geliştirir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58F7A50C" w14:textId="01E1271B" w:rsidR="003A0CE5" w:rsidRPr="00745B95" w:rsidRDefault="003353BC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3134,143 +3207,215 @@
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3136035A" w14:textId="7DE1E0F2" w:rsidR="006A6848" w:rsidRPr="00A2753A" w:rsidRDefault="0080342B" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2753A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Kısa </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A2753A" w:rsidRPr="00A2753A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>q</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2753A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">uiz aracılığıyla </w:t>
+              <w:t>uiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2753A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aracılığıyla </w:t>
             </w:r>
             <w:r w:rsidR="00D650DC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">bir </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2753A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>önceki hafta</w:t>
             </w:r>
             <w:r w:rsidR="00D650DC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nın</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2753A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> tekrarı</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7466F035" w14:textId="77777777" w:rsidR="009E591D" w:rsidRDefault="009E591D" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4374FDA5" w14:textId="59F70425" w:rsidR="003923D0" w:rsidRPr="00A2753A" w:rsidRDefault="008C0E1E" w:rsidP="00B72EBD">
+          <w:p w14:paraId="4374FDA5" w14:textId="4C31C5C0" w:rsidR="003923D0" w:rsidRPr="00A2753A" w:rsidRDefault="008C0E1E" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2753A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Realizm</w:t>
             </w:r>
             <w:r w:rsidR="006B4395" w:rsidRPr="00A2753A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="006B4395" w:rsidRPr="00A2753A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Temel Varsayımları ve Öncüleri</w:t>
-            </w:r>
+              <w:t>Temel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006B4395" w:rsidRPr="00A2753A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006B4395" w:rsidRPr="00A2753A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Varsayımları</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006B4395" w:rsidRPr="00A2753A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006B4395" w:rsidRPr="00A2753A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006B4395" w:rsidRPr="00A2753A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0001606C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kavramları</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="002C7592" w14:textId="77777777" w:rsidR="003360EF" w:rsidRDefault="00AE5134" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3335,59 +3480,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>59-76)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23414219" w14:textId="53FD034C" w:rsidR="003360EF" w:rsidRPr="00745B95" w:rsidRDefault="00266073" w:rsidP="00F0571A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Socrative aracılığıy</w:t>
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aracılığıy</w:t>
             </w:r>
             <w:r w:rsidR="00CE025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>la tekrar,</w:t>
             </w:r>
             <w:r w:rsidR="006A6848" w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anlatım</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003360EF" w:rsidRPr="00745B95" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="008373D4">
@@ -3411,75 +3568,94 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BAB814A" w14:textId="505BBEA2" w:rsidR="003923D0" w:rsidRPr="00745B95" w:rsidRDefault="006B4395" w:rsidP="00B72EBD">
+          <w:p w14:paraId="6BAB814A" w14:textId="1FCDCC2B" w:rsidR="003923D0" w:rsidRPr="00745B95" w:rsidRDefault="006B4395" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Realizm: </w:t>
             </w:r>
             <w:r w:rsidR="00EE708D" w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Temel Kavramları</w:t>
             </w:r>
+            <w:r w:rsidR="0001606C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0001606C" w:rsidRPr="00A2753A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Öncüleri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25914DB1" w14:textId="77777777" w:rsidR="003360EF" w:rsidRDefault="0046737F" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3625,199 +3801,327 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32E198AB" w14:textId="7CE9CCA3" w:rsidR="004A6830" w:rsidRDefault="006B2B8B" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Grup Çalışması</w:t>
-            </w:r>
+              <w:t>Grup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Çalışması</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00032239">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sunumları: </w:t>
+              <w:t>Sunumları</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00032239">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00A2753A" w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Film </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F8496D" w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Üzerinden Realizm İncelemesi</w:t>
-            </w:r>
+              <w:t>Üzerinden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F8496D" w:rsidRPr="00A2591B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F8496D" w:rsidRPr="00A2591B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Realizm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F8496D" w:rsidRPr="00A2591B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F8496D" w:rsidRPr="00A2591B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>İncelemesi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00A2591B" w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F882DCF" w14:textId="28D7384F" w:rsidR="00A2753A" w:rsidRPr="00A2591B" w:rsidRDefault="004A6830" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00A2591B" w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="006B2B8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Film ders öncesi izlenmelidir</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Film </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006B2B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006B2B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006B2B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>öncesi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006B2B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006B2B8B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>izlenmelidir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00A2591B" w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="702D34DA" w14:textId="77777777" w:rsidR="00F8496D" w:rsidRDefault="00F8496D" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7BCC2790" w14:textId="101F7C7A" w:rsidR="003923D0" w:rsidRPr="00A2591B" w:rsidRDefault="009E22FD" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Neo-</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00300F59" w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ealizm</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14F8E0E0" w14:textId="77777777" w:rsidR="003360EF" w:rsidRDefault="0046737F" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -4189,51 +4493,69 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B614705" w14:textId="4C14D199" w:rsidR="00D650DC" w:rsidRPr="00A2753A" w:rsidRDefault="00D650DC" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A2753A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kısa quiz aracılığıyla </w:t>
+              <w:t xml:space="preserve">Kısa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2753A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2753A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aracılığıyla </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">bir </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2753A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>önceki hafta</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>nın</w:t>
             </w:r>
@@ -4343,59 +4665,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bölüm 3 (sayfa 114-131)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="108B07A9" w14:textId="306DD3CF" w:rsidR="00300F59" w:rsidRPr="00745B95" w:rsidRDefault="00551AF3" w:rsidP="00F0571A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Socrative aracılığıyla tekrar,</w:t>
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aracılığıyla tekrar,</w:t>
             </w:r>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anlatım</w:t>
             </w:r>
             <w:r w:rsidR="00B71147">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003360EF" w:rsidRPr="00745B95" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="008373D4">
@@ -4905,52 +5239,62 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05C966E6" w14:textId="07292ECF" w:rsidR="003360EF" w:rsidRPr="00745B95" w:rsidRDefault="00BA5D8F" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Sosyal İnşacılık</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Sosyal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İnşacılık</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FC28A78" w14:textId="5FCF0A98" w:rsidR="003360EF" w:rsidRDefault="00711FBD" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5145,245 +5489,398 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2515486B" w14:textId="5D4ACE7A" w:rsidR="00486FC5" w:rsidRDefault="00486FC5" w:rsidP="00486FC5">
+          <w:p w14:paraId="2515486B" w14:textId="6E1B7385" w:rsidR="00486FC5" w:rsidRDefault="00486FC5" w:rsidP="00486FC5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Grup Çalışması</w:t>
-            </w:r>
+              <w:t>Grup</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Çalışması</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sunumları: </w:t>
+              <w:t>Sunumları</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Film Üzerinden Realizm İncelemesi </w:t>
+              <w:t xml:space="preserve">Film </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2591B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Üzerinden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2591B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0064593B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>İnşacılık</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2591B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A2591B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>İncelemesi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A2591B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C87EB64" w14:textId="77777777" w:rsidR="00486FC5" w:rsidRPr="00A2591B" w:rsidRDefault="00486FC5" w:rsidP="00486FC5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Film ders öncesi izlenmelidir</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Film </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>öncesi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>izlenmelidir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A2591B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15E6489C" w14:textId="77777777" w:rsidR="00486FC5" w:rsidRDefault="00486FC5" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1242F594" w14:textId="0D3F944A" w:rsidR="003360EF" w:rsidRPr="00486FC5" w:rsidRDefault="0031407C" w:rsidP="00486FC5">
+          <w:p w14:paraId="1242F594" w14:textId="42F28F9F" w:rsidR="003360EF" w:rsidRPr="00486FC5" w:rsidRDefault="001D4702" w:rsidP="00486FC5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00486FC5">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sosyal </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İnşacılık</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0966791A" w14:textId="77777777" w:rsidR="003360EF" w:rsidRDefault="00AE74CA" w:rsidP="00B72EBD">
+          <w:p w14:paraId="0C672DB7" w14:textId="77777777" w:rsidR="001D4702" w:rsidRDefault="001D4702" w:rsidP="001D4702">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ders Kitabı 1: Bölüm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4 (sayfa 189-238)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="365ACADD" w14:textId="77777777" w:rsidR="003D49DF" w:rsidRDefault="003D49DF" w:rsidP="00B72EBD">
+              <w:t xml:space="preserve"> 6 (sayfa 277-321)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D5175F5" w14:textId="77777777" w:rsidR="001D4702" w:rsidRDefault="001D4702" w:rsidP="001D4702">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DD3F5E0" w14:textId="0383D90F" w:rsidR="003D49DF" w:rsidRPr="00745B95" w:rsidRDefault="003D49DF" w:rsidP="00B72EBD">
+          <w:p w14:paraId="2DD3F5E0" w14:textId="692725D9" w:rsidR="003D49DF" w:rsidRPr="00745B95" w:rsidRDefault="001D4702" w:rsidP="001D4702">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ek okuma: Ders Kitabı 2:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Bölüm 8 (sayfa 153-170)</w:t>
+              <w:t xml:space="preserve"> Bölüm 10 (sayfa 187-204)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="378C5450" w14:textId="3F9146CD" w:rsidR="003360EF" w:rsidRPr="00745B95" w:rsidRDefault="00B86C15" w:rsidP="00F0571A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -5454,59 +5951,61 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49B35FFE" w14:textId="66F20CF4" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Marksizm</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24429654" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRDefault="00711FBD" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -5622,242 +6121,181 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74D9B762" w14:textId="2494FD51" w:rsidR="009641BF" w:rsidRPr="009641BF" w:rsidRDefault="009641BF" w:rsidP="009641BF">
+          <w:p w14:paraId="46BDADB8" w14:textId="0F8951EE" w:rsidR="00711FBD" w:rsidRPr="009641BF" w:rsidRDefault="001D4702" w:rsidP="009641BF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Marksizm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009641BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Kısa quiz aracılığıyla bir önceki haftanın tekrarı</w:t>
-[...29 lines deleted...]
-              <w:t>İngiliz Okulu</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3239A2" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRDefault="00711FBD" w:rsidP="00B72EBD">
+          <w:p w14:paraId="12D10A46" w14:textId="77777777" w:rsidR="001D4702" w:rsidRDefault="001D4702" w:rsidP="001D4702">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ders Kitabı 1: Bölüm</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 4 (sayfa 239-274)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0E575167" w14:textId="77777777" w:rsidR="003D49DF" w:rsidRDefault="003D49DF" w:rsidP="00B72EBD">
+              <w:t xml:space="preserve"> 4 (sayfa 189-238)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7883DE24" w14:textId="77777777" w:rsidR="001D4702" w:rsidRDefault="001D4702" w:rsidP="001D4702">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="75BE5125" w14:textId="52203AC0" w:rsidR="003D49DF" w:rsidRPr="00745B95" w:rsidRDefault="003D49DF" w:rsidP="00B72EBD">
+          <w:p w14:paraId="75BE5125" w14:textId="75EE0C8D" w:rsidR="003D49DF" w:rsidRPr="00745B95" w:rsidRDefault="001D4702" w:rsidP="001D4702">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ek okuma: Ders Kitabı 2:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Bölüm 8 (sayfa 1</w:t>
-[...31 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> Bölüm 8 (sayfa 153-170)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="213BE876" w14:textId="798132D7" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00B86C15" w:rsidP="00F0571A">
+          <w:p w14:paraId="213BE876" w14:textId="20C4E3C3" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="0051164B" w:rsidP="00F0571A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Anlatım</w:t>
+            </w:r>
             <w:r>
-              <w:rPr>
-[...18 lines deleted...]
-            <w:r w:rsidR="0051164B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="008373D4">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5870,87 +6308,178 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="287BBCEB" w14:textId="0471D069" w:rsidR="00711FBD" w:rsidRPr="004471F7" w:rsidRDefault="00711FBD" w:rsidP="00B72EBD">
+          <w:p w14:paraId="392F5C31" w14:textId="77777777" w:rsidR="001D4702" w:rsidRPr="009641BF" w:rsidRDefault="001D4702" w:rsidP="001D4702">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009641BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kısa </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009641BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>quiz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009641BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aracılığıyla tekrar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F4FEB9B" w14:textId="77777777" w:rsidR="001D4702" w:rsidRDefault="001D4702" w:rsidP="00B72EBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00745B95">
+          </w:p>
+          <w:p w14:paraId="287BBCEB" w14:textId="68F08CA1" w:rsidR="00711FBD" w:rsidRPr="004471F7" w:rsidRDefault="00711FBD" w:rsidP="00B72EBD">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>Feminizm</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004471F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ve </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004471F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004471F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004471F7" w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Yeşil Teori</w:t>
-            </w:r>
+              <w:t>Yeşil</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004471F7" w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004471F7" w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teori</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31833078" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRDefault="002D2168" w:rsidP="00B72EBD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -6092,70 +6621,92 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ders Kitabı 2:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bölüm 14 (sayfa 266-286)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01F8B557" w14:textId="3D103D6F" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="0051164B" w:rsidP="00F0571A">
+          <w:p w14:paraId="01F8B557" w14:textId="3C626B69" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00F705AE" w:rsidP="00F0571A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00745B95">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> aracılığıyla tekrar, </w:t>
+            </w:r>
+            <w:r w:rsidR="0051164B" w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anlatım</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="0051164B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="008373D4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
@@ -6786,163 +7337,385 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00067DF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ders </w:t>
             </w:r>
             <w:r w:rsidRPr="00A066AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Kitabı 1: Paul R. Viotti ve Mark V. Kauppi</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Kitabı 1: Paul R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A066AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Viotti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A066AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve Mark V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A066AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kauppi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00556E88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>. (2012).</w:t>
             </w:r>
             <w:r w:rsidRPr="00A066AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A066AC" w:rsidRPr="00A066AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>International Relations Theory</w:t>
+              <w:t xml:space="preserve">International </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A066AC" w:rsidRPr="00A066AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00A066AC" w:rsidRPr="00A066AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00A066AC" w:rsidRPr="00A066AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Theory</w:t>
             </w:r>
             <w:r w:rsidR="00556E88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009A73B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Pearson.</w:t>
+              <w:t>Pearson</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009A73B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FB94279" w14:textId="77777777" w:rsidR="009A73B3" w:rsidRDefault="009A73B3" w:rsidP="003D2DCB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3011E0E6" w14:textId="22FF8EDF" w:rsidR="009A73B3" w:rsidRPr="00745B95" w:rsidRDefault="009A73B3" w:rsidP="003D2DCB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ders Kitabı 2: Tim Dunne, Milja Kurki ve Steve Smith. (2013). </w:t>
+              <w:t xml:space="preserve">Ders Kitabı 2: Tim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dunne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Milja</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kurki</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve Steve Smith. (2013). </w:t>
             </w:r>
             <w:r w:rsidRPr="00A066AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>International Relations Theor</w:t>
+              <w:t xml:space="preserve">International </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A066AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Relations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A066AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A066AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Theor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ies</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="003D2DCB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>. Oxford University Press.</w:t>
+              <w:t xml:space="preserve">. Oxford </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D2DCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>University</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D2DCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="003D2DCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Press</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="003D2DCB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3241"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
@@ -7202,561 +7975,375 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11AF3B95" w14:textId="4F475BBF" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00B42952" w:rsidP="00711FBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>%30</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A8D7E7A" w14:textId="09688914" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="008F7E00" w:rsidP="00711FBD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Yazılı Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E12C91" w14:textId="56E37855" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00540563" w:rsidP="00711FBD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bireysel Ödev Sunumları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03778AE6" w14:textId="54BB8B57" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00E63715" w:rsidP="00711FBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C185354" w14:textId="304228AE" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00B42952" w:rsidP="00711FBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%10</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4172B6" w14:textId="27A867AB" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00DB16C7" w:rsidP="00711FBD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bireysel </w:t>
+            </w:r>
+            <w:r w:rsidR="008F7E00">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Çalışma</w:t>
+            </w:r>
+            <w:r w:rsidR="00F705AE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>- Genç Diplomatlar Paylaşımları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFD8A18" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
-[...15 lines deleted...]
-              <w:t>Proje</w:t>
+          <w:p w14:paraId="51774DDD" w14:textId="5E47DD5C" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="008F7E00" w:rsidP="00711FBD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grup Çalışması </w:t>
+            </w:r>
+            <w:r w:rsidR="00711FBD" w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sunum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ları </w:t>
+            </w:r>
+            <w:r w:rsidR="0035450F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(Ders İçi Faaliyetlere Katılım)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA78A11" w14:textId="60E4B6FF" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00540563" w:rsidP="00711FBD">
+          <w:p w14:paraId="68F2F518" w14:textId="41FD9FA6" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="0035450F" w:rsidP="00711FBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="096895BB" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
+          <w:p w14:paraId="4BB18371" w14:textId="58472B69" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00B42952" w:rsidP="00711FBD">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>%10</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
-[...24 lines deleted...]
-          <w:p w14:paraId="32E12C91" w14:textId="4F0CB8C8" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00540563" w:rsidP="00711FBD">
+          <w:p w14:paraId="740C6B33" w14:textId="4FA75A47" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="008F7E00" w:rsidP="00711FBD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Bireysel Ödev Sunumları</w:t>
-[...125 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Grup Çalışması </w:t>
             </w:r>
-            <w:r w:rsidR="00711FBD" w:rsidRPr="00745B95">
-[...211 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
@@ -7794,59 +8381,61 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A86F748" w14:textId="7EADDDC2" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00B42952" w:rsidP="00711FBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>%50</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26C98B5B" w14:textId="0D2252F2" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="008F7E00" w:rsidP="00711FBD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -8413,51 +9002,50 @@
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="453F63EA" w14:textId="56862697" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00B42952" w:rsidP="00711FBD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Grup Çalışması </w:t>
             </w:r>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -8533,349 +9121,244 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00514204">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ara Sınav (Ara Sınav Süresi + Ara Sınav Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5C7A5" w14:textId="2395669B" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00EB2BDB" w:rsidP="00711FBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8D88F" w14:textId="3B36DAC7" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00CF0C3F" w:rsidP="00711FBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698DB0F" w14:textId="56C5739C" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00CF0C3F" w:rsidP="00711FBD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D8140D" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
-[...18 lines deleted...]
-              <w:t>Proje</w:t>
+          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00745B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final Sınavı (Final Sınavı Süresi + Final Sınavı Hazırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="178609E5" w14:textId="7B4C7EF9" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00B42952" w:rsidP="00711FBD">
+          <w:p w14:paraId="57453E3E" w14:textId="358E1CE7" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00EB2BDB" w:rsidP="00711FBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C36617F" w14:textId="77777777" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
-[...101 lines deleted...]
-          <w:p w14:paraId="75F8D88F" w14:textId="3B36DAC7" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00CF0C3F" w:rsidP="00711FBD">
+          <w:p w14:paraId="1671B335" w14:textId="2411E722" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="004151FF" w:rsidP="00711FBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-              <w:rPr>
-[...119 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
@@ -8885,50 +9368,51 @@
           </w:tcPr>
           <w:p w14:paraId="22F4B433" w14:textId="013A70F9" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="004151FF" w:rsidP="00711FBD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00EC693D">
         <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
@@ -8960,51 +9444,50 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>170</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00711FBD" w:rsidRPr="00745B95" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00EC693D">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="00711FBD" w:rsidRPr="00745B95" w:rsidRDefault="00711FBD" w:rsidP="00711FBD">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -9255,122 +9738,140 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C7E970A" w14:textId="3E41A7B2" w:rsidR="003237AD" w:rsidRPr="00745B95" w:rsidRDefault="00A65628" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00745B95">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77CB376B" wp14:editId="6A550519">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="77CB376B" wp14:editId="6F6137C3">
                   <wp:extent cx="3298190" cy="2260121"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F752316" w14:textId="08BDC10F" w:rsidR="003237AD" w:rsidRPr="00745B95" w:rsidRDefault="003237AD" w:rsidP="00551AF3">
+          <w:p w14:paraId="5F752316" w14:textId="3F47E59C" w:rsidR="003237AD" w:rsidRPr="00745B95" w:rsidRDefault="0015164D" w:rsidP="00551AF3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="444063A5" wp14:editId="753B7FD7">
+                  <wp:extent cx="3076575" cy="2036445"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="20" name="Grafik 20"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00745B95" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00745B95" w:rsidSect="005A2B8A">
-      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35BB551C" w14:textId="77777777" w:rsidR="00C12886" w:rsidRDefault="00C12886" w:rsidP="0034027E">
+    <w:p w14:paraId="484D43A4" w14:textId="77777777" w:rsidR="008B1FA7" w:rsidRDefault="008B1FA7" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5DE67FE7" w14:textId="77777777" w:rsidR="00C12886" w:rsidRDefault="00C12886" w:rsidP="0034027E">
+    <w:p w14:paraId="50DBFBDD" w14:textId="77777777" w:rsidR="008B1FA7" w:rsidRDefault="008B1FA7" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9399,58 +9900,58 @@
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45D1EE69" w14:textId="77777777" w:rsidR="00C12886" w:rsidRDefault="00C12886" w:rsidP="0034027E">
+    <w:p w14:paraId="7D23AB21" w14:textId="77777777" w:rsidR="008B1FA7" w:rsidRDefault="008B1FA7" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="13FD2B8F" w14:textId="77777777" w:rsidR="00C12886" w:rsidRDefault="00C12886" w:rsidP="0034027E">
+    <w:p w14:paraId="43ABCEA8" w14:textId="77777777" w:rsidR="008B1FA7" w:rsidRDefault="008B1FA7" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stBilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -11184,319 +11685,338 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="971595519">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="653073383">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="755633588">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1889680071">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1098519611">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="830296589">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="0001606C"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00032239"/>
     <w:rsid w:val="0003613B"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00067DF5"/>
+    <w:rsid w:val="000727BA"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000B365A"/>
     <w:rsid w:val="000B415C"/>
     <w:rsid w:val="000C0E13"/>
     <w:rsid w:val="000C7BDA"/>
     <w:rsid w:val="000D287F"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000E0416"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="0010431F"/>
     <w:rsid w:val="00114F81"/>
     <w:rsid w:val="001429AA"/>
     <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="0015164D"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="00164687"/>
     <w:rsid w:val="001649EC"/>
+    <w:rsid w:val="0017177C"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="00184717"/>
     <w:rsid w:val="0019085D"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A5DF9"/>
     <w:rsid w:val="001A6ADE"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001A7E1F"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C2DCE"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4702"/>
     <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001E03FE"/>
     <w:rsid w:val="001E4673"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00255AB2"/>
+    <w:rsid w:val="0026336A"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="00266073"/>
     <w:rsid w:val="00267DD3"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="00286284"/>
     <w:rsid w:val="00297957"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002C7ADD"/>
     <w:rsid w:val="002D2168"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="00300F59"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="00312CE2"/>
     <w:rsid w:val="0031407C"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="00322BA4"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003353BC"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="0035450F"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="003639FE"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00372F9D"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003B1743"/>
+    <w:rsid w:val="003B65AA"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003D2DCB"/>
     <w:rsid w:val="003D49DF"/>
+    <w:rsid w:val="003D5CCB"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="003F781B"/>
     <w:rsid w:val="004151FF"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="00434093"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="004471F7"/>
     <w:rsid w:val="0045075B"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="0046737F"/>
     <w:rsid w:val="00467751"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="00486FC5"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A6830"/>
     <w:rsid w:val="004A7D88"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="004F1512"/>
     <w:rsid w:val="0051164B"/>
     <w:rsid w:val="00514204"/>
     <w:rsid w:val="005153E5"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0052781C"/>
     <w:rsid w:val="00540563"/>
     <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005513E2"/>
     <w:rsid w:val="00551AF3"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="00556E88"/>
     <w:rsid w:val="00561402"/>
     <w:rsid w:val="005623E1"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00574855"/>
     <w:rsid w:val="00577A57"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="0058409A"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005A34CB"/>
     <w:rsid w:val="005B73B5"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00632CC1"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="0064593B"/>
     <w:rsid w:val="00646E62"/>
     <w:rsid w:val="006605F3"/>
+    <w:rsid w:val="00660707"/>
     <w:rsid w:val="006643AA"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6848"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006B2B8B"/>
     <w:rsid w:val="006B4395"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="00711FBD"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00723C4A"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745B95"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="00761E34"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00764FF2"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="00771307"/>
     <w:rsid w:val="00782ECC"/>
     <w:rsid w:val="00785101"/>
     <w:rsid w:val="00786D1A"/>
     <w:rsid w:val="007A10C6"/>
     <w:rsid w:val="007B0134"/>
+    <w:rsid w:val="007B6B7D"/>
     <w:rsid w:val="007C0801"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007D4D6F"/>
     <w:rsid w:val="007E1C12"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="007F1F0B"/>
+    <w:rsid w:val="007F5213"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="0080342B"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00822CB7"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="008373D4"/>
     <w:rsid w:val="008446FB"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="0087649D"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008B1FA7"/>
     <w:rsid w:val="008C0E1E"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="008E0D9B"/>
     <w:rsid w:val="008E3B04"/>
     <w:rsid w:val="008E6B9C"/>
     <w:rsid w:val="008F7E00"/>
     <w:rsid w:val="009008E0"/>
     <w:rsid w:val="00902919"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="00935B8A"/>
     <w:rsid w:val="009438AE"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="009546B3"/>
     <w:rsid w:val="009641BF"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009A725B"/>
     <w:rsid w:val="009A73B3"/>
     <w:rsid w:val="009B4688"/>
+    <w:rsid w:val="009C0D31"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E187A"/>
     <w:rsid w:val="009E22FD"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="009E591D"/>
     <w:rsid w:val="009F0714"/>
     <w:rsid w:val="00A0225C"/>
     <w:rsid w:val="00A066AC"/>
     <w:rsid w:val="00A2591B"/>
     <w:rsid w:val="00A2753A"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A65628"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00AA09F4"/>
+    <w:rsid w:val="00AB62AB"/>
     <w:rsid w:val="00AE5134"/>
     <w:rsid w:val="00AE6F9B"/>
     <w:rsid w:val="00AE74CA"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B3484D"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B42952"/>
     <w:rsid w:val="00B547DF"/>
     <w:rsid w:val="00B62B78"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B71147"/>
     <w:rsid w:val="00B72EBD"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B84DDA"/>
     <w:rsid w:val="00B86C15"/>
     <w:rsid w:val="00B87063"/>
     <w:rsid w:val="00B92542"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BA5D8F"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
@@ -11505,124 +12025,128 @@
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C0515A"/>
     <w:rsid w:val="00C05C2C"/>
     <w:rsid w:val="00C12886"/>
     <w:rsid w:val="00C12CC7"/>
     <w:rsid w:val="00C36EE6"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C723F1"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76402"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00C8644D"/>
     <w:rsid w:val="00C91D89"/>
     <w:rsid w:val="00C921C6"/>
     <w:rsid w:val="00C93876"/>
     <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4893"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1683"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CC266A"/>
     <w:rsid w:val="00CC5C70"/>
     <w:rsid w:val="00CE025B"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE12F7"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00CF0C3F"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D07265"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D17EC8"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D365E3"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D52BEC"/>
     <w:rsid w:val="00D629C0"/>
     <w:rsid w:val="00D650DC"/>
     <w:rsid w:val="00D652E1"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DA75BE"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DB16C7"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00DD1413"/>
+    <w:rsid w:val="00DF33C0"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E449C4"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E63715"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77581"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E947F9"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6773"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB13F7"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EB2BDB"/>
     <w:rsid w:val="00EB3FDD"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EE6508"/>
     <w:rsid w:val="00EE708D"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00EF4B54"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F0571A"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F344C0"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F705AE"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F841A2"/>
     <w:rsid w:val="00F8496D"/>
     <w:rsid w:val="00F857D6"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1C9C"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC6B48"/>
     <w:rsid w:val="00FE0076"/>
     <w:rsid w:val="00FF4ADE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -12524,72 +13048,76 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2069105947">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
+<file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel_Worksheet1.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
+</file>
+
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="102"/>
+      <c14:style val="103"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="2"/>
+      <c:style val="3"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="tr-TR" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
@@ -12664,51 +13192,54 @@
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sayfa1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Öğrenci Sayısı</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
-              <a:schemeClr val="accent1"/>
+              <a:schemeClr val="tx2">
+                <a:lumMod val="90000"/>
+                <a:lumOff val="10000"/>
+              </a:schemeClr>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:trendline>
             <c:spPr>
               <a:ln w="19050" cap="rnd">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:prstDash val="sysDot"/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
               <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
@@ -12932,91 +13463,1047 @@
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:noFill/>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="tr-TR"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
+<file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2025-2026 Güz Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:sysClr val="windowText" lastClr="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>IRE213</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="tx2"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:dPt>
+            <c:idx val="6"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-5700-401D-BFB1-65D32CFA4EFC}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="7"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-5700-401D-BFB1-65D32CFA4EFC}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="9"/>
+            <c:invertIfNegative val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000005-5700-401D-BFB1-65D32CFA4EFC}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>6</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000007-5700-401D-BFB1-65D32CFA4EFC}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="1492079743"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1492079263"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="1492079263"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="1492079743"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
 <file path=word/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="withinLinear" id="14">
+  <a:schemeClr val="accent1"/>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/colors2.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
     <a:lumOff val="50000"/>
   </cs:variation>
 </cs:colorStyle>
 </file>
 
 <file path=word/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
+<file path=word/charts/style2.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
   <cs:axisTitle>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="1000" kern="1200"/>
   </cs:axisTitle>
   <cs:categoryAxis>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:spPr>
       <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13795,75 +15282,75 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>861</Words>
-  <Characters>4908</Characters>
+  <Words>860</Words>
+  <Characters>4904</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5758</CharactersWithSpaces>
+  <CharactersWithSpaces>5753</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>