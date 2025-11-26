--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11400" w:type="dxa"/>
         <w:tblInd w:w="-939" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="768"/>
         <w:gridCol w:w="281"/>
         <w:gridCol w:w="292"/>
         <w:gridCol w:w="668"/>
         <w:gridCol w:w="136"/>
         <w:gridCol w:w="1116"/>
         <w:gridCol w:w="1192"/>
         <w:gridCol w:w="438"/>
@@ -108,176 +108,314 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ESİ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51B76B9E" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Ortak Seçmeli Dersler Birimi</w:t>
-            </w:r>
+              <w:t>Ortak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Seçmeli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dersler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Birimi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="1A77C7CD" w14:textId="77777777" w:rsidTr="008536F9">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2009" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A0B337B" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4607" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2AC2CF00" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0E8BFA43" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Kredisi</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2709" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B0C85DA" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -291,123 +429,145 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AKTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="68DBF648" w14:textId="77777777" w:rsidTr="008536F9">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2009" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0038C184" w14:textId="1D7ADF2D" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
-[...37 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w14:paraId="0038C184" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>OSD 201</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4607" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C64A7B7" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sayılarla</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ekonomiyi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Anlamak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C82EB40" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -463,60 +623,121 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59840CC9" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>Ön Koşul Dersler:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ön</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Koşul</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dersler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8139" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="39EB52B0" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRPr="00B84C09" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -539,156 +760,253 @@
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B6A9AC8" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>Dersin Dili:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dili</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1630" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33C0AE05" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Türkçe</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="005A4A6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2448" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01E0B49C" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRPr="00547EC8" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00547EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Ders İşleme Tarzı:</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00547EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00547EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>İşleme</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00547EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Tarzı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00547EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00547EC8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Çevrimiçi</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="247D8064" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -700,95 +1018,247 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="62A787AF" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Türü</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Düzeyi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8139" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="500D3318" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Seçmeli, Güz Dönemi, Lisans, </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Seçmeli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Güz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dönemi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Lisans</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="134CD0E1" w14:textId="77777777" w:rsidTr="008536F9">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0695D9ED" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -800,60 +1270,84 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2308" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3DD61BA2" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Öğretim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Üyesi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="005A4A6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59EEFB14" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
@@ -879,107 +1373,133 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="40231751" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Görüşme</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Saatleri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2836" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D424B3B" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e-</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00547EC8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>posta</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="2F09C692" w14:textId="77777777" w:rsidTr="008536F9">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="04F6154B" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -1033,122 +1553,224 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="39502250" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Pazartesi, 18.30- 20.00</w:t>
+              <w:t>Pazartesi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, 18.30- 20.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="52412BE1" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Salı, Çarşamba, Perşembe öğleden sonra</w:t>
-            </w:r>
+              <w:t>Salı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Çarşamba</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Perşembe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>öğleden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sonra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2836" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="293D4842" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
-[...11 lines deleted...]
-              <w:r>
+          <w:p w14:paraId="293D4842" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00424ECE" w:rsidP="008536F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidR="005A4A6F">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>mahirfisunoglu@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="54DE5C21" w14:textId="77777777" w:rsidTr="007D2D57">
         <w:trPr>
           <w:trHeight w:val="442"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2145" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -1200,61 +1822,111 @@
           <w:tcPr>
             <w:tcW w:w="768" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71813487" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Öğrenim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Çıktılar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="573" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04C91762" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -1288,61 +1960,63 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2220" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63F4E98F" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00547EC8" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>İlişkiler</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="3867EC1E" w14:textId="77777777" w:rsidTr="008536F9">
         <w:trPr>
           <w:trHeight w:val="141"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="321974CB" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1424,101 +2098,115 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Prog</w:t>
             </w:r>
             <w:r w:rsidR="00B900BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ram Çıktıları</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ram </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Çıktıları</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1223" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="38D0AC1F" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Net </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B900BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Katkı</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="2E4B8EE5" w14:textId="77777777" w:rsidTr="00B900BD">
         <w:trPr>
           <w:trHeight w:val="141"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="768" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05D9FFFC" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -1722,55 +2410,77 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7839" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="59E1A14A" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00EB6DCF" w:rsidP="008536F9">
             <w:pPr>
               <w:ind w:left="27"/>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Mikroiktisat ve makroiktisat olarak iktisadi ayrım hakkında bilgi sahibi olur.</w:t>
+              <w:t>Mikroiktisat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>makroiktisat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> olarak iktisadi ayrım hakkında bilgi sahibi olur.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FF56D46" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5940"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2650,292 +3360,1104 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11400" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D41F5EA" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00B900BD" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000332BE">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Bu ders, Üniversitemizin değişik fakültelerinde kayıtlı ve iktisat konusunda meraklı öğrencilere, temel iktisat bilgilerini mikroiktisat ve makroiktisat ayırımı yaparak öğretmeyi amaçlar. </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>İçeriği</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00B900BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Bu sırada sayılar yardımı ile de bu öğrenmeyi kolaylaştırır.</w:t>
+              <w:t xml:space="preserve">Bu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Üniversitemizin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>değişik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>fakültelerinde</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kayıtlı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>iktisat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>konusunda</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>meraklı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>öğrencilere</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>temel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>iktisat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>bilgilerini</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>mikroiktisat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>makroiktisat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ayırımı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>yaparak</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>öğretmeyi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>amaçlar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Bu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sırada</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>sayılar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>yardımı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ile</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>bu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>öğrenmeyi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kolaylaştırır</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B900BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="005A4A6F" w:rsidRPr="00220160">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="08794FFF" w14:textId="77777777" w:rsidTr="008536F9">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11400" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76B7E92D" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00B900BD" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>Ders İçeriği (Haftalık Ders Planı)</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>İçeriği</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Haftalık</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Planı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="0EAE22B3" w14:textId="77777777" w:rsidTr="008536F9">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1049" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30FEABCD" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00B900BD" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Hafta</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="351199DC" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                      </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B900BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Konu</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F486436" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00B900BD" w:rsidP="008536F9">
             <w:pPr>
               <w:ind w:left="180" w:hanging="180"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Hazırlık</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1844" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17395CE9" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00B900BD" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Öğretim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Yöntem</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teknikleri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005A4A6F" w14:paraId="4701D104" w14:textId="77777777" w:rsidTr="008536F9">
         <w:trPr>
           <w:trHeight w:val="221"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1049" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4975EE84" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3317,52 +4839,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="581D7574" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00845BBB" w:rsidP="008536F9">
-            <w:r>
-              <w:t>Mikroiktisada giriş, arz talep, fiyat mekanizması</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Mikroiktisada</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> giriş, arz talep, fiyat mekanizması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7D2FCC7D" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="005A4A6F" w:rsidP="008536F9">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidR="00845BBB">
               <w:t>Ders kitabı</w:t>
             </w:r>
           </w:p>
@@ -4216,52 +5743,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="29DC47C1" w14:textId="2C2625D4" w:rsidR="003F7E03" w:rsidRDefault="00AF3611" w:rsidP="003F7E03">
-            <w:r>
-              <w:t xml:space="preserve">Makroiktisada giriş, gayri safi yurt içi hasıla ve gayri safi milli </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Makroiktisada</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> giriş, gayri safi yurt içi hasıla ve gayri safi milli </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>hasıla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="02B97C93" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">          Ders </w:t>
@@ -4321,50 +5853,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="45129037" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="743375D4" w14:textId="7690B841" w:rsidR="003F7E03" w:rsidRDefault="001A4BDB" w:rsidP="003F7E03">
             <w:r>
               <w:t>Enflasyon, işsizlik ve istihdam kavramları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
@@ -4562,52 +6095,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="05108385" w14:textId="42FF4026" w:rsidR="003F7E03" w:rsidRDefault="008015F7" w:rsidP="003F7E03">
-            <w:r>
-              <w:t>Makroiktisatta toplam talep ve toplam arz kavramları ve bunların elemanları</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Makroiktisatta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> toplam talep ve toplam arz kavramları ve bunların elemanları</w:t>
             </w:r>
             <w:r w:rsidR="00632501">
               <w:t>, Para ve Maliye politikaları ile iktisadi istikrarın sağlanması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="659227DB" w14:textId="44593772" w:rsidR="003F7E03" w:rsidRDefault="002A3DD4" w:rsidP="003F7E03">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Ders kitabı</w:t>
             </w:r>
@@ -5008,353 +6546,545 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10533" w:type="dxa"/>
                   <w:gridSpan w:val="8"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="7E158031" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>Ders İçin Kaynak</w:t>
-                  </w:r>
+                    <w:t>Ders</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>İçin</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Kaynak</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="735C4780" w14:textId="77777777" w:rsidTr="00AC51C1">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1240" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="53390340" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>Ders Kitabı</w:t>
-                  </w:r>
+                    <w:t>Ders</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Kitabı</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9293" w:type="dxa"/>
                   <w:gridSpan w:val="7"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="4D3E8AB6" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:r>
-                    <w:t>İktisadın A, B, Csi. Prof. Dr. İlker Parasız, Ezgi Kitabevi, son baskı.</w:t>
+                    <w:t xml:space="preserve">İktisadın A, B, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:t>Csi</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:t>. Prof. Dr. İlker Parasız, Ezgi Kitabevi, son baskı.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="651BD325" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10533" w:type="dxa"/>
                   <w:gridSpan w:val="8"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="362FDC1B" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>Dersin Ölçme ve Değerlendirmesi</w:t>
-                  </w:r>
+                    <w:t>Dersin</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Ölçme</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>ve</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Değerlendirmesi</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="212A97B5" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2670" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="77801C63" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Etkinlik</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1420" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="08CDFC07" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Sayı</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1303" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="614A47F9" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Katkı</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5140" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="79B7F478" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Notlar</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="1FDD261F" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2670" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="7A0AB4D2" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>Ara sınav</w:t>
-                  </w:r>
+                    <w:t>Ara</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>sınav</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1420" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="07C7D3BB" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
@@ -5404,113 +7134,211 @@
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5140" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
                 <w:p w14:paraId="11630C57" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>Yazılı sınav</w:t>
-                  </w:r>
+                    <w:t>Yazılı</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>sınav</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="736271EF" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2670" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
                 <w:p w14:paraId="020C35CD" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="2978B857" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>Yarı yıl sonu sınavı</w:t>
-                  </w:r>
+                    <w:t>Yarı</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>yıl</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>sonu</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>sınavı</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1420" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
                 <w:p w14:paraId="1744A44C" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
@@ -5609,232 +7437,450 @@
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
                 <w:p w14:paraId="46A642EE" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRPr="00403AB0" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00403AB0">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">                                    Yazılı sınav</w:t>
-                  </w:r>
+                    <w:t xml:space="preserve">                                    </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00403AB0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Yazılı</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="00403AB0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="00403AB0">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>sınav</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="18CA1B52" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="69"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10533" w:type="dxa"/>
                   <w:gridSpan w:val="8"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="22B9D6FC" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w14:paraId="4E795072" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>Bilimsel ve Profesyonel Etik Kuralları</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="1F100985" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:r>
-                    <w:t>Öğrencilerin Çağ Üniversitesi tarafından belirlenmiş etik kurallara uymaları beklenmektedir. Öğrencilikle bağdaşmayan hiçbir hareket ve eylem içinde olmayacağınız beklenmektedir. Akademik yaşam; samimiyet, doğru  ve sorumlu davranışları temel alır. Çağ Üniversitesi öğrencileri olarak Üniversitenin kurallarını ve Üniversite web sayfasında yer alan misyon, vizyon ve akademik değerleri bilmeniz gerektiği varsayılmaktadır.</w:t>
+                    <w:t xml:space="preserve">Öğrencilerin Çağ Üniversitesi tarafından belirlenmiş etik kurallara uymaları beklenmektedir. Öğrencilikle bağdaşmayan hiçbir hareket ve eylem içinde olmayacağınız beklenmektedir. Akademik yaşam; samimiyet, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r>
+                    <w:t>doğru  ve</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r>
+                    <w:t xml:space="preserve"> sorumlu davranışları temel alır. Çağ Üniversitesi öğrencileri olarak Üniversitenin kurallarını ve Üniversite web sayfasında yer alan misyon, vizyon ve akademik değerleri bilmeniz gerektiği varsayılmaktadır.</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="454A0091" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="right"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:i/>
                     </w:rPr>
                     <w:t>“Çalışıp gayret etmek bir başarı değil, bir değerdir”.</w:t>
                   </w:r>
                   <w:r>
                     <w:t xml:space="preserve"> - Albert Einstein</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="43049EEE" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRPr="000332BE" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="43049EEE" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="000332BE">
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                    </w:rPr>
-                    <w:t>İyi ve başarılı bir dönem geçirmenizi dilerim.</w:t>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>İyi</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>ve</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>başarılı</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>bir</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>dönem</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>geçirmenizi</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>dilerim</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>.</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="2351EBA7" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>AKTS Tablosu</w:t>
-                  </w:r>
+                    <w:t xml:space="preserve">AKTS </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Tablosu</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="6AAADC6A" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3899" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="1C86CE5E" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>İçerik</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1458" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="7AA79AC0" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Sayı</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2826" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="0AE8B735" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
@@ -5853,100 +7899,126 @@
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="1CC91EAF" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Toplam</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="2A438F59" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3899" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="37D6BB3B" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...8 lines deleted...]
-                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Ders</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>süresi</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1458" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="43D98F6A" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
@@ -6182,474 +8254,618 @@
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3899" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
                 <w:p w14:paraId="332AC02B" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...8 lines deleted...]
-                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Ara</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>sınav</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>çalışması</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1458" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
                 <w:p w14:paraId="0A1AF67C" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2826" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="476EA3C0" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="476EA3C0" w14:textId="5A5CC344" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="00424ECE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">                      25</w:t>
+                    <w:t xml:space="preserve">                      15</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="7A8CD922" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="7A8CD922" w14:textId="36A9456A" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="00424ECE">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>25</w:t>
+                    <w:t>15</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="3B23323E" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3899" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
                 <w:p w14:paraId="3BD994B7" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...8 lines deleted...]
-                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Yarıyıl</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>sonu</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>sınav</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>çalışması</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1458" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
                 <w:p w14:paraId="252B0B72" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2826" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="7F62DB84" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="7F62DB84" w14:textId="286A18AA" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="00424ECE">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>30</w:t>
+                    <w:t>25</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="0E8C659F" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="0E8C659F" w14:textId="53ECC37A" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="00424ECE">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>30</w:t>
+                    <w:t>25</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="00C89391" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8183" w:type="dxa"/>
                   <w:gridSpan w:val="7"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="504B582D" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Toplam</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
                 <w:p w14:paraId="7582A683" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>Toplam/30</w:t>
+                    <w:t>Toplam</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>/30</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="303AEC92" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>AKTS Kredisi</w:t>
-                  </w:r>
+                    <w:t xml:space="preserve">AKTS </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:b/>
+                      <w:bCs/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Kredisi</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5F9275FA" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="5F9275FA" w14:textId="14038C51" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>111</w:t>
+                    <w:t>96</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="10C4E8F7" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="10C4E8F7" w14:textId="2364F91C" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>111/30=3,5</w:t>
+                    <w:t>96/30=3,2</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="6D2A09D8" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="6D2A09D8" w14:textId="1293BF40" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>4</w:t>
-                  </w:r>
+                    <w:t>3</w:t>
+                  </w:r>
+                  <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                  <w:bookmarkEnd w:id="0"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="4BA37DDE" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="316"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8183" w:type="dxa"/>
                   <w:gridSpan w:val="7"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="29D1CAF7" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
@@ -6705,619 +8921,619 @@
     </w:tbl>
     <w:p w14:paraId="5E0118CB" w14:textId="77777777" w:rsidR="000502BD" w:rsidRDefault="000502BD"/>
     <w:p w14:paraId="18614BD8" w14:textId="10AA860B" w:rsidR="001632BD" w:rsidRDefault="001632BD">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78E50598" wp14:editId="0514A1DE">
             <wp:extent cx="2999740" cy="1975485"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
             <wp:docPr id="1592642476" name="Resim 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2999740" cy="1975485"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="001632BD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F4187C"/>
     <w:rsid w:val="00006DC5"/>
-    <w:rsid w:val="000332BE"/>
     <w:rsid w:val="000502BD"/>
     <w:rsid w:val="00055D4C"/>
     <w:rsid w:val="001632BD"/>
     <w:rsid w:val="00170A56"/>
     <w:rsid w:val="001A4BDB"/>
     <w:rsid w:val="00251AC6"/>
     <w:rsid w:val="002A3DD4"/>
     <w:rsid w:val="002D07EA"/>
     <w:rsid w:val="002D5173"/>
     <w:rsid w:val="003F355C"/>
     <w:rsid w:val="003F7E03"/>
     <w:rsid w:val="00403AB0"/>
+    <w:rsid w:val="00424ECE"/>
     <w:rsid w:val="00443B44"/>
     <w:rsid w:val="00547EC8"/>
     <w:rsid w:val="005619A0"/>
     <w:rsid w:val="005A4A6F"/>
     <w:rsid w:val="00632501"/>
     <w:rsid w:val="006652D3"/>
     <w:rsid w:val="006B1A43"/>
     <w:rsid w:val="006C3153"/>
     <w:rsid w:val="006F1984"/>
-    <w:rsid w:val="00721F87"/>
     <w:rsid w:val="007A5846"/>
     <w:rsid w:val="007C2AA6"/>
     <w:rsid w:val="007D2D57"/>
     <w:rsid w:val="008015F7"/>
     <w:rsid w:val="00845BBB"/>
     <w:rsid w:val="008D171E"/>
     <w:rsid w:val="00964EC5"/>
     <w:rsid w:val="009F01DC"/>
     <w:rsid w:val="009F5C45"/>
     <w:rsid w:val="00A630A1"/>
     <w:rsid w:val="00A8239A"/>
     <w:rsid w:val="00AC51C1"/>
     <w:rsid w:val="00AF3611"/>
     <w:rsid w:val="00B900BD"/>
     <w:rsid w:val="00BF16E6"/>
     <w:rsid w:val="00C800B9"/>
     <w:rsid w:val="00C84F12"/>
     <w:rsid w:val="00D00FC2"/>
     <w:rsid w:val="00D75D58"/>
     <w:rsid w:val="00E75207"/>
     <w:rsid w:val="00EA5C7F"/>
     <w:rsid w:val="00EB6DCF"/>
     <w:rsid w:val="00EB6E59"/>
     <w:rsid w:val="00EC1405"/>
     <w:rsid w:val="00F4187C"/>
     <w:rsid w:val="00FC23C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="52D31FF0"/>
-  <w15:docId w15:val="{18A39D26-6024-4713-9073-57A750250233}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="005A4A6F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="005A4A6F"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:rsid w:val="005A4A6F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001632BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001632BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005A4A6F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -7360,58 +9576,58 @@
     <w:rsid w:val="001632BD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
     <w:name w:val="Balon Metni Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:link w:val="BalonMetni"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001632BD"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mahirfisunoglu@cag.edu.tr" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mahirfisunoglu@cag.edu.tr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
   <a:themeElements>
     <a:clrScheme name="Ofis">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7660,73 +9876,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>595</Words>
-  <Characters>3566</Characters>
+  <Words>620</Words>
+  <Characters>3540</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>297</Lines>
-  <Paragraphs>218</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3943</CharactersWithSpaces>
+  <CharactersWithSpaces>4152</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mahir Fusunoglu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>