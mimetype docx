--- v0 (2025-10-06)
+++ v1 (2025-11-28)
@@ -41,8689 +41,8995 @@
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="997"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="353"/>
         <w:gridCol w:w="25"/>
         <w:gridCol w:w="855"/>
         <w:gridCol w:w="792"/>
         <w:gridCol w:w="246"/>
         <w:gridCol w:w="366"/>
         <w:gridCol w:w="542"/>
         <w:gridCol w:w="176"/>
         <w:gridCol w:w="27"/>
         <w:gridCol w:w="733"/>
         <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2B8A" w:rsidRPr="00782CA0" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="009261A3" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="00782CA0" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+          <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="009261A3" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DERS İZLENCESİ (SYLLABUS)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DE1DD46" w14:textId="51C374F3" w:rsidR="005A2B8A" w:rsidRPr="00782CA0" w:rsidRDefault="002F6B2F" w:rsidP="002F6B2F">
+          <w:p w14:paraId="0DE1DD46" w14:textId="51C374F3" w:rsidR="005A2B8A" w:rsidRPr="009261A3" w:rsidRDefault="002F6B2F" w:rsidP="002F6B2F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fen Edebiyat</w:t>
             </w:r>
-            <w:r w:rsidR="005A2B8A" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="005A2B8A" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fakültesi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00482527" w:rsidRPr="00782CA0" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00482527" w:rsidRPr="009261A3" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00782CA0" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
+          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="009261A3" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersin </w:t>
             </w:r>
-            <w:r w:rsidR="00482527" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00482527" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4824" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D26E176" w14:textId="7EE6AC67" w:rsidR="00482527" w:rsidRPr="00782CA0" w:rsidRDefault="00482527" w:rsidP="006D00FA">
+          <w:p w14:paraId="5D26E176" w14:textId="7EE6AC67" w:rsidR="00482527" w:rsidRPr="009261A3" w:rsidRDefault="00482527" w:rsidP="006D00FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Adı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00782CA0" w:rsidRDefault="00482527" w:rsidP="00212A30">
+          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="009261A3" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kredisi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00782CA0" w:rsidRDefault="00482527" w:rsidP="00212A30">
+          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="009261A3" w:rsidRDefault="00482527" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS</w:t>
             </w:r>
-            <w:r w:rsidR="003A0CE5" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="003A0CE5" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Değeri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00782CA0" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="009261A3" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74FD4430" w14:textId="4AE11A11" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="006D00FA" w:rsidP="00833C72">
+          <w:p w14:paraId="74FD4430" w14:textId="4AE11A11" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="006D00FA" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TDE 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4824" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="332DDDD9" w14:textId="043855FC" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="006D00FA" w:rsidP="00833C72">
+          <w:p w14:paraId="332DDDD9" w14:textId="043855FC" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="006D00FA" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yenileşme Dönemi Türk Edebiyatı I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01A4A3C7" w14:textId="29C32688" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="006D00FA" w:rsidP="00833C72">
+          <w:p w14:paraId="01A4A3C7" w14:textId="29C32688" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="006D00FA" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(3-0) 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="242BC9E2" w14:textId="37E8BAF4" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="006D00FA" w:rsidP="00833C72">
+          <w:p w14:paraId="242BC9E2" w14:textId="37E8BAF4" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="006D00FA" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00782CA0" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="009261A3" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="00681162" w:rsidP="00FB3417">
+          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="00681162" w:rsidP="00FB3417">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ön</w:t>
             </w:r>
-            <w:r w:rsidR="007625C6" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="007625C6" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>koşul Dersler</w:t>
             </w:r>
-            <w:r w:rsidR="00F96934" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00F96934" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F39D821" w14:textId="77777777" w:rsidR="00A65FCF" w:rsidRPr="00A65FCF" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A65FCF">
+          <w:p w14:paraId="5F39D821" w14:textId="77777777" w:rsidR="00A65FCF" w:rsidRPr="009261A3" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SKA 4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Kaliteli Eğitim</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Ahmet Mithat’ın halkı eğitme </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>misyonu</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Şinasi’nin dilde sadeleşme çabası</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="492551FE" w14:textId="77777777" w:rsidR="00A65FCF" w:rsidRPr="00A65FCF" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A65FCF">
+          <w:p w14:paraId="492551FE" w14:textId="77777777" w:rsidR="00A65FCF" w:rsidRPr="009261A3" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SKA 5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Toplumsal Cinsiyet Eşitliği</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Halit Ziya’nın kadın karakterleri, Tanzimat’ta kadın hakları tartışmaları</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37C74C40" w14:textId="77777777" w:rsidR="00A65FCF" w:rsidRPr="00A65FCF" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A65FCF">
+          <w:p w14:paraId="37C74C40" w14:textId="358285C2" w:rsidR="00A65FCF" w:rsidRPr="009261A3" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SKA 10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Eşitsizliklerin Azaltılması</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Ziya Gökalp’in Türkçülük anlayışı, Ömer Seyfettin’in milli kimlik vurgusu</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00A65FCF">
+            </w:r>
+            <w:r w:rsidR="005D16A2" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fikret’in toplumsal yönü, Namık Kemal’in Hürriyet ve eşitlik anlayışları</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73C4F7F5" w14:textId="77777777" w:rsidR="00A65FCF" w:rsidRPr="009261A3" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SKA 11</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Sürdürülebilir Şehirler ve Topluluklar</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Servet-i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fünun</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> romanlarında kent yaşamı, toplumsal sınıflar</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6669617F" w14:textId="26C9BFB4" w:rsidR="00A65FCF" w:rsidRPr="00A65FCF" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A65FCF">
+          <w:p w14:paraId="6669617F" w14:textId="26C9BFB4" w:rsidR="00A65FCF" w:rsidRPr="009261A3" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SKA 13</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>İklim Eylemi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00464267">
+            <w:r w:rsidR="00464267" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tevfik Fikret</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>’in doğa tasvirleri, karasal yaşamın şiirsel anlatımı</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73CE29C3" w14:textId="77777777" w:rsidR="00A65FCF" w:rsidRPr="00A65FCF" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A65FCF">
+          <w:p w14:paraId="73CE29C3" w14:textId="77777777" w:rsidR="00A65FCF" w:rsidRPr="009261A3" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SKA 15</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Karasal Yaşam</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Doğa betimlemeleri, kırsal yaşamın edebiyattaki temsili</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47251BDE" w14:textId="77777777" w:rsidR="00A65FCF" w:rsidRPr="00A65FCF" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A65FCF">
+          <w:p w14:paraId="47251BDE" w14:textId="77777777" w:rsidR="00A65FCF" w:rsidRPr="009261A3" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SKA 16</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Barış, Adalet ve Güçlü Kurumlar</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Namık Kemal’in özgürlük ve hukuk vurgusu, Ziya Paşa’nın siyasal eleştirileri</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BC4E30B" w14:textId="75AB0191" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="00A65FCF" w:rsidP="00A65FCF">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A65FCF">
+          <w:p w14:paraId="4BC4E30B" w14:textId="7CEF14E2" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="00A65FCF" w:rsidP="005D16A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SKA 17</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>Amaçlar için Ortaklıklar</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A65FCF">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
+            <w:r w:rsidR="005D16A2" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Encümen-i Şuara, Servet-i </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00A65FCF">
-[...6 lines deleted...]
-              <w:t>Fecr</w:t>
+            <w:r w:rsidR="005D16A2" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fünun</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00A65FCF">
-[...6 lines deleted...]
-              <w:t>-i Ati ve Genç Kalemler gibi edebi toplulukların iş birliği kültürü</w:t>
+            <w:r w:rsidR="005D16A2" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>gibi edebi toplulukların iş birliği kültürü</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00782CA0" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="009261A3" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="00681162" w:rsidP="007625C6">
+          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="00681162" w:rsidP="007625C6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Dili</w:t>
             </w:r>
-            <w:r w:rsidR="00F96934" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00F96934" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26CBDD8E" w14:textId="550F7E82" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="008E7A7D" w:rsidP="00833C72">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="26CBDD8E" w14:textId="550F7E82" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="008E7A7D" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Türkçe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2072" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="00681162" w:rsidP="007625C6">
+          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="00681162" w:rsidP="007625C6">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders İşleme Tarzı</w:t>
             </w:r>
-            <w:r w:rsidR="00F96934" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00F96934" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3630" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="608EE131" w14:textId="23CBC3A2" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="00E219C8" w:rsidP="00833C72">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="608EE131" w14:textId="23CBC3A2" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="00E219C8" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yüz Yüze</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00681162" w:rsidRPr="00782CA0" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00681162" w:rsidRPr="009261A3" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
+          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersin Türü </w:t>
             </w:r>
-            <w:r w:rsidR="00A8173B" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00A8173B" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ve </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Düzeyi</w:t>
             </w:r>
-            <w:r w:rsidR="00F96934" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00F96934" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19D6D351" w14:textId="07CB781E" w:rsidR="00681162" w:rsidRPr="00782CA0" w:rsidRDefault="008E7A7D" w:rsidP="00E219C8">
+          <w:p w14:paraId="19D6D351" w14:textId="07CB781E" w:rsidR="00681162" w:rsidRPr="009261A3" w:rsidRDefault="008E7A7D" w:rsidP="00E219C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zorunlu/ Lisans/ 2.Yıl/ Güz Dönemi          </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00782CA0" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="008E7A7D">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="009261A3" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="008E7A7D">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5155" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="00782CA0" w:rsidRDefault="00F96934" w:rsidP="00F96934">
+          <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="009261A3" w:rsidRDefault="00F96934" w:rsidP="00F96934">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersi</w:t>
             </w:r>
-            <w:r w:rsidR="00466279" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00466279" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">n </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Öğretim Üyesinin</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Unvanı</w:t>
             </w:r>
-            <w:r w:rsidR="00466279" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00466279" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adı</w:t>
             </w:r>
-            <w:r w:rsidR="00466279" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00466279" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Soyadı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00782CA0" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="009261A3" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders Saati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1946" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00782CA0" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="009261A3" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Görüşme Saatleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2476" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00782CA0" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="009261A3" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İletişim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00782CA0" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="008E7A7D">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="009261A3" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="008E7A7D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5155" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68DC02A2" w14:textId="37551CC2" w:rsidR="00F96934" w:rsidRPr="00782CA0" w:rsidRDefault="008E7A7D" w:rsidP="00466279">
+          <w:p w14:paraId="68DC02A2" w14:textId="37551CC2" w:rsidR="00F96934" w:rsidRPr="009261A3" w:rsidRDefault="008E7A7D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prof. Dr. Elmas Şahin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5DF00B" w14:textId="573D06A2" w:rsidR="00F96934" w:rsidRPr="00782CA0" w:rsidRDefault="008E7A7D" w:rsidP="00833C72">
+          <w:p w14:paraId="5B5DF00B" w14:textId="573D06A2" w:rsidR="00F96934" w:rsidRPr="009261A3" w:rsidRDefault="008E7A7D" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1946" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DCEC51D" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="00782CA0" w:rsidRDefault="00F96934" w:rsidP="00833C72">
+          <w:p w14:paraId="3DCEC51D" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="009261A3" w:rsidRDefault="00F96934" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2476" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="406CD1B0" w14:textId="0CCDB372" w:rsidR="00F96934" w:rsidRPr="00782CA0" w:rsidRDefault="002054EB" w:rsidP="00833C72">
+          <w:p w14:paraId="406CD1B0" w14:textId="0CCDB372" w:rsidR="00F96934" w:rsidRPr="009261A3" w:rsidRDefault="00FB3A4F" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="008E7A7D" w:rsidRPr="00782CA0">
+              <w:r w:rsidR="008E7A7D" w:rsidRPr="009261A3">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>elmassahin@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="008E7A7D" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="008E7A7D" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F96934" w:rsidRPr="00782CA0" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="009261A3" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00F96934" w:rsidRPr="00782CA0" w:rsidRDefault="00F96934" w:rsidP="0034027E">
+          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00F96934" w:rsidRPr="009261A3" w:rsidRDefault="00F96934" w:rsidP="0034027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Koordinatörü</w:t>
             </w:r>
-            <w:r w:rsidR="00833C72" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00833C72" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C3B751E" w14:textId="23A6DC0C" w:rsidR="00F96934" w:rsidRPr="00782CA0" w:rsidRDefault="008E7A7D" w:rsidP="0034027E">
+          <w:p w14:paraId="7C3B751E" w14:textId="23A6DC0C" w:rsidR="00F96934" w:rsidRPr="009261A3" w:rsidRDefault="008E7A7D" w:rsidP="0034027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prof. Dr. Elmas Şahin</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003537D4" w:rsidRPr="00782CA0" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
+      <w:tr w:rsidR="003537D4" w:rsidRPr="009261A3" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66EAB58D" w14:textId="50B5CF6A" w:rsidR="003537D4" w:rsidRPr="00782CA0" w:rsidRDefault="003537D4" w:rsidP="003537D4">
+          <w:p w14:paraId="0903A0DF" w14:textId="77777777" w:rsidR="003537D4" w:rsidRPr="009261A3" w:rsidRDefault="003537D4" w:rsidP="003537D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Amacı</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58A117A4" w14:textId="77777777" w:rsidR="00454D43" w:rsidRPr="009261A3" w:rsidRDefault="00454D43" w:rsidP="00454D43">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:outlineLvl w:val="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Tematik Amacı → “Temel kuramsal zemin + araştırma becerisi kazandırma”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F433B97" w14:textId="7231BDF9" w:rsidR="00454D43" w:rsidRPr="009261A3" w:rsidRDefault="00454D43" w:rsidP="00454D43">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yani öğrenciler bu dönemde: Metin çözümleme, karşılaştırmalı okuma, SKA ilişkilendirme gibi becerileri edinirler. Baharda yapacakları AR-GE projesi için </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>“temel kavram, yöntem ve analiz araçlarını”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> öğrenirler.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66EAB58D" w14:textId="50B5CF6A" w:rsidR="00454D43" w:rsidRPr="009261A3" w:rsidRDefault="00454D43" w:rsidP="003537D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F33C6D" w:rsidRPr="009261A3" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00A8173B">
+          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00A8173B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Öğrenme Çıktıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7221" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A0CE5">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3018" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A0CE5">
+          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İlişkiler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
+      <w:tr w:rsidR="00F33C6D" w:rsidRPr="009261A3" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="584"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7221" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A0CE5">
+          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Program Çıktıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A0CE5">
+          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A0CE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Net Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F33C6D" w:rsidRPr="009261A3" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
+          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
+          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="659C2DB8" w14:textId="4B157537" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00EE12D0">
+          <w:p w14:paraId="659C2DB8" w14:textId="4B157537" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00EE12D0">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19.yüzyıl Türk edebiyatındaki edebi dönüşümleri tarihsel bağlamda analiz eder.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3392DE1D" w14:textId="679144A4" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F020E4" w:rsidP="00466279">
+          <w:p w14:paraId="3392DE1D" w14:textId="679144A4" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F020E4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="002C4BD8">
+            <w:r w:rsidR="002C4BD8" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="245FC917" w14:textId="6D6755C9" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
+          <w:p w14:paraId="245FC917" w14:textId="6D6755C9" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F33C6D" w:rsidRPr="009261A3" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
+          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76349664" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
+          <w:p w14:paraId="76349664" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tanzimat ve Servet-i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fünun</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> dönemlerine ait metinlerde toplumsal değişim izlerini tanımlar.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5676F5CC" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
+          <w:p w14:paraId="5676F5CC" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC074F8" w14:textId="0481114C" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F020E4" w:rsidP="00466279">
+          <w:p w14:paraId="2CC074F8" w14:textId="0481114C" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F020E4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E540A1C" w14:textId="482A5B9B" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00A02324" w:rsidP="00466279">
+          <w:p w14:paraId="6E540A1C" w14:textId="482A5B9B" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00A02324" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F33C6D" w:rsidRPr="009261A3" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
+          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58389A6C" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
+          <w:p w14:paraId="58389A6C" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Edebi türler (şiir, roman, hikâye) arasındaki biçimsel ve tematik farkları karşılaştırır.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E6B3CF6" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
+          <w:p w14:paraId="1E6B3CF6" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130E6C82" w14:textId="05EBD9D0" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F020E4" w:rsidP="00466279">
+          <w:p w14:paraId="130E6C82" w14:textId="05EBD9D0" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F020E4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8, 2, 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B65611D" w14:textId="440FAF78" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00A02324" w:rsidP="00466279">
+          <w:p w14:paraId="2B65611D" w14:textId="440FAF78" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00A02324" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00F020E4">
+            <w:r w:rsidR="00F020E4" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F33C6D" w:rsidRPr="009261A3" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
+          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
+          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C26084B" w14:textId="4F0CEF4D" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
+          <w:p w14:paraId="1C26084B" w14:textId="4F0CEF4D" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SKA temalarıyla edebi metinler arasında ilişki kurarak yorum yapar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18E382" w14:textId="067744AE" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F020E4" w:rsidP="00466279">
+          <w:p w14:paraId="7A18E382" w14:textId="067744AE" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F020E4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27DCF042" w14:textId="273707BA" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00A02324" w:rsidP="00466279">
+          <w:p w14:paraId="27DCF042" w14:textId="273707BA" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00A02324" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F33C6D" w:rsidRPr="009261A3" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
+          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
+          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C60B735" w14:textId="549AD5E4" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
+          <w:p w14:paraId="2C60B735" w14:textId="549AD5E4" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kadın temsili, doğa duyarlılığı ve halk eğitimi gibi temalara karşı farkındalık geliştirir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1561474B" w14:textId="28927239" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F020E4" w:rsidP="00466279">
+          <w:p w14:paraId="1561474B" w14:textId="28927239" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F020E4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>19, 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF8D652" w14:textId="1534B23A" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00A02324" w:rsidP="00466279">
+          <w:p w14:paraId="4FF8D652" w14:textId="1534B23A" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00A02324" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00F020E4">
+            <w:r w:rsidR="00F020E4" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F33C6D" w:rsidRPr="009261A3" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
+          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
+          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A97A7BA" w14:textId="5B2BBCD0" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
+          <w:p w14:paraId="5A97A7BA" w14:textId="5B2BBCD0" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Edebiyatın birey-toplum ilişkisini yansıtma gücünü içselleştirir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="070A6310" w14:textId="21A6136B" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F020E4" w:rsidP="00466279">
+          <w:p w14:paraId="070A6310" w14:textId="21A6136B" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F020E4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34872425" w14:textId="245C08BF" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00A02324" w:rsidP="00466279">
+          <w:p w14:paraId="34872425" w14:textId="245C08BF" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00A02324" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F33C6D" w:rsidRPr="009261A3" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
+          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62644321" w14:textId="3DEFC0FC" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
+          <w:p w14:paraId="62644321" w14:textId="3DEFC0FC" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B702992" w14:textId="37F76F13" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
+          <w:p w14:paraId="3B702992" w14:textId="37F76F13" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="00077377">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Estetik duyarlılığını geliştirerek şiir ve anlatı türlerine karşı ilgi gösterir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58F7A50C" w14:textId="7B43BA1F" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F020E4" w:rsidP="00466279">
+          <w:p w14:paraId="58F7A50C" w14:textId="7B43BA1F" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F020E4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6, 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F83A37D" w14:textId="704837B0" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00A02324" w:rsidP="00466279">
+          <w:p w14:paraId="2F83A37D" w14:textId="704837B0" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00A02324" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00F020E4">
+            <w:r w:rsidR="00F020E4" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w14:paraId="468895E0" w14:textId="77777777" w:rsidTr="00727DB3">
+      <w:tr w:rsidR="00F33C6D" w:rsidRPr="009261A3" w14:paraId="468895E0" w14:textId="77777777" w:rsidTr="00727DB3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:cantSplit/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="618" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="57B9E878" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
+          <w:p w14:paraId="57B9E878" w14:textId="77777777" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F33C6D" w:rsidP="003A4CE2">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12182168" w14:textId="53FF0430" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00BC4896" w:rsidP="00466279">
+          <w:p w14:paraId="12182168" w14:textId="53FF0430" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00BC4896" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42C65624" w14:textId="4D5D1CB0" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00BC4896" w:rsidP="000C5394">
+          <w:p w14:paraId="42C65624" w14:textId="4D5D1CB0" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00BC4896" w:rsidP="000C5394">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Grup çalışmaları ve yaratıcı etkinliklerle </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>empati</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> ve iş birliği becerisi kazanır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE3883B" w14:textId="1D8D41AB" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00F020E4" w:rsidP="00466279">
+          <w:p w14:paraId="4DE3883B" w14:textId="1D8D41AB" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00F020E4" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CEE2184" w14:textId="13614C9F" w:rsidR="00F33C6D" w:rsidRPr="00782CA0" w:rsidRDefault="00A02324" w:rsidP="00466279">
+          <w:p w14:paraId="2CEE2184" w14:textId="13614C9F" w:rsidR="00F33C6D" w:rsidRPr="009261A3" w:rsidRDefault="00A02324" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B5C97" w:rsidRPr="00782CA0" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="009261A3" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="001B5C97" w:rsidRPr="00782CA0" w:rsidRDefault="001B5C97" w:rsidP="003A0CE5">
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="001B5C97" w:rsidRPr="009261A3" w:rsidRDefault="001B5C97" w:rsidP="003A0CE5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin İçeriği:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="9246" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65806DDA" w14:textId="402D5B52" w:rsidR="00F02BB3" w:rsidRPr="00782CA0" w:rsidRDefault="00F02BB3" w:rsidP="00F02BB3">
+          <w:p w14:paraId="65806DDA" w14:textId="402D5B52" w:rsidR="00F02BB3" w:rsidRPr="009261A3" w:rsidRDefault="00F02BB3" w:rsidP="00F02BB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yeni Türk edebiyatının doğuşu, edebiyat ve toplum ilişkisi, Tanzimat sonrasında ortaya çıkan yeni edebi türlerin biçim-içerik-dil ve üslup özellikleri dersin içeriğini oluşturacaktır. Tanzimat</w:t>
             </w:r>
-            <w:r w:rsidR="00FF71C8" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00FF71C8" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ile</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Servet-i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fünun</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00FF71C8" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00FF71C8" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">dönemlerini </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">kapsayacak olan bu dersin odak noktaları: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E12471F" w14:textId="0B0335DD" w:rsidR="00F02BB3" w:rsidRPr="00782CA0" w:rsidRDefault="00F02BB3" w:rsidP="00F02BB3">
+          <w:p w14:paraId="1E12471F" w14:textId="0B0335DD" w:rsidR="00F02BB3" w:rsidRPr="009261A3" w:rsidRDefault="00F02BB3" w:rsidP="00F02BB3">
             <w:pPr>
               <w:pStyle w:val="ListeParagraf"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tanzimat Dönemi: Şinasi, Namık Kemal, Ziya Paşa, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+              <w:t xml:space="preserve">Tanzimat Dönemi: Şinasi, Namık Kemal, Ziya Paşa, Ahmet Mithat, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Ahmet</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+              <w:t>Recaizade</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Mithat, </w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> Mahmut Ekrem, Muallim Naci </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E3F29CF" w14:textId="1E8EB8E6" w:rsidR="00F02BB3" w:rsidRPr="00782CA0" w:rsidRDefault="00F02BB3" w:rsidP="00F02BB3">
+          <w:p w14:paraId="3E3F29CF" w14:textId="1E8EB8E6" w:rsidR="00F02BB3" w:rsidRPr="009261A3" w:rsidRDefault="00F02BB3" w:rsidP="00F02BB3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Servet-i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fünun</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: Tevfik Fikret, Cenap Şahabettin, Halit Ziya, Mehmet Rauf, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nabizade</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nazım</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1833B0DC" w14:textId="645807C0" w:rsidR="00F02BB3" w:rsidRPr="00782CA0" w:rsidRDefault="00F02BB3" w:rsidP="00F02BB3">
+          <w:p w14:paraId="1833B0DC" w14:textId="645807C0" w:rsidR="00F02BB3" w:rsidRPr="009261A3" w:rsidRDefault="00F02BB3" w:rsidP="00F02BB3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Temalar: Modernleşme, halk eğitimi, birey-toplum çatışması, kadın temsili, toplumsal cinsiyet, doğa duyarlılığı</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FCAB1F0" w14:textId="77777777" w:rsidR="001B5C97" w:rsidRPr="00782CA0" w:rsidRDefault="001B5C97" w:rsidP="001B5C97">
+          <w:p w14:paraId="3FCAB1F0" w14:textId="77777777" w:rsidR="001B5C97" w:rsidRPr="009261A3" w:rsidRDefault="001B5C97" w:rsidP="001B5C97">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00782CA0" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="009261A3" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="003360EF" w:rsidP="001B5C97">
+          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="003360EF" w:rsidP="001B5C97">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Ders İçerikleri:</w:t>
             </w:r>
-            <w:r w:rsidR="00A566C4" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00A566C4" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Haftalık Ders Planı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00782CA0" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="009261A3" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hafta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Konu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hazırlık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="00A566C4" w:rsidP="00466279">
+          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="00A566C4" w:rsidP="00466279">
             <w:pPr>
               <w:ind w:left="-288" w:firstLine="288"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Öğretim Yöntem ve Teknikleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00782CA0" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="009261A3" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="470003E1" w14:textId="1DB79310" w:rsidR="003923D0" w:rsidRPr="00782CA0" w:rsidRDefault="006D00FA" w:rsidP="00B20DAA">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="470003E1" w14:textId="1DB79310" w:rsidR="003923D0" w:rsidRPr="009261A3" w:rsidRDefault="006D00FA" w:rsidP="00B20DAA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Giriş: 19. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>yy  Modernleşme</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00B20DAA" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00B20DAA" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Süreci</w:t>
             </w:r>
-            <w:r w:rsidR="007E74C6">
+            <w:r w:rsidR="007E74C6" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-SKA Tanıtımı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66A1AA39" w14:textId="71CD3CBA" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="006D00FA" w:rsidP="006D00FA">
+          <w:p w14:paraId="66A1AA39" w14:textId="7E287093" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="006D00FA" w:rsidP="006D00FA">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zihin haritası, </w:t>
             </w:r>
-            <w:r w:rsidR="007E74C6">
+            <w:r w:rsidR="007E74C6" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>SKA 4 – Kaliteli Eğitim</w:t>
+            </w:r>
+            <w:r w:rsidR="00B659F3" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Grup çalışması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="630C4497" w14:textId="405230DD" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="003E61C2" w:rsidP="00466279">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="630C4497" w14:textId="405230DD" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="003E61C2" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
-            <w:r w:rsidR="006D00FA" w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="006D00FA" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>artışma</w:t>
             </w:r>
-            <w:r w:rsidR="007E74C6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="007E74C6" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-Zaman Çizelgesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00782CA0" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="009261A3" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4374FDA5" w14:textId="333F957C" w:rsidR="003923D0" w:rsidRPr="00782CA0" w:rsidRDefault="00721BC4" w:rsidP="00466279">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="4374FDA5" w14:textId="333F957C" w:rsidR="003923D0" w:rsidRPr="009261A3" w:rsidRDefault="00721BC4" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tanzimat’ın Edebi Temelleri- </w:t>
             </w:r>
-            <w:r w:rsidR="006D00FA" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="006D00FA" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Şinasi – Tercüme-i Manzume</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>- Namık Kemal – Hürriyet Kasidesi, Vatan Yahut Silistre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A3375F5" w14:textId="0189864A" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="007E74C6" w:rsidP="00275958">
+          <w:p w14:paraId="7A3375F5" w14:textId="30C0D22F" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="007E74C6" w:rsidP="00275958">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007E74C6">
-[...11 lines deleted...]
-              <w:t>Barış-Adalet ve Güçlü Kavramlar,</w:t>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaliteli Eğitim, Barış-Adalet ve Güçlü Kavramlar,</w:t>
+            </w:r>
+            <w:r w:rsidR="00B659F3" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Grup Çalışması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23414219" w14:textId="79D04368" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="006D00FA" w:rsidP="00466279">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="23414219" w14:textId="79D04368" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="006D00FA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Metin çözümleme, grup çalışması</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003360EF" w:rsidRPr="00782CA0" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003360EF" w:rsidRPr="009261A3" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="003360EF" w:rsidP="00466279">
+          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="003360EF" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10F6FE5E" w14:textId="77777777" w:rsidR="003923D0" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="003772DC">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="10F6FE5E" w14:textId="77777777" w:rsidR="003923D0" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="003772DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ziya Paşa-Şiir ve İnşa-Harabat tartışmaları</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6BAB814A" w14:textId="4B4E761E" w:rsidR="00A620F5" w:rsidRPr="00782CA0" w:rsidRDefault="00A620F5" w:rsidP="00A620F5">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="6BAB814A" w14:textId="4B4E761E" w:rsidR="00A620F5" w:rsidRPr="009261A3" w:rsidRDefault="00A620F5" w:rsidP="00A620F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Namık Kemal- Rüya makalesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D8BE1F4" w14:textId="640025AB" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="0015327B">
+          <w:p w14:paraId="2D8BE1F4" w14:textId="640025AB" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="0015327B">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kaliteli Eğitim</w:t>
             </w:r>
-            <w:r w:rsidR="0015327B" w:rsidRPr="00782CA0">
-[...8 lines deleted...]
-              <w:t>Eşitsizliklerin Azaltılması, Barış-Adalet ve Güçlü Kavramlar, Cinsiyet eşitliği, Sanayi, Yenilikçilik altyapı,</w:t>
+            <w:r w:rsidR="0015327B" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Eşitsizliklerin Azaltılması, Barış-Adalet ve Güçlü Kavramlar, Cinsiyet eşitliği, Sanayi, Yenilikçilik altyapı,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A682109" w14:textId="40622DE3" w:rsidR="003360EF" w:rsidRPr="00782CA0" w:rsidRDefault="00A620F5" w:rsidP="00A620F5">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6A682109" w14:textId="40622DE3" w:rsidR="003360EF" w:rsidRPr="009261A3" w:rsidRDefault="00A620F5" w:rsidP="00A620F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Metin çözümleme, grup çalışması, kavram haritası, karşılaştırmalı okuma</w:t>
             </w:r>
-            <w:r w:rsidR="00BC4896" w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00BC4896" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, grup çalışması</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BCC2790" w14:textId="505E5290" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="7BCC2790" w14:textId="505E5290" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplumcu Romanın Doğuşu</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Ahmet Mithat </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6216AD61" w14:textId="4D92312F" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="6216AD61" w14:textId="2697245E" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Felâtun</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bey ile Rakım Efendi-Eğitim, Toplumsal Eşitlik</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2E2E" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Grup çalışması </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B065C00" w14:textId="7C75ADDD" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="1B065C00" w14:textId="7C75ADDD" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Karakter analizi, rol yapma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB57E5F" w14:textId="12CB17D3" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="003E683A">
-[...21 lines deleted...]
-              <w:tab/>
+          <w:p w14:paraId="2DB57E5F" w14:textId="70928B2E" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="00353992" w:rsidP="00DA2E2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Birey ve Estetik Arayışı-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidR="003772DC" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Recaizade</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Mahmut Ekrem, Fethi Naci- Eski Yeni tartışmaları  </w:t>
+            <w:r w:rsidR="003772DC" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mahmut Ekrem, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA2E2E" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Muallim Naci</w:t>
+            </w:r>
+            <w:r w:rsidR="003772DC" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Eski Yeni tartışmaları  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26BDCA38" w14:textId="4604B493" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="26BDCA38" w14:textId="4604B493" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Araba </w:t>
             </w:r>
-            <w:r w:rsidR="00782CA0" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00782CA0" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sevdası Toplumsal</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cinsiyet</w:t>
             </w:r>
-            <w:r w:rsidR="009B5D10" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="009B5D10" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="009B5D10" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="009B5D10" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>inovasyon</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A0399AA" w14:textId="11872B52" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="5A0399AA" w14:textId="11872B52" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kavram haritası, karşılaştırmalı okuma</w:t>
             </w:r>
-            <w:r w:rsidR="00BC4896" w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00BC4896" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, grup çalışması</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0931D2E2" w14:textId="18DC8082" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="009D16A2">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="0931D2E2" w14:textId="0F1E6D57" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="009D16A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Doğa ve Kırsal Yaşamın Edebiyattaki Yeri </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nabizade</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Nazım</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3ABD50" w14:textId="30D3868F" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00475D25">
+          <w:p w14:paraId="5E3ABD50" w14:textId="6076B3CE" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00475D25">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Karabibik</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Zehra- Karasal Yaşam</w:t>
             </w:r>
-            <w:r w:rsidR="005C347E" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="005C347E" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Toplumsal Cinsiyet</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="5773CCF7" w14:textId="29510756" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:r w:rsidR="00353992" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- Birey- toplum</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5773CCF7" w14:textId="29510756" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="108B07A9" w14:textId="0E7D87D9" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="009D342D">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="108B07A9" w14:textId="3862BD72" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="009D342D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Görsel okuma, çevre duyarlılığı</w:t>
             </w:r>
+            <w:r w:rsidR="00353992" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Grup Çalışması</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22BE90F0" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00357095">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="22BE90F0" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00357095">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Servet-i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fünun’da</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Birey ve Duygu- </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="333F1193" w14:textId="03CB1AE3" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="009D16A2">
-[...13 lines deleted...]
-              <w:t>Hayal-Hakikat, toplumsal yapı</w:t>
+          <w:p w14:paraId="333F1193" w14:textId="1063E1FC" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00D22B29">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hayal-Hakikat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1591F644" w14:textId="39F36B06" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="009D16A2">
+          <w:p w14:paraId="1591F644" w14:textId="39F36B06" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="009D16A2">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Halit Ziya – Mai ve Siyah, Mehmet Rauf –Eylül- </w:t>
             </w:r>
-            <w:r w:rsidR="005C347E" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="005C347E" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doğa, İnsan -Toplum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B98D576" w14:textId="3C5EBB56" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00C56664">
+          <w:p w14:paraId="7B98D576" w14:textId="6A01BE99" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00C56664">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Roman çözümlemesi, iç monolog</w:t>
             </w:r>
+            <w:r w:rsidR="00A74417" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, grup çalışması</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFFAB3C" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="6DFFAB3C" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ara Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04590A59" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="04590A59" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66EE9B06" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="66EE9B06" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE72139" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="3BE72139" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ara Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF2690A" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="2CF2690A" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AB47C99" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6AB47C99" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05C966E6" w14:textId="646FD38E" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="05C966E6" w14:textId="646FD38E" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Servet-i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fünun’un</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Doğuşu-Tevfik Fikret,– Sis, Tarih-i Kadim</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7D3643" w14:textId="2CDDD944" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00BC3493">
+          <w:p w14:paraId="1A7D3643" w14:textId="2CDDD944" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00BC3493">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eğitim, Doğa</w:t>
             </w:r>
-            <w:r w:rsidR="005C347E" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="005C347E" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, Birey-Toplum-Eşits</w:t>
             </w:r>
-            <w:r w:rsidR="00BC3493">
+            <w:r w:rsidR="00BC3493" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>iz</w:t>
             </w:r>
-            <w:r w:rsidR="005C347E" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="005C347E" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>likler</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-Şiir performansı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50975E5D" w14:textId="6235CA27" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="50975E5D" w14:textId="629ADC49" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Duyuşsal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> çözümleme, karşılaştırmalı incelemeler</w:t>
             </w:r>
+            <w:r w:rsidR="00A74417" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, grup çalışması</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1242F594" w14:textId="44991A14" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="009D342D">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="1242F594" w14:textId="61AB39D9" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="009D342D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Servet-i </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
-[...5 lines deleted...]
-              <w:t>Fünun’da</w:t>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fünun’d</w:t>
+            </w:r>
+            <w:r w:rsidR="00D22B29" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Sanat Anlayışı-Tevfik Fikret –-</w:t>
+            <w:r w:rsidR="00D22B29" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sanat Anlayışı-Tevfik Fikret-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rübab</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-ı Şikeste, Haluk’un Defteri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD3F5E0" w14:textId="408A37EC" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="009D342D">
+          <w:p w14:paraId="2DD3F5E0" w14:textId="5ADF2838" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="009D342D">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
-[...16 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Estetik duyarlılık- Şiir Performansı, Birey- Toplumsal dönüşüm SKA-ilişkilendirme </w:t>
+            </w:r>
+            <w:r w:rsidR="00A74417" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>– Grup aktiviteleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="378C5450" w14:textId="11903D97" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="378C5450" w14:textId="11903D97" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Kavram haritası ve analizi, karşılaştırmalı okuma, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bilişssel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>duyuşssal</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>şiir  çözümlemeleri</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46A1184F" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="00681CF1" w:rsidP="00681CF1">
+          <w:p w14:paraId="46A1184F" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="00681CF1" w:rsidP="00681CF1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Parnasizm</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; sembolizm ve doğa tasvirleri</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49B35FFE" w14:textId="49FBA6BE" w:rsidR="00681CF1" w:rsidRPr="00782CA0" w:rsidRDefault="00681CF1" w:rsidP="00681CF1">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="49B35FFE" w14:textId="49FBA6BE" w:rsidR="00681CF1" w:rsidRPr="009261A3" w:rsidRDefault="00681CF1" w:rsidP="00681CF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fikret &amp; Cenap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="017669E5" w14:textId="14432286" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003E61C2" w:rsidP="003E61C2">
+          <w:p w14:paraId="017669E5" w14:textId="74A0DBE4" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003E61C2" w:rsidP="003E61C2">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
-            <w:r w:rsidR="00681CF1" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00681CF1" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Elhan-ı </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00681CF1" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00681CF1" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Şita</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>”,”</w:t>
             </w:r>
-            <w:r w:rsidR="00681CF1" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00681CF1" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Resim</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00681CF1" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00681CF1" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yaparken</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>”</w:t>
             </w:r>
-            <w:r w:rsidR="00681CF1" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00681CF1" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00464267">
+            <w:r w:rsidR="00464267" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">İklim Eylemi, </w:t>
             </w:r>
-            <w:r w:rsidR="00681CF1" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00681CF1" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Karasal Yaşam, Estetik Duyarlılık</w:t>
+            </w:r>
+            <w:r w:rsidR="00A74417" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36C928C5" w14:textId="3DC2B452" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="00681CF1" w:rsidP="00466279">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="36C928C5" w14:textId="582ADD68" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="00681CF1" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Şiir çözümlemeleri, Kavram haritası, beyin fırtınası, tartışma</w:t>
             </w:r>
+            <w:r w:rsidR="00A74417" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- Grup aktiviteleri</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46BDADB8" w14:textId="63D7C79E" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="00681CF1" w:rsidP="00681CF1">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="46BDADB8" w14:textId="63D7C79E" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="00681CF1" w:rsidP="00681CF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Türk Edebiyatında Eleştiri- -Cenap Şahabettin-Ali Canip Yöntem tartışmaları</w:t>
             </w:r>
-            <w:r w:rsidR="003772DC" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="003772DC" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75BE5125" w14:textId="5F5BFA0B" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="00681CF1" w:rsidP="00681CF1">
+          <w:p w14:paraId="75BE5125" w14:textId="5F5BFA0B" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="00681CF1" w:rsidP="00681CF1">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Evrak-ı Eyyam- Mektuplar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="213BE876" w14:textId="2A0D829A" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="213BE876" w14:textId="2A0D829A" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Şiir çözümlemesi, yaratıcı yazma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="287BBCEB" w14:textId="28C2A6EB" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="287BBCEB" w14:textId="28C2A6EB" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Şiir ve nesirde yeni yaklaşım denemeleri </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0B48E8" w14:textId="0AA1542E" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="00681CF1" w:rsidP="00466279">
+          <w:p w14:paraId="2E0B48E8" w14:textId="0AA1542E" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="00681CF1" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Metin S</w:t>
             </w:r>
-            <w:r w:rsidR="003772DC" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="003772DC" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eçkisi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01F8B557" w14:textId="71055ACC" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="00681CF1" w:rsidP="00681CF1">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="01F8B557" w14:textId="4116831D" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="00681CF1" w:rsidP="00681CF1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>metin</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="003772DC" w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="003772DC" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> çözümlemeleri, beyin fırtınası</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, tartışma</w:t>
             </w:r>
+            <w:r w:rsidR="00A74417" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- Grup aktiviteleri</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003772DC" w:rsidRPr="00782CA0" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="003772DC" w:rsidRPr="009261A3" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="003772DC" w:rsidP="00466279">
+          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="003772DC" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17983BCB" w14:textId="403ED39A" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00430F2F">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="17983BCB" w14:textId="403ED39A" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00430F2F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ödev Sunumu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="463A8CB9" w14:textId="1BCAC7BB" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00F31701">
+          <w:p w14:paraId="463A8CB9" w14:textId="1BCAC7BB" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00F31701">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proje sunumları</w:t>
             </w:r>
-            <w:r w:rsidR="000C5394" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="000C5394" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">-grup </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="000C5394" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="000C5394" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>çalışmaalrı</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F3574F7" w14:textId="753A384E" w:rsidR="003772DC" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="4F3574F7" w14:textId="753A384E" w:rsidR="003772DC" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Soru –cevap, tartışma, yansıtıcı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6A86DB" w14:textId="5DB90066" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00430F2F">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="3C6A86DB" w14:textId="5DB90066" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00430F2F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Geri</w:t>
             </w:r>
-            <w:r w:rsidR="00EA0FB8" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00EA0FB8" w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>dönütler-Genel Değerlendirmeler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DC441A5" w14:textId="48D8AC5F" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="5DC441A5" w14:textId="48D8AC5F" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Forum </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1738B9" w14:textId="6736D6B2" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="4D1738B9" w14:textId="6736D6B2" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Yansıtıcı yazı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="682EA4FF" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="682EA4FF" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="607CC73E" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="607CC73E" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DF471FD" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="2DF471FD" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="894" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4308" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0A0783" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="4C0A0783" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37CF168A" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="37CF168A" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3384" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA07FD4" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="1EA07FD4" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="002540BC">
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="002540BC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders İçin Kaynaklar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Ders Kitabı:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7408" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60836ED4" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00D4302F" w:rsidP="00D4302F">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="60836ED4" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00D4302F" w:rsidP="00D4302F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Korkmaz, Ramazan vd. (2016). </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yeni Türk Edebiyatı El Kitabı (1839-2000)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ankara: Grafiker Yayınları.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="3011E0E6" w14:textId="5E6D1F48" w:rsidR="00D4302F" w:rsidRPr="00782CA0" w:rsidRDefault="00D4302F" w:rsidP="00D4302F">
+          <w:p w14:paraId="3011E0E6" w14:textId="5E6D1F48" w:rsidR="00D4302F" w:rsidRPr="009261A3" w:rsidRDefault="00D4302F" w:rsidP="00D4302F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Tanpınar, Ahmet Hamdi (2008). </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>XIX. Asır Türk Edebiyatı Tarihi</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. İstanbul: YKY</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Kaplan, Mehmet (2007). </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Şiir Tahlilleri 1: Tanzimat’tan Cumhuriyet’e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. İstanbul: Dergâh Yayınları. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="3241"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Önerilen Kaynaklar:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7408" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7666BF86" w14:textId="5B0EFF14" w:rsidR="00D07CB2" w:rsidRPr="00782CA0" w:rsidRDefault="00D4302F" w:rsidP="00D07CB2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="7666BF86" w14:textId="5B0EFF14" w:rsidR="00D07CB2" w:rsidRPr="009261A3" w:rsidRDefault="00D4302F" w:rsidP="00D07CB2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00D07CB2" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00D07CB2" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Kaplan, Mehmet (2009). Tevfik Fikret: Devir, Şahsiyet, Eser. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00D07CB2" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="00D07CB2" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İstanbul: Dergâh Yayınları.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="23171847" w14:textId="694E0344" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00D07CB2" w:rsidP="00872C0F">
+          <w:p w14:paraId="23171847" w14:textId="694E0344" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00D07CB2" w:rsidP="00872C0F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Okay, Orhan (2010). </w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Batılılaşma Devri Türk Edebiyatı</w:t>
             </w:r>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İstanbul: Dergâh Yayınları.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Ölçme ve Değerlendirmesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Etkinlikler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Notlar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ara Sınav </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AF41AA6" w14:textId="70E04641" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00872C0F" w:rsidP="00466279">
+          <w:p w14:paraId="4AF41AA6" w14:textId="70E04641" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00872C0F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11AF3B95" w14:textId="276FFDC8" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00872C0F" w:rsidP="00466279">
+          <w:p w14:paraId="11AF3B95" w14:textId="276FFDC8" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00872C0F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFD8A18" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="4EFD8A18" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FA78A11" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="6FA78A11" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="096895BB" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="096895BB" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E12C91" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="32E12C91" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ödev</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03778AE6" w14:textId="66F423CC" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00872C0F" w:rsidP="00466279">
+          <w:p w14:paraId="03778AE6" w14:textId="66F423CC" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00872C0F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C185354" w14:textId="13E60A82" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00872C0F" w:rsidP="00466279">
+          <w:p w14:paraId="1C185354" w14:textId="13E60A82" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00872C0F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4172B6" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="6C4172B6" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F2F518" w14:textId="15271724" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="003E61C2" w:rsidP="00466279">
+          <w:p w14:paraId="68F2F518" w14:textId="15271724" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="003E61C2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB18371" w14:textId="41471C61" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="003E61C2" w:rsidP="00466279">
+          <w:p w14:paraId="4BB18371" w14:textId="41471C61" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="003E61C2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20FBA075" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="20FBA075" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portfolyo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7047698A" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="7047698A" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA8C672" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="7EA8C672" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1872788A" w14:textId="238AD8FD" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00872C0F" w:rsidP="00466279">
+          <w:p w14:paraId="1872788A" w14:textId="238AD8FD" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00872C0F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A86F748" w14:textId="5DA904B2" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="003E61C2" w:rsidP="00466279">
+          <w:p w14:paraId="7A86F748" w14:textId="5DA904B2" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="003E61C2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS Tablosu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İçerik</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Saat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00466279">
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014716E" w:rsidRPr="00782CA0" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="0034541B">
+      <w:tr w:rsidR="0014716E" w:rsidRPr="009261A3" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="0034541B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders süresi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="549B0A4F" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="549B0A4F" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE76651" w14:textId="7BCCA51F" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="5AE76651" w14:textId="7BCCA51F" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7A4D27A9" w14:textId="5F20E210" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="7A4D27A9" w14:textId="5F20E210" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014716E" w:rsidRPr="00782CA0" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="0034541B">
+      <w:tr w:rsidR="0014716E" w:rsidRPr="009261A3" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="0034541B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="458530B9" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="458530B9" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21AAFFD4" w14:textId="63B4DA76" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="21AAFFD4" w14:textId="63B4DA76" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="38251A98" w14:textId="73F8858C" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="38251A98" w14:textId="73F8858C" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014716E" w:rsidRPr="00782CA0" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="0034541B">
+      <w:tr w:rsidR="0014716E" w:rsidRPr="009261A3" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="0034541B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF8321E" w14:textId="5C5C853D" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="1DF8321E" w14:textId="5C5C853D" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ödevler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="55A772A1" w14:textId="1E664B5B" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="55A772A1" w14:textId="1E664B5B" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13E57125" w14:textId="09B904C4" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="13E57125" w14:textId="09B904C4" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="64324612" w14:textId="41BFFE6B" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="64324612" w14:textId="41BFFE6B" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014716E" w:rsidRPr="00782CA0" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="0034541B">
+      <w:tr w:rsidR="0014716E" w:rsidRPr="009261A3" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="0034541B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE8DF73" w14:textId="5565B680" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="2BE8DF73" w14:textId="5565B680" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD117A5" w14:textId="6E67B1FA" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="1FD117A5" w14:textId="6E67B1FA" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3384D8C1" w14:textId="1E684070" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="3384D8C1" w14:textId="1E684070" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014716E" w:rsidRPr="00782CA0" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="0034541B">
+      <w:tr w:rsidR="0014716E" w:rsidRPr="009261A3" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="0034541B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D8140D" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="57D8140D" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="178609E5" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="178609E5" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C36617F" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="0C36617F" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1D470DAB" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="1D470DAB" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014716E" w:rsidRPr="00782CA0" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="0034541B">
+      <w:tr w:rsidR="0014716E" w:rsidRPr="009261A3" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="0034541B">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ara Sınav (Ara Sınav Süresi + Ara Sınav Hazırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF5C7A5" w14:textId="58049126" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="3EF5C7A5" w14:textId="58049126" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75F8D88F" w14:textId="6F538602" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="75F8D88F" w14:textId="6F538602" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6698DB0F" w14:textId="1D2D58BF" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="6698DB0F" w14:textId="1D2D58BF" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0014716E" w:rsidRPr="00782CA0" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="0034541B">
+      <w:tr w:rsidR="0014716E" w:rsidRPr="009261A3" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="0034541B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00782CA0">
+          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Sınavı (Final Sınavı Süresi + Final Sınavı Hazırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="57453E3E" w14:textId="5E1801BA" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="57453E3E" w14:textId="5E1801BA" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1671B335" w14:textId="74B84F3D" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="1671B335" w14:textId="74B84F3D" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="22F4B433" w14:textId="28F3627E" w:rsidR="0014716E" w:rsidRPr="00782CA0" w:rsidRDefault="0014716E" w:rsidP="00466279">
+          <w:p w14:paraId="22F4B433" w14:textId="28F3627E" w:rsidR="0014716E" w:rsidRPr="009261A3" w:rsidRDefault="0014716E" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00B71D87">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00B71D87">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00EC693D">
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1139CD8F" w14:textId="45FAA7F9" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00D41B6B">
+          <w:p w14:paraId="1139CD8F" w14:textId="45FAA7F9" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:r w:rsidR="0014716E" w:rsidRPr="00782CA0">
+            <w:r w:rsidR="0014716E" w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00B71D87">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00B71D87">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00EC693D">
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="51F8EF1F" w14:textId="091B19F6" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00D41B6B">
+          <w:p w14:paraId="51F8EF1F" w14:textId="091B19F6" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>214/30=7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430F2F" w:rsidRPr="00782CA0" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00B71D87">
+      <w:tr w:rsidR="00430F2F" w:rsidRPr="009261A3" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00B71D87">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00EC693D">
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS Kredisi:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18FD7F" w14:textId="6C19E164" w:rsidR="00430F2F" w:rsidRPr="00782CA0" w:rsidRDefault="00430F2F" w:rsidP="00D41B6B">
+          <w:p w14:paraId="7A18FD7F" w14:textId="6C19E164" w:rsidR="00430F2F" w:rsidRPr="009261A3" w:rsidRDefault="00430F2F" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="137EF8C3" w14:textId="77777777" w:rsidR="009648F6" w:rsidRPr="00782CA0" w:rsidRDefault="009648F6" w:rsidP="009648F6">
-      <w:r w:rsidRPr="00782CA0">
+    <w:p w14:paraId="137EF8C3" w14:textId="77777777" w:rsidR="009648F6" w:rsidRPr="009261A3" w:rsidRDefault="009648F6" w:rsidP="009648F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009261A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Önerilen Yapı:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="091A0C7D" w14:textId="77777777" w:rsidR="009648F6" w:rsidRPr="00782CA0" w:rsidRDefault="009648F6" w:rsidP="009648F6">
-      <w:r w:rsidRPr="00782CA0">
+    <w:p w14:paraId="091A0C7D" w14:textId="77777777" w:rsidR="009648F6" w:rsidRPr="009261A3" w:rsidRDefault="009648F6" w:rsidP="009648F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009261A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>İlk dönem: 1 ödev (%20), 1 vize projesi (%30), 1 final projesi (%30),  Süreç / katılım / Sunumlar (%20)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475DBB00" w14:textId="77777777" w:rsidR="009648F6" w:rsidRPr="00782CA0" w:rsidRDefault="009648F6" w:rsidP="009648F6"/>
-[...11 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="009261A3" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="00782CA0" w:rsidRDefault="003237AD"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00782CA0">
+    <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="009261A3" w:rsidRDefault="003237AD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009261A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00782CA0" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="009261A3" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="00782CA0" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="009261A3" w:rsidRDefault="003237AD" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Geçmiş Dönem Başarıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00782CA0" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="009261A3" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05806513" w14:textId="5EFCCB5D" w:rsidR="003237AD" w:rsidRPr="00782CA0" w:rsidRDefault="00092A05" w:rsidP="00F17985">
+          <w:p w14:paraId="05806513" w14:textId="5EFCCB5D" w:rsidR="003237AD" w:rsidRPr="009261A3" w:rsidRDefault="00092A05" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2312A181" wp14:editId="33CC8227">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId9"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="427BA7FB" w14:textId="47DE8BC2" w:rsidR="003237AD" w:rsidRPr="00782CA0" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="427BA7FB" w14:textId="47DE8BC2" w:rsidR="003237AD" w:rsidRPr="009261A3" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FA47C53" wp14:editId="2626115C">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="2071116311" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003237AD" w:rsidRPr="00782CA0" w14:paraId="2BCFF5A2" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="003237AD" w:rsidRPr="009261A3" w14:paraId="2BCFF5A2" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C7E970A" w14:textId="4F40234B" w:rsidR="003237AD" w:rsidRPr="00782CA0" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="3C7E970A" w14:textId="4F40234B" w:rsidR="003237AD" w:rsidRPr="009261A3" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A96DE31" wp14:editId="66E4DF37">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="900991778" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F752316" w14:textId="3328BFA2" w:rsidR="003237AD" w:rsidRPr="00782CA0" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
+          <w:p w14:paraId="5F752316" w14:textId="3328BFA2" w:rsidR="003237AD" w:rsidRPr="009261A3" w:rsidRDefault="000F34D6" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D4C7441" wp14:editId="0FE4A47C">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="710092929" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F34D6" w:rsidRPr="00782CA0" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="0095080C">
+      <w:tr w:rsidR="000F34D6" w:rsidRPr="009261A3" w14:paraId="67A67A99" w14:textId="77777777" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="4530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="639ABC3C" w14:textId="2E22890D" w:rsidR="000F34D6" w:rsidRPr="00782CA0" w:rsidRDefault="006241B7" w:rsidP="00F17985">
+          <w:p w14:paraId="639ABC3C" w14:textId="2E22890D" w:rsidR="000F34D6" w:rsidRPr="009261A3" w:rsidRDefault="006241B7" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7DF07A08" wp14:editId="0D867B99">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="729780621" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5447" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42343372" w14:textId="1C0777E5" w:rsidR="000F34D6" w:rsidRPr="00782CA0" w:rsidRDefault="006241B7" w:rsidP="00F17985">
+          <w:p w14:paraId="42343372" w14:textId="1C0777E5" w:rsidR="000F34D6" w:rsidRPr="009261A3" w:rsidRDefault="006241B7" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00782CA0">
+            <w:r w:rsidRPr="009261A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="658F462F" wp14:editId="4484698B">
                   <wp:extent cx="3298190" cy="1924050"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="1483050501" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                       <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00782CA0" w:rsidRDefault="003A4CE2"/>
-    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00782CA0" w:rsidSect="005A2B8A">
+    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="009261A3" w:rsidRDefault="003A4CE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="009261A3" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EA50F16" w14:textId="77777777" w:rsidR="002054EB" w:rsidRDefault="002054EB" w:rsidP="0034027E">
+    <w:p w14:paraId="4FEC0F0B" w14:textId="77777777" w:rsidR="00FB3A4F" w:rsidRDefault="00FB3A4F" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F51364A" w14:textId="77777777" w:rsidR="002054EB" w:rsidRDefault="002054EB" w:rsidP="0034027E">
+    <w:p w14:paraId="4DCFD7C2" w14:textId="77777777" w:rsidR="00FB3A4F" w:rsidRDefault="00FB3A4F" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8752,58 +9058,58 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E7C6CC2" w14:textId="77777777" w:rsidR="002054EB" w:rsidRDefault="002054EB" w:rsidP="0034027E">
+    <w:p w14:paraId="39A4D6FF" w14:textId="77777777" w:rsidR="00FB3A4F" w:rsidRDefault="00FB3A4F" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7815148B" w14:textId="77777777" w:rsidR="002054EB" w:rsidRDefault="002054EB" w:rsidP="0034027E">
+    <w:p w14:paraId="2BA49BF7" w14:textId="77777777" w:rsidR="00FB3A4F" w:rsidRDefault="00FB3A4F" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -9237,50 +9543,199 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="6FB12A8A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="777A134C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="78331CA2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="73B68596"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -9395,176 +9850,184 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="000203EB"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00077377"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="00092A05"/>
     <w:rsid w:val="0009494D"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000C5394"/>
     <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000E7A2B"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="0014716E"/>
     <w:rsid w:val="0015327B"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F34"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="002054EB"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="00275958"/>
     <w:rsid w:val="002B119A"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002C4BD8"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="002F0D39"/>
     <w:rsid w:val="002F6B2F"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="003163C8"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="00353992"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
+    <w:rsid w:val="0037493A"/>
     <w:rsid w:val="003772DC"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="003E61C2"/>
     <w:rsid w:val="003E683A"/>
     <w:rsid w:val="00414838"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="00430F2F"/>
     <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00454D43"/>
     <w:rsid w:val="00464267"/>
     <w:rsid w:val="00466279"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="004904EB"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A19BE"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004B3633"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="00512FEC"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
     <w:rsid w:val="005A2B8A"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005C347E"/>
+    <w:rsid w:val="005D16A2"/>
     <w:rsid w:val="005E6747"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="00681CF1"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006D00FA"/>
     <w:rsid w:val="006F47A4"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00721BC4"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
@@ -9578,221 +10041,230 @@
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="008269BD"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00835E2A"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="00872C0F"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="008939DC"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="008E7A7D"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
+    <w:rsid w:val="009261A3"/>
     <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="00934341"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="009648F6"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009B5D10"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009D16A2"/>
     <w:rsid w:val="009D342D"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A02324"/>
     <w:rsid w:val="00A03137"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A43389"/>
     <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A60173"/>
     <w:rsid w:val="00A620F5"/>
     <w:rsid w:val="00A65FCF"/>
     <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A74417"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00AF7EEC"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B20DAA"/>
     <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B659F3"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BC3493"/>
     <w:rsid w:val="00BC4896"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C56664"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00CA12E6"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
     <w:rsid w:val="00CD69D8"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D07CB2"/>
     <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D22B29"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D4302F"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA2330"/>
+    <w:rsid w:val="00DA2E2E"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E13405"/>
     <w:rsid w:val="00E219C8"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E7156E"/>
     <w:rsid w:val="00E77691"/>
     <w:rsid w:val="00E9623B"/>
     <w:rsid w:val="00E971D4"/>
     <w:rsid w:val="00EA0FB8"/>
     <w:rsid w:val="00EA2406"/>
     <w:rsid w:val="00EA6A9B"/>
     <w:rsid w:val="00EB1678"/>
     <w:rsid w:val="00EC693D"/>
     <w:rsid w:val="00ED3D23"/>
     <w:rsid w:val="00ED5384"/>
     <w:rsid w:val="00EE12D0"/>
     <w:rsid w:val="00EF0908"/>
     <w:rsid w:val="00F020E4"/>
     <w:rsid w:val="00F02BB3"/>
     <w:rsid w:val="00F04A29"/>
     <w:rsid w:val="00F107BF"/>
     <w:rsid w:val="00F2363D"/>
     <w:rsid w:val="00F31701"/>
     <w:rsid w:val="00F33C6D"/>
     <w:rsid w:val="00F43268"/>
     <w:rsid w:val="00F44952"/>
     <w:rsid w:val="00F67A48"/>
     <w:rsid w:val="00F818C3"/>
     <w:rsid w:val="00F91795"/>
     <w:rsid w:val="00F96934"/>
     <w:rsid w:val="00FA2A04"/>
     <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FB3A4F"/>
     <w:rsid w:val="00FC1CD9"/>
     <w:rsid w:val="00FC2D85"/>
     <w:rsid w:val="00FC6B48"/>
     <w:rsid w:val="00FF71C8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6A0E76EB"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9912,50 +10384,66 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00454D43"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
@@ -10162,80 +10650,115 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F02BB3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Gl">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00A65FCF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00454D43"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00454D43"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00454D43"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10355,50 +10878,66 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Balk4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00454D43"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
@@ -10605,83 +11144,130 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F02BB3"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Gl">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00A65FCF"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk4Char">
+    <w:name w:val="Başlık 4 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00454D43"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00454D43"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00454D43"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="274942851">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="420101517">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="463474062">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
@@ -10881,50 +11467,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1048607285">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1462923609">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1542552876">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1685475086">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -11327,157 +11926,157 @@
                 <c:pt idx="8">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="252510720"/>
-        <c:axId val="150432576"/>
+        <c:axId val="178012160"/>
+        <c:axId val="45216832"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="252510720"/>
+        <c:axId val="178012160"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="150432576"/>
+        <c:crossAx val="45216832"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="150432576"/>
+        <c:axId val="45216832"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="252510720"/>
+        <c:crossAx val="178012160"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -11717,157 +12316,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="151590912"/>
-        <c:axId val="150434304"/>
+        <c:axId val="178029568"/>
+        <c:axId val="166447360"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="151590912"/>
+        <c:axId val="178029568"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="150434304"/>
+        <c:crossAx val="166447360"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="150434304"/>
+        <c:axId val="166447360"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="151590912"/>
+        <c:crossAx val="178029568"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12107,157 +12706,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="49316864"/>
-        <c:axId val="150436032"/>
+        <c:axId val="178012672"/>
+        <c:axId val="166450240"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="49316864"/>
+        <c:axId val="178012672"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="150436032"/>
+        <c:crossAx val="166450240"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="150436032"/>
+        <c:axId val="166450240"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="49316864"/>
+        <c:crossAx val="178012672"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12483,157 +13082,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="174403072"/>
-        <c:axId val="253886464"/>
+        <c:axId val="178028544"/>
+        <c:axId val="166451968"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="174403072"/>
+        <c:axId val="178028544"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="253886464"/>
+        <c:crossAx val="166451968"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="253886464"/>
+        <c:axId val="166451968"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="174403072"/>
+        <c:crossAx val="178028544"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12859,157 +13458,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1B61-4F0B-BA52-A0957D33D0C8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="252511232"/>
-        <c:axId val="253887616"/>
+        <c:axId val="179738112"/>
+        <c:axId val="179587328"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="252511232"/>
+        <c:axId val="179738112"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="253887616"/>
+        <c:crossAx val="179587328"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="253887616"/>
+        <c:axId val="179587328"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="252511232"/>
+        <c:crossAx val="179738112"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13235,157 +13834,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-C93A-4AAE-B455-3C3D6FA9C3B8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="174653440"/>
-        <c:axId val="253889344"/>
+        <c:axId val="213551616"/>
+        <c:axId val="179589632"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="174653440"/>
+        <c:axId val="213551616"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="253889344"/>
+        <c:crossAx val="179589632"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="253889344"/>
+        <c:axId val="179589632"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="174653440"/>
+        <c:crossAx val="213551616"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13994,73 +14593,73 @@
               <a:tint val="98000"/>
               <a:satMod val="130000"/>
               <a:shade val="90000"/>
               <a:lumMod val="103000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="100000">
             <a:schemeClr val="phClr">
               <a:shade val="63000"/>
               <a:satMod val="120000"/>
             </a:schemeClr>
           </a:gs>
         </a:gsLst>
         <a:lin ang="5400000" scaled="0"/>
       </a:gradFill>
     </a:bgFillStyleLst>
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>957</Words>
-  <Characters>5455</Characters>
+  <Words>1006</Words>
+  <Characters>5738</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6400</CharactersWithSpaces>
+  <CharactersWithSpaces>6731</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>