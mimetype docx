--- v0 (2025-11-06)
+++ v1 (2026-03-13)
@@ -1,56 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="618"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="717"/>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="997"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="353"/>
         <w:gridCol w:w="25"/>
         <w:gridCol w:w="855"/>
         <w:gridCol w:w="792"/>
@@ -119,52 +120,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fen Edebiyat</w:t>
             </w:r>
             <w:r w:rsidR="005A2B8A" w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fakültesi </w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00482527" w:rsidRPr="005F768B" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="005F768B" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
@@ -1590,51 +1589,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DCEC51D" w14:textId="77777777" w:rsidR="00B121F7" w:rsidRPr="005F768B" w:rsidRDefault="00B121F7" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2476" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="406CD1B0" w14:textId="49938C7A" w:rsidR="00B121F7" w:rsidRPr="005F768B" w:rsidRDefault="00F40587" w:rsidP="00833C72">
+          <w:p w14:paraId="406CD1B0" w14:textId="49938C7A" w:rsidR="00B121F7" w:rsidRPr="005F768B" w:rsidRDefault="0099679F" w:rsidP="00833C72">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00B121F7" w:rsidRPr="005F768B">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>elmassahin@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00B121F7" w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6267,50 +6266,168 @@
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Önerilen Kaynaklar:</w:t>
             </w:r>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7408" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w14:paraId="7B6711B0" w14:textId="18ADD06F" w:rsidR="008F61CA" w:rsidRDefault="008F61CA" w:rsidP="00151AFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Berna</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Moran, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Edebiyat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Kuramı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Eleştiri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
           <w:p w14:paraId="5137AD71" w14:textId="56ECE87A" w:rsidR="00151AFB" w:rsidRPr="005F768B" w:rsidRDefault="00151AFB" w:rsidP="00151AFB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Kaplan, Mehmet (2009). </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
@@ -6343,58 +6460,60 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Antolojisi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="23171847" w14:textId="5EAB10F5" w:rsidR="008F074D" w:rsidRPr="005F768B" w:rsidRDefault="00BA4682" w:rsidP="00151AFB">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2366CE0F" w14:textId="77777777" w:rsidR="008F074D" w:rsidRDefault="00BA4682" w:rsidP="00151AFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tanpınar</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
@@ -6600,83 +6719,711 @@
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tahlilleri</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2:</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="39FBCC86" w14:textId="77777777" w:rsidR="008F61CA" w:rsidRPr="008F61CA" w:rsidRDefault="008F61CA" w:rsidP="008F61CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haydar </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ergülen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yeni Türk Şiiri Antolojisi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BE1F791" w14:textId="77777777" w:rsidR="008F61CA" w:rsidRPr="008F61CA" w:rsidRDefault="008F61CA" w:rsidP="008F61CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atilla </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Özkırımlı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Çağdaş Türk Edebiyatı,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E322B4" w14:textId="77777777" w:rsidR="008F61CA" w:rsidRPr="008F61CA" w:rsidRDefault="008F61CA" w:rsidP="008F61CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Memet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fuat, Çağdaş Türk Şiiri Antolojisi,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02B759F7" w14:textId="77777777" w:rsidR="008F61CA" w:rsidRPr="008F61CA" w:rsidRDefault="008F61CA" w:rsidP="008F61CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ali İhsan Kolcu, Modern Türk Şiiri Antolojisi </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F0314E6" w14:textId="77777777" w:rsidR="008F61CA" w:rsidRPr="008F61CA" w:rsidRDefault="008F61CA" w:rsidP="008F61CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dijital edebiyat </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>blogları</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>podcast</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kanalları </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44458FED" w14:textId="77777777" w:rsidR="008F61CA" w:rsidRPr="008F61CA" w:rsidRDefault="008F61CA" w:rsidP="008F61CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anchor / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Spotify</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Podcasters – Podcast </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>üretimi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3BAF55CF" w14:textId="77777777" w:rsidR="008F61CA" w:rsidRPr="008F61CA" w:rsidRDefault="008F61CA" w:rsidP="008F61CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genially / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Prezi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Etkileşimli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>sunumlar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="507BB074" w14:textId="77777777" w:rsidR="008F61CA" w:rsidRPr="008F61CA" w:rsidRDefault="008F61CA" w:rsidP="008F61CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>StoryMapJS</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Mekân-temalı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>dijital</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>hikâye</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>anlatımı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="23171847" w14:textId="342D2C35" w:rsidR="008F61CA" w:rsidRPr="005F768B" w:rsidRDefault="008F61CA" w:rsidP="008F61CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Mentimeter</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Miro</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Geri </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>bildirim</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>fikir</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F61CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>haritaları</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F074D" w:rsidRPr="005F768B" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="008F074D" w:rsidRPr="005F768B" w:rsidRDefault="008F074D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Dersin Ölçme ve Değerlendirmesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F074D" w:rsidRPr="005F768B" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="008F074D" w:rsidRPr="005F768B" w:rsidRDefault="008F074D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -6759,673 +7506,450 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="008F074D" w:rsidRPr="005F768B" w:rsidRDefault="008F074D" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Notlar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F074D" w:rsidRPr="005F768B" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="007C3438" w:rsidRPr="005F768B" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00235CE5">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="008F074D" w:rsidRPr="005F768B" w:rsidRDefault="008F074D" w:rsidP="00466279">
+          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ara Sınav </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4AF41AA6" w14:textId="043BCE5C" w:rsidR="008F074D" w:rsidRPr="005F768B" w:rsidRDefault="008F074D" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="4AF41AA6" w14:textId="0BC68718" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F768B">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00B138B3">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="11AF3B95" w14:textId="05686509" w:rsidR="008F074D" w:rsidRPr="005F768B" w:rsidRDefault="008F074D" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="11AF3B95" w14:textId="65A1E186" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F768B">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00B138B3">
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="008F074D" w:rsidRPr="005F768B" w:rsidRDefault="008F074D" w:rsidP="00466279">
+          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB4653" w:rsidRPr="005F768B" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="007C3438" w:rsidRPr="005F768B" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00235CE5">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EFD8A18" w14:textId="77777777" w:rsidR="00FB4653" w:rsidRPr="005F768B" w:rsidRDefault="00FB4653" w:rsidP="00466279">
+          <w:p w14:paraId="4EFD8A18" w14:textId="0EC40A73" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proje</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Ödev</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6FA78A11" w14:textId="0924F532" w:rsidR="00FB4653" w:rsidRPr="005F768B" w:rsidRDefault="00FB4653" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="6FA78A11" w14:textId="09178E2E" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F768B">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00B138B3">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="096895BB" w14:textId="69DF3E1A" w:rsidR="00FB4653" w:rsidRPr="005F768B" w:rsidRDefault="00FB4653" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="096895BB" w14:textId="5339378E" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F768B">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00B138B3">
               <w:t>20%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="00FB4653" w:rsidRPr="005F768B" w:rsidRDefault="00FB4653" w:rsidP="00466279">
+          <w:p w14:paraId="0C44DB9D" w14:textId="77777777" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FB4653" w:rsidRPr="005F768B" w14:paraId="25DAAEF9" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="007C3438" w:rsidRPr="005F768B" w14:paraId="3046B426" w14:textId="77777777" w:rsidTr="00235CE5">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E12C91" w14:textId="77777777" w:rsidR="00FB4653" w:rsidRPr="005F768B" w:rsidRDefault="00FB4653" w:rsidP="00466279">
-[...15 lines deleted...]
-              <w:t>Ödev</w:t>
+          <w:p w14:paraId="20FBA075" w14:textId="2AC8B305" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F768B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Portf</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>öy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="03778AE6" w14:textId="2294F68B" w:rsidR="00FB4653" w:rsidRPr="005F768B" w:rsidRDefault="00FB4653" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="7047698A" w14:textId="55153740" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B138B3">
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1C185354" w14:textId="4DF74814" w:rsidR="00FB4653" w:rsidRPr="005F768B" w:rsidRDefault="00FB4653" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="7EA8C672" w14:textId="29F564F9" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B138B3">
+              <w:t>50%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4172B6" w14:textId="77777777" w:rsidR="00FB4653" w:rsidRPr="005F768B" w:rsidRDefault="00FB4653" w:rsidP="00466279">
+          <w:p w14:paraId="2BD1F23C" w14:textId="77777777" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193AE2" w:rsidRPr="005F768B" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00466279">
+      <w:tr w:rsidR="007C3438" w:rsidRPr="005F768B" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00235CE5">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2379F32B" w14:textId="3EC4AD81" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005F768B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final /</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005F768B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Portfolyo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="997" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="68F2F518" w14:textId="3DFAA8CE" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="1872788A" w14:textId="245B1A52" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F768B">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00B138B3">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4BB18371" w14:textId="542ACEE9" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          </w:tcPr>
+          <w:p w14:paraId="7A86F748" w14:textId="60DEE26B" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F768B">
-[...6 lines deleted...]
-              <w:t>20%</w:t>
+            <w:r w:rsidRPr="00B138B3">
+              <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
-[...213 lines deleted...]
-          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="007C3438" w:rsidRPr="005F768B" w:rsidRDefault="007C3438" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00193AE2" w:rsidRPr="005F768B" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10857" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
             <w:pPr>
@@ -7788,1040 +8312,925 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="38251A98" w14:textId="684E29AB" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193AE2" w:rsidRPr="005F768B" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="004349DE">
+      <w:tr w:rsidR="002B5BC9" w:rsidRPr="005F768B" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="004349DE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF8321E" w14:textId="00BC2A16" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="1DF8321E" w14:textId="7CAB78EA" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ödevler</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Proje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="55A772A1" w14:textId="23391F10" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="55A772A1" w14:textId="1A9928B0" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="005F768B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13E57125" w14:textId="4C02C2DB" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="13E57125" w14:textId="00BAA6CE" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="005F768B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="64324612" w14:textId="1D61CD04" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="64324612" w14:textId="139DEF86" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="005F768B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193AE2" w:rsidRPr="005F768B" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="004349DE">
+      <w:tr w:rsidR="002B5BC9" w:rsidRPr="005F768B" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="004349DE">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="453F63EA" w14:textId="77777777" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE8DF73" w14:textId="616976E3" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="2BE8DF73" w14:textId="2CFAB47C" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F768B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD117A5" w14:textId="22AB432E" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="1FD117A5" w14:textId="28EABEFF" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F768B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3384D8C1" w14:textId="1F3CF628" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="3384D8C1" w14:textId="50ADF279" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F768B">
-[...6 lines deleted...]
-              <w:t>15</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193AE2" w:rsidRPr="005F768B" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="004349DE">
+      <w:tr w:rsidR="002B5BC9" w:rsidRPr="005F768B" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="004349DE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D8140D" w14:textId="77777777" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="57D8140D" w14:textId="025D9F4F" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="1984"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proje</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /Portföy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="178609E5" w14:textId="1CF162FD" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="178609E5" w14:textId="1CF162FD" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C36617F" w14:textId="71CF9736" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="0C36617F" w14:textId="71CF9736" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1D470DAB" w14:textId="43E8DA78" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="1D470DAB" w14:textId="43E8DA78" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193AE2" w:rsidRPr="005F768B" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="004349DE">
+      <w:tr w:rsidR="002B5BC9" w:rsidRPr="005F768B" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="004349DE">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ara Sınav (Ara Sınav Süresi + Ara Sınav Hazırlığı)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF5C7A5" w14:textId="78DF2675" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="3EF5C7A5" w14:textId="78DF2675" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75F8D88F" w14:textId="7F08402F" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="75F8D88F" w14:textId="7F08402F" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="6698DB0F" w14:textId="7D407131" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="6698DB0F" w14:textId="7D407131" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193AE2" w:rsidRPr="005F768B" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="004349DE">
+      <w:tr w:rsidR="002B5BC9" w:rsidRPr="005F768B" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="004349DE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4446" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F32B48B" w14:textId="4C60DA45" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="7F32B48B" w14:textId="4C60DA45" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Sınavı (Final Sınavı Süresi + Final Sınavı Hazırlığı) /</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Portfolyo</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="57453E3E" w14:textId="3110A2E7" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="57453E3E" w14:textId="3110A2E7" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3004" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1671B335" w14:textId="32CF703F" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="1671B335" w14:textId="32CF703F" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="22F4B433" w14:textId="576895CF" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00466279">
+          <w:p w14:paraId="22F4B433" w14:textId="576895CF" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193AE2" w:rsidRPr="005F768B" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="000B66A9">
+      <w:tr w:rsidR="002B5BC9" w:rsidRPr="005F768B" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="000B66A9">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00EC693D">
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="1139CD8F" w14:textId="22C62A0F" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00D41B6B">
+          <w:p w14:paraId="1139CD8F" w14:textId="22C62A0F" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>212</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193AE2" w:rsidRPr="005F768B" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="000B66A9">
+      <w:tr w:rsidR="002B5BC9" w:rsidRPr="005F768B" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="000B66A9">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00EC693D">
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam / 30:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="51F8EF1F" w14:textId="1AD2465D" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00D41B6B">
+          <w:p w14:paraId="51F8EF1F" w14:textId="1AD2465D" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>214/30=7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00193AE2" w:rsidRPr="005F768B" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="000B66A9">
+      <w:tr w:rsidR="002B5BC9" w:rsidRPr="005F768B" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="000B66A9">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00EC693D">
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS Kredisi:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7A18FD7F" w14:textId="72BDCAE7" w:rsidR="00193AE2" w:rsidRPr="005F768B" w:rsidRDefault="00193AE2" w:rsidP="00D41B6B">
+          <w:p w14:paraId="7A18FD7F" w14:textId="72BDCAE7" w:rsidR="002B5BC9" w:rsidRPr="005F768B" w:rsidRDefault="002B5BC9" w:rsidP="00D41B6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4F53B24B" w14:textId="77777777" w:rsidR="00791335" w:rsidRPr="005F768B" w:rsidRDefault="00791335" w:rsidP="00791335">
-[...161 lines deleted...]
-    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRPr="005F768B" w:rsidRDefault="003237AD">
+    <w:p w14:paraId="2380F3B5" w14:textId="77777777" w:rsidR="00CD6B5A" w:rsidRDefault="00CD6B5A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRPr="005F768B" w:rsidRDefault="003237AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="005F768B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable4Accent1"/>
         <w:tblW w:w="10857" w:type="dxa"/>
         <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5410"/>
         <w:gridCol w:w="5447"/>
       </w:tblGrid>
       <w:tr w:rsidR="003237AD" w:rsidRPr="005F768B" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="397"/>
@@ -8836,51 +9245,50 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="005F768B" w:rsidRDefault="003237AD" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Geçmiş Dönem Başarıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003237AD" w:rsidRPr="005F768B" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="3263"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05806513" w14:textId="2CDC3FB8" w:rsidR="003237AD" w:rsidRPr="005F768B" w:rsidRDefault="004A19BE" w:rsidP="00F17985">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -9167,58 +9575,58 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="005F768B" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="005F768B" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="36F82E64" w14:textId="77777777" w:rsidR="00F40587" w:rsidRDefault="00F40587" w:rsidP="0034027E">
+    <w:p w14:paraId="4D460FA1" w14:textId="77777777" w:rsidR="0099679F" w:rsidRDefault="0099679F" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47900448" w14:textId="77777777" w:rsidR="00F40587" w:rsidRDefault="00F40587" w:rsidP="0034027E">
+    <w:p w14:paraId="09E72AA2" w14:textId="77777777" w:rsidR="0099679F" w:rsidRDefault="0099679F" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9247,58 +9655,58 @@
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3084AA5D" w14:textId="77777777" w:rsidR="00F40587" w:rsidRDefault="00F40587" w:rsidP="0034027E">
+    <w:p w14:paraId="7F23D1AD" w14:textId="77777777" w:rsidR="0099679F" w:rsidRDefault="0099679F" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B33A3E3" w14:textId="77777777" w:rsidR="00F40587" w:rsidRDefault="00F40587" w:rsidP="0034027E">
+    <w:p w14:paraId="715A273A" w14:textId="77777777" w:rsidR="0099679F" w:rsidRDefault="0099679F" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -9639,50 +10047,51 @@
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00020B2F"/>
     <w:rsid w:val="00020B4E"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
@@ -9697,50 +10106,51 @@
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="00151AFB"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="0017426F"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="00193AE2"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A5F8C"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00204474"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="002739CD"/>
     <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B5BC9"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="002F1C70"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003205F4"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A0CE5"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003B1CC7"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003D2FCA"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="00413F1B"/>
@@ -9778,134 +10188,138 @@
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="006241B7"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="00644805"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A2DEE"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="006E4887"/>
     <w:rsid w:val="006E725F"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="00727DB3"/>
     <w:rsid w:val="0073328A"/>
     <w:rsid w:val="007348AB"/>
     <w:rsid w:val="00735EC2"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="007625C6"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="00791335"/>
     <w:rsid w:val="007B37DA"/>
+    <w:rsid w:val="007C3438"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="0083042C"/>
     <w:rsid w:val="00833C72"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="00853935"/>
     <w:rsid w:val="00856BA3"/>
     <w:rsid w:val="00864CBC"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008C5D46"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="008F074D"/>
+    <w:rsid w:val="008F61CA"/>
     <w:rsid w:val="0090280A"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00957720"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="0099679F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="00A07AF7"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00AF0D6F"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B121F7"/>
     <w:rsid w:val="00B263CD"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B90BE3"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BA4682"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
     <w:rsid w:val="00BC2DF0"/>
     <w:rsid w:val="00BD622C"/>
     <w:rsid w:val="00BF06B4"/>
     <w:rsid w:val="00C213CC"/>
     <w:rsid w:val="00C37559"/>
     <w:rsid w:val="00C4036D"/>
     <w:rsid w:val="00C406C9"/>
     <w:rsid w:val="00C568C6"/>
     <w:rsid w:val="00C61F0E"/>
     <w:rsid w:val="00C63047"/>
     <w:rsid w:val="00C63C14"/>
     <w:rsid w:val="00C6593F"/>
     <w:rsid w:val="00C70ACC"/>
     <w:rsid w:val="00C72C6D"/>
     <w:rsid w:val="00C7388D"/>
     <w:rsid w:val="00C76FE5"/>
     <w:rsid w:val="00CA168A"/>
     <w:rsid w:val="00CA4CC6"/>
     <w:rsid w:val="00CA55B4"/>
     <w:rsid w:val="00CB4F20"/>
     <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CD6B5A"/>
     <w:rsid w:val="00CE0683"/>
     <w:rsid w:val="00CE2529"/>
     <w:rsid w:val="00D02BE1"/>
     <w:rsid w:val="00D15B1F"/>
     <w:rsid w:val="00D24AE5"/>
     <w:rsid w:val="00D379D7"/>
     <w:rsid w:val="00D41B6B"/>
     <w:rsid w:val="00D52D7E"/>
     <w:rsid w:val="00D86D4D"/>
     <w:rsid w:val="00DA3803"/>
     <w:rsid w:val="00DB0AEA"/>
     <w:rsid w:val="00DB19CC"/>
     <w:rsid w:val="00DC07E8"/>
     <w:rsid w:val="00DD0194"/>
     <w:rsid w:val="00E002E8"/>
     <w:rsid w:val="00E02DF5"/>
     <w:rsid w:val="00E12B68"/>
     <w:rsid w:val="00E23222"/>
     <w:rsid w:val="00E255A0"/>
     <w:rsid w:val="00E268B9"/>
     <w:rsid w:val="00E37FCE"/>
     <w:rsid w:val="00E404D4"/>
     <w:rsid w:val="00E53102"/>
     <w:rsid w:val="00E64556"/>
     <w:rsid w:val="00E7156E"/>
@@ -10188,51 +10602,50 @@
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D52D7E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="156082" w:themeColor="accent1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
@@ -10720,51 +11133,50 @@
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D52D7E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="156082" w:themeColor="accent1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
@@ -11699,157 +12111,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="178015232"/>
-        <c:axId val="211163904"/>
+        <c:axId val="273326080"/>
+        <c:axId val="282772032"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="178015232"/>
+        <c:axId val="273326080"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="211163904"/>
+        <c:crossAx val="282772032"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="211163904"/>
+        <c:axId val="282772032"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="178015232"/>
+        <c:crossAx val="273326080"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12089,157 +12501,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="179740160"/>
-        <c:axId val="213762624"/>
+        <c:axId val="203810304"/>
+        <c:axId val="282774336"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="179740160"/>
+        <c:axId val="203810304"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="213762624"/>
+        <c:crossAx val="282774336"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="213762624"/>
+        <c:axId val="282774336"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="179740160"/>
+        <c:crossAx val="203810304"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12479,157 +12891,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="206184448"/>
-        <c:axId val="213764928"/>
+        <c:axId val="271277056"/>
+        <c:axId val="282776064"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="206184448"/>
+        <c:axId val="271277056"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="213764928"/>
+        <c:crossAx val="282776064"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="213764928"/>
+        <c:axId val="282776064"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="206184448"/>
+        <c:crossAx val="271277056"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -12855,157 +13267,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="206185984"/>
-        <c:axId val="213766656"/>
+        <c:axId val="271273984"/>
+        <c:axId val="282778368"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="206185984"/>
+        <c:axId val="271273984"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="213766656"/>
+        <c:crossAx val="282778368"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="213766656"/>
+        <c:axId val="282778368"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="206185984"/>
+        <c:crossAx val="271273984"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13231,157 +13643,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1B61-4F0B-BA52-A0957D33D0C8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="178028544"/>
-        <c:axId val="213768960"/>
+        <c:axId val="271276544"/>
+        <c:axId val="277643264"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="178028544"/>
+        <c:axId val="271276544"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="213768960"/>
+        <c:crossAx val="277643264"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="213768960"/>
+        <c:axId val="277643264"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="178028544"/>
+        <c:crossAx val="271276544"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -13607,157 +14019,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-C93A-4AAE-B455-3C3D6FA9C3B8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="206185472"/>
-        <c:axId val="251666432"/>
+        <c:axId val="271277568"/>
+        <c:axId val="277644992"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="206185472"/>
+        <c:axId val="271277568"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="251666432"/>
+        <c:crossAx val="277644992"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="251666432"/>
+        <c:axId val="277644992"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="206185472"/>
+        <c:crossAx val="271277568"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -14069,84 +14481,84 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1062</Words>
-  <Characters>6058</Characters>
+  <Words>1090</Words>
+  <Characters>6214</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>50</Lines>
+  <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7106</CharactersWithSpaces>
+  <CharactersWithSpaces>7290</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>