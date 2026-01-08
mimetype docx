--- v0 (2025-10-10)
+++ v1 (2026-01-08)
@@ -1,58 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10893" w:type="dxa"/>
         <w:jc w:val="center"/>
-        <w:tblInd w:w="-377" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="542"/>
         <w:gridCol w:w="853"/>
         <w:gridCol w:w="1875"/>
         <w:gridCol w:w="124"/>
         <w:gridCol w:w="228"/>
         <w:gridCol w:w="191"/>
         <w:gridCol w:w="817"/>
         <w:gridCol w:w="1218"/>
         <w:gridCol w:w="624"/>
         <w:gridCol w:w="592"/>
         <w:gridCol w:w="1135"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="993"/>
@@ -215,121 +213,93 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kodu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5669" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AACDAB3" w14:textId="498A950D" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Dersin</w:t>
-[...25 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dersin Adı</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="644ED81F" w14:textId="095D90C7" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Kredisi</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FC607F6" w14:textId="5223570F" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00D249A0" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -380,161 +350,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5669" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0697DCBC" w14:textId="05E086B8" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00B529A3" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...109 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Temel Bilgi Teknolojileri ve Klavye Bilgisi</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AFBCAF4" w14:textId="4638676B" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00433A79" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -628,84 +496,60 @@
       </w:tr>
       <w:tr w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w14:paraId="78D8F71E" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="405"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3622" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C357463" w14:textId="3C4B5F3B" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Önkoşul Dersler</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7271" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09BED408" w14:textId="0754A803" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
@@ -719,102 +563,88 @@
       </w:tr>
       <w:tr w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w14:paraId="4ED157D3" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3622" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="368D2D4A" w14:textId="68EA0C36" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Öğretim</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> Dili</w:t>
+              <w:t>Öğretim Dili</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2226" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="610F3F3B" w14:textId="66C54BC6" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00C20F02" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Türkçe</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20F9A1FD" w14:textId="4F2B5C36" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -837,188 +667,96 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3829" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23C81B70" w14:textId="17923AAC" w:rsidR="00FF0BC3" w:rsidRPr="007E4548" w:rsidRDefault="00ED4FF3" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Yüz Yüze</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF5444" w:rsidRPr="007E4548" w14:paraId="7BFB75AF" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="527"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3622" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50232613" w14:textId="0F58BA24" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Dersin</w:t>
-[...67 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dersin Türü ve Seviyesi</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7271" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F787A5F" w14:textId="360A6E53" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1086,323 +824,243 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4548" w:rsidRPr="007E4548" w14:paraId="339FCD06" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="227"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78DEBF6B" w14:textId="62FDA186" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Öğretim Üyeleri</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4453" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14626E06" w14:textId="4251BE59" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Ünvanı</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00FF5444" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Adı</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00FF5444" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Soyadı</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F23A34A" w14:textId="16EFF692" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Ders Saatleri</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="353C0FD2" w14:textId="77777777" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00FF5444" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C37BF22" w14:textId="14E2A92E" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Ofis Saatleri</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="61AC5F01" w14:textId="77777777" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="00FF5444" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CC59988" w14:textId="486DBE6B" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>İletişim</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007E4548" w:rsidRPr="007E4548" w14:paraId="0579F816" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="170"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1489381F" w14:textId="65D17FCA" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="002A4F49" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -1415,140 +1073,87 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders Koordinatörü</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4453" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F3AC80A" w14:textId="10A94F0F" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="007E4548" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...57 lines deleted...]
-              <w:t xml:space="preserve"> Taylan TUTKUNCA</w:t>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Dr. Öğr. Üyesi Taylan TUTKUNCA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1216" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65DC726A" w14:textId="2CE5E745" w:rsidR="007E4548" w:rsidRPr="007E4548" w:rsidRDefault="00B14817" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Çarşamba</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="04F27E58" w14:textId="668C0BE2" w:rsidR="00FF5444" w:rsidRPr="007E4548" w:rsidRDefault="008C1433" w:rsidP="00B14817">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r w:rsidR="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1607,61 +1212,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="522677A6" w14:textId="05380C03" w:rsidR="00800DBD" w:rsidRPr="007E4548" w:rsidRDefault="007E4548" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Pazartesi-Çarşamba</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="65E5A638" w14:textId="054570DC" w:rsidR="0041034E" w:rsidRPr="007E4548" w:rsidRDefault="007E4548" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
             <w:r w:rsidR="00533066" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1823,106 +1426,60 @@
       <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="640C9D59" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="525"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="746F3610" w14:textId="1D24BA63" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Ders Öğrenme Çıktıları</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6979EBE3" w14:textId="250F2F39" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="853" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="055B48D9" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1978,62 +1535,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0047F848" w14:textId="7A2CB80D" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>İlişkiler</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="7DC61BE5" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="52FD4C34" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -2076,125 +1631,89 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7394B7F7" w14:textId="55FEE1AB" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Prog. Çıktıları</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B628647" w14:textId="130497C4" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Net </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Net Katkı</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC05B1" w:rsidRPr="007E4548" w14:paraId="43C82A80" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="219"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="542" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
           <w:p w14:paraId="342912AF" w14:textId="77777777" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00CE79B8" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -2225,189 +1744,58 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="770EDB2E" w14:textId="3AE4DCE4" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00D248D6" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...137 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Bilgisayar sistemlerinin temel bileşenlerini ve işleyişlerini açıklar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FFB7078" w14:textId="014B6B4B" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="009D7755" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2494,249 +1882,76 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0992EE77" w14:textId="1DDE8799" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00D248D6" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="007E4548">
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>İşletim sistemleri</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD668B" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...177 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>ve temel ofis programlarını etkin bir şekilde kullanır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64D2F5A3" w14:textId="211FEBE6" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00A859C8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2823,249 +2038,58 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="036F0EE6" w14:textId="73B78FAD" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="005E48DB" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...197 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Bilgi güvenliği ve etik kurallara uygun şekilde dijital ortamda çalışır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="569B30B2" w14:textId="60CC592C" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00A859C8" w:rsidP="00A859C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3177,271 +2201,69 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="23340FE2" w14:textId="425B8667" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="005E48DB" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">On </w:t>
-[...141 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">On parmak klavye kullanım tekniklerini öğrenir ve uygulayarak </w:t>
+            </w:r>
             <w:r w:rsidR="005D5FAF" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>klavye</w:t>
-[...69 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>klavye kullanım</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hızını artırır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F52203A" w14:textId="75EA6E22" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="00A859C8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3721,52 +2543,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3,</w:t>
             </w:r>
             <w:r w:rsidR="00A72B50" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6,</w:t>
             </w:r>
             <w:r w:rsidR="009D7755" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6893DC8E" w14:textId="2CB3E2F4" w:rsidR="00CE79B8" w:rsidRPr="007E4548" w:rsidRDefault="003F04FD" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
@@ -3884,93 +2704,89 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F645E" w:rsidRPr="007E4548" w14:paraId="798565A1" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1395" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="481718CF" w14:textId="6B0A8615" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Hafta</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="391F87D4" w14:textId="55B1984B" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Konu</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="72C48DEB" w14:textId="14217830" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="007E4548">
             <w:pPr>
               <w:ind w:left="-288" w:firstLine="288"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
@@ -4028,69 +2844,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C3DF333" w14:textId="73BAE323" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00115FCC" w:rsidP="004E1D7D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00115FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Dersin </w:t>
             </w:r>
             <w:r w:rsidR="004E1D7D" w:rsidRPr="00115FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amacı, </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Amacı, İşleyişi, </w:t>
             </w:r>
             <w:r w:rsidR="004E1D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ve </w:t>
             </w:r>
             <w:r w:rsidR="004E1D7D" w:rsidRPr="00115FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ölçme-Değerlendirme. </w:t>
             </w:r>
             <w:r w:rsidRPr="00115FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bilgisayarın</w:t>
             </w:r>
@@ -4196,141 +2994,59 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4339D757" w14:textId="34309EF8" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004E1D7D" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Temel</w:t>
-[...81 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Temel Teknlojiler ve Bilgisayar Donanımı</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="539EEE20" w14:textId="601BE263" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="004E1D7D" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4379,161 +3095,77 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09A79A05" w14:textId="526E7CE9" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00115FCC" w:rsidP="004E1D7D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00115FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>İşletim</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">İşletim </w:t>
+            </w:r>
             <w:r w:rsidR="004E1D7D" w:rsidRPr="00115FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sistemleri</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004E1D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Internet, </w:t>
-[...71 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>, Internet, Yazılım, Güvenlik Temel Kavramlar</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2636F5D5" w14:textId="36C6BCFE" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="002F645E" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4599,81 +3231,59 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Microsoft </w:t>
             </w:r>
             <w:r w:rsidR="00552769" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Word </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Kullanımı</w:t>
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Kullanımı + Uygulama</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B624890" w14:textId="2D1CBEE5" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00F936EF" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4731,81 +3341,68 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Microsoft </w:t>
             </w:r>
             <w:r w:rsidR="00552769" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Word </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Kullanımı</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Kullanımı + </w:t>
+            </w:r>
             <w:r w:rsidR="00552769" w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Uygulama</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7258A212" w14:textId="6097FB04" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00F936EF" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4863,81 +3460,68 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Microsoft </w:t>
             </w:r>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Word </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Kullanımı</w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Kullanımı + </w:t>
+            </w:r>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Uygulama</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="797B54FF" w14:textId="437591F4" w:rsidR="002F645E" w:rsidRPr="007E4548" w:rsidRDefault="00F936EF" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -4984,71 +3568,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DFC662E" w14:textId="0AA453FF" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E1D7D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerPoint Program </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> I</w:t>
+              <w:t>PowerPoint Program Anlatımı I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BDF5031" w14:textId="4616253E" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5096,63 +3660,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C879F20" w14:textId="4D58896D" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ara </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31331079" w14:textId="44D5A0EC" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="633F0056" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
@@ -5361,71 +3914,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="679709BF" w14:textId="0EA0F833" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Excel </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> II</w:t>
+              <w:t>Excel Uygulamaları II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="326285B2" w14:textId="1026D338" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5586,171 +4119,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44821BFB" w14:textId="3715772D" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004151F8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Q </w:t>
-[...119 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Q ve F klavye, on parmak tekniği, oturuş pozisyonu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79AFA87E" w14:textId="2346D036" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5802,169 +4215,58 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4910DC5C" w14:textId="1CE1075D" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004151F8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Hız</w:t>
-[...109 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Hız ve doğruluk odaklı yazma alıştırmaları.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AFB21E4" w14:textId="3405E114" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
@@ -6120,161 +4422,59 @@
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35EC2D8E" w14:textId="2E4D6C35" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="00CC05B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Teknoloji</w:t>
-[...101 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Teknoloji Tabanlı Araştırma ve Sunum Teknikleri</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DB85D47" w14:textId="13ADAD0B" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="0066579D">
             <w:pPr>
               <w:ind w:left="49"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6513,84 +4713,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="595A5D9B" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="359BA6A3" w14:textId="63056967" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Ders Kitabı</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="2F548AB7" w14:textId="02EAC2E9" w:rsidR="004151F8" w:rsidRPr="004151F8" w:rsidRDefault="004151F8" w:rsidP="004151F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004151F8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -6600,84 +4776,60 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="3266885B" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AC5D5F4" w14:textId="09376181" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Ders Notları</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="12ADD8E5" w14:textId="148904AE" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders Notları, Sunum Slaytları ve Uygulama Dokümanları</w:t>
             </w:r>
@@ -6685,311 +4837,123 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="2B052293" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2289E99F" w14:textId="6F0BACB2" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Önerilen Kaynaklar</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1FD43515" w14:textId="05F91EB8" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">MS </w:t>
-[...139 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>MS Ofis Programları İçin Hazırlanan Kitaplar, İnternet Dokümanları, Online Kurslar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="669C3D30" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F0C20DD" w14:textId="2729335E" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007E4548">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Materyal Paylaşımı</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7623" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0F55B8B9" w14:textId="0EC54444" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sunum Dosyaları, Ders Notları ve Uygulama Dokümanları</w:t>
             </w:r>
@@ -7034,203 +4998,183 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="6124EAA4" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0416A9AC" w14:textId="0C1DE6D6" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Etkinlikler</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="7477EC72" w14:textId="13A6C6ED" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="37B6BDC3" w14:textId="1202310B" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Katkı</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4421" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
           <w:p w14:paraId="789AAE7D" w14:textId="58642B19" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Notlar</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="43D04FCB" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="604A91E2" w14:textId="0349E567" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ara </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="27CB720E" w14:textId="14416381" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E4548">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7435,322 +5379,186 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="71C32264" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56CE6CA1" w14:textId="6837FEA7" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Uygulamalar</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="482A4AB5" w14:textId="0807CA4A" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
+          <w:p w14:paraId="482A4AB5" w14:textId="0275BA89" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="009B655D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>4</w:t>
-            </w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1980E303" w14:textId="41C09727" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>%10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4421" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0091BB17" w14:textId="3134BC76" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Ders</w:t>
-[...133 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Ders içerisinde yapılan uygulamalardan elde edilen notlar</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="57776561" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3394" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F8A87C4" w14:textId="685B8361" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1236" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="60874324" w14:textId="19CC0CF6" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -7785,106 +5593,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>%20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4421" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D2D21D2" w14:textId="2ADCC0FE" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="0066579D" w:rsidP="0066579D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Sunum</w:t>
-[...45 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Sunum Tekniklerinin Değerlendirilmesi</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004151F8" w:rsidRPr="007E4548" w14:paraId="57574137" w14:textId="77777777" w:rsidTr="0066579D">
         <w:trPr>
           <w:trHeight w:val="145"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10893" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:shd w:val="clear" w:color="auto" w:fill="BDD6EE" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E3F8ED5" w14:textId="44438E26" w:rsidR="004151F8" w:rsidRPr="007E4548" w:rsidRDefault="004151F8" w:rsidP="007E4548">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
@@ -9015,151 +6777,151 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B3D5E36" w14:textId="77777777" w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidRDefault="00135370" w:rsidP="007E4548">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00135370" w:rsidRPr="007E4548" w:rsidSect="00286050">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="719" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CD47AB2" w14:textId="77777777" w:rsidR="00A90275" w:rsidRDefault="00A90275" w:rsidP="00135370">
+    <w:p w14:paraId="75FE7042" w14:textId="77777777" w:rsidR="001339F3" w:rsidRDefault="001339F3" w:rsidP="00135370">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C9086AE" w14:textId="77777777" w:rsidR="00A90275" w:rsidRDefault="00A90275" w:rsidP="00135370">
+    <w:p w14:paraId="661FB58B" w14:textId="77777777" w:rsidR="001339F3" w:rsidRDefault="001339F3" w:rsidP="00135370">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F62F690" w14:textId="77777777" w:rsidR="00A90275" w:rsidRDefault="00A90275" w:rsidP="00135370">
+    <w:p w14:paraId="718A804E" w14:textId="77777777" w:rsidR="001339F3" w:rsidRDefault="001339F3" w:rsidP="00135370">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="374FD6C0" w14:textId="77777777" w:rsidR="00A90275" w:rsidRDefault="00A90275" w:rsidP="00135370">
+    <w:p w14:paraId="0224BF25" w14:textId="77777777" w:rsidR="001339F3" w:rsidRDefault="001339F3" w:rsidP="00135370">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06121C61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="20281ADE"/>
     <w:lvl w:ilvl="0" w:tplc="3B441128">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -9235,51 +6997,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D31532E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CC08C4A8"/>
     <w:lvl w:ilvl="0" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0706D078">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -9355,51 +7117,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11063C97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D88311C"/>
     <w:lvl w:ilvl="0" w:tplc="6B9473A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9471,51 +7233,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6195"/>
         </w:tabs>
         <w:ind w:left="6195" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6915"/>
         </w:tabs>
         <w:ind w:left="6915" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="178A4178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E00E1100"/>
     <w:lvl w:ilvl="0" w:tplc="60D8D432">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E28EE110">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9595,51 +7357,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6195"/>
         </w:tabs>
         <w:ind w:left="6195" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6915"/>
         </w:tabs>
         <w:ind w:left="6915" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A5F5AD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="93CA5736"/>
     <w:lvl w:ilvl="0" w:tplc="3972231A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -9715,51 +7477,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E223AC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="298C35D6"/>
     <w:lvl w:ilvl="0" w:tplc="B2A6095A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="795"/>
         </w:tabs>
         <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9834,51 +7596,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5835"/>
         </w:tabs>
         <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6555"/>
         </w:tabs>
         <w:ind w:left="6555" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="235F3124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95D0EEDC"/>
     <w:lvl w:ilvl="0" w:tplc="1F9876A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -9923,51 +7685,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="38C76335"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="845C548A"/>
     <w:lvl w:ilvl="0" w:tplc="0A0E3A22">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -10043,51 +7805,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B100350"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E2F8CBDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
@@ -10163,51 +7925,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CFE2C17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FFE9F66"/>
     <w:lvl w:ilvl="0" w:tplc="BD0C021E">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1875"/>
         </w:tabs>
         <w:ind w:left="1875" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10282,51 +8044,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="437942F5"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="845C548A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -10402,51 +8164,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4FE425F7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57420566"/>
     <w:lvl w:ilvl="0" w:tplc="0A0E3A22">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2340"/>
         </w:tabs>
         <w:ind w:left="2340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -10522,51 +8284,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6300"/>
         </w:tabs>
         <w:ind w:left="6300" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7020"/>
         </w:tabs>
         <w:ind w:left="7020" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="506029F8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C9C28F1C"/>
     <w:lvl w:ilvl="0" w:tplc="F358FE84">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
@@ -10611,51 +8373,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="545761BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8EAC06A"/>
     <w:lvl w:ilvl="0" w:tplc="33966164">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1068"/>
         </w:tabs>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10730,51 +8492,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6108"/>
         </w:tabs>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6828"/>
         </w:tabs>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A470CBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A442C66"/>
     <w:lvl w:ilvl="0" w:tplc="041F000B">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -10843,51 +8605,51 @@
     <w:lvl w:ilvl="7" w:tplc="041F0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5E750819"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8166CC3E"/>
     <w:lvl w:ilvl="0" w:tplc="35D82AC2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2775"/>
         </w:tabs>
         <w:ind w:left="2775" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="926E03E4">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11018,53 +8780,52 @@
   <w:num w:numId="10">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2N7AwMzO2MDcyNzcwMjdR0lEKTi0uzszPAykwrQUAX/wFiSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00E67127"/>
     <w:rsid w:val="000012B4"/>
@@ -11083,50 +8844,51 @@
     <w:rsid w:val="00071613"/>
     <w:rsid w:val="000824FE"/>
     <w:rsid w:val="0009690C"/>
     <w:rsid w:val="000A0CDF"/>
     <w:rsid w:val="000A7A75"/>
     <w:rsid w:val="000B04FD"/>
     <w:rsid w:val="000B44B9"/>
     <w:rsid w:val="000B6BFF"/>
     <w:rsid w:val="000B7248"/>
     <w:rsid w:val="000C09DE"/>
     <w:rsid w:val="000C3B9C"/>
     <w:rsid w:val="000D5005"/>
     <w:rsid w:val="000E5C00"/>
     <w:rsid w:val="000E69C6"/>
     <w:rsid w:val="00100A98"/>
     <w:rsid w:val="00103D94"/>
     <w:rsid w:val="00106664"/>
     <w:rsid w:val="00115FCC"/>
     <w:rsid w:val="00116F7D"/>
     <w:rsid w:val="00120959"/>
     <w:rsid w:val="00121098"/>
     <w:rsid w:val="00121F0B"/>
     <w:rsid w:val="00125594"/>
     <w:rsid w:val="00125D4A"/>
     <w:rsid w:val="00132A86"/>
+    <w:rsid w:val="001339F3"/>
     <w:rsid w:val="00135370"/>
     <w:rsid w:val="001419AB"/>
     <w:rsid w:val="00151693"/>
     <w:rsid w:val="00151B84"/>
     <w:rsid w:val="00153813"/>
     <w:rsid w:val="00154E22"/>
     <w:rsid w:val="001560EF"/>
     <w:rsid w:val="00162329"/>
     <w:rsid w:val="00183415"/>
     <w:rsid w:val="00194FDE"/>
     <w:rsid w:val="001960C0"/>
     <w:rsid w:val="001A3A5E"/>
     <w:rsid w:val="001A4478"/>
     <w:rsid w:val="001B24A5"/>
     <w:rsid w:val="001B4A7B"/>
     <w:rsid w:val="001C0E44"/>
     <w:rsid w:val="001C4190"/>
     <w:rsid w:val="001C5BD8"/>
     <w:rsid w:val="001E2636"/>
     <w:rsid w:val="001F65E5"/>
     <w:rsid w:val="001F6D00"/>
     <w:rsid w:val="0020080D"/>
     <w:rsid w:val="00207567"/>
     <w:rsid w:val="002106A6"/>
     <w:rsid w:val="00212D30"/>
@@ -11393,50 +9155,51 @@
     <w:rsid w:val="00906C5E"/>
     <w:rsid w:val="00906F3F"/>
     <w:rsid w:val="00910BFB"/>
     <w:rsid w:val="00924B69"/>
     <w:rsid w:val="00931568"/>
     <w:rsid w:val="00937EBF"/>
     <w:rsid w:val="009460F8"/>
     <w:rsid w:val="00950448"/>
     <w:rsid w:val="00951636"/>
     <w:rsid w:val="0095493D"/>
     <w:rsid w:val="009575CA"/>
     <w:rsid w:val="00960F54"/>
     <w:rsid w:val="00962453"/>
     <w:rsid w:val="00970200"/>
     <w:rsid w:val="00971BE9"/>
     <w:rsid w:val="009848F6"/>
     <w:rsid w:val="0099000D"/>
     <w:rsid w:val="00991300"/>
     <w:rsid w:val="009913B0"/>
     <w:rsid w:val="009935A7"/>
     <w:rsid w:val="009A3636"/>
     <w:rsid w:val="009A3D1A"/>
     <w:rsid w:val="009A79CB"/>
     <w:rsid w:val="009B3AD3"/>
     <w:rsid w:val="009B654A"/>
+    <w:rsid w:val="009B655D"/>
     <w:rsid w:val="009B7963"/>
     <w:rsid w:val="009C293D"/>
     <w:rsid w:val="009C4E8A"/>
     <w:rsid w:val="009D4D54"/>
     <w:rsid w:val="009D7755"/>
     <w:rsid w:val="009E1BDE"/>
     <w:rsid w:val="009E4563"/>
     <w:rsid w:val="009E5894"/>
     <w:rsid w:val="009E6BFE"/>
     <w:rsid w:val="009E7112"/>
     <w:rsid w:val="009F00B5"/>
     <w:rsid w:val="009F1586"/>
     <w:rsid w:val="00A00509"/>
     <w:rsid w:val="00A10986"/>
     <w:rsid w:val="00A26065"/>
     <w:rsid w:val="00A33C34"/>
     <w:rsid w:val="00A4212B"/>
     <w:rsid w:val="00A43B67"/>
     <w:rsid w:val="00A4467D"/>
     <w:rsid w:val="00A50812"/>
     <w:rsid w:val="00A520DD"/>
     <w:rsid w:val="00A72B50"/>
     <w:rsid w:val="00A7464B"/>
     <w:rsid w:val="00A8137F"/>
     <w:rsid w:val="00A83DBF"/>
@@ -11638,124 +9401,214 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3A6FA098"/>
+  <w15:docId w15:val="{BBA43E4B-9BC4-4DEA-BA14-1DD79B369987}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -11824,50 +9677,154 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E67127"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Balk1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Balk1Char"/>
     <w:qFormat/>
     <w:rsid w:val="009575CA"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
@@ -12101,628 +10058,110 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="zmlenmeyenBahsetme1">
     <w:name w:val="Çözümlenmeyen Bahsetme1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00247AF5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Balk1Char">
     <w:name w:val="Başlık 1 Char"/>
     <w:link w:val="Balk1"/>
     <w:rsid w:val="009575CA"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="stbilgi">
+  <w:style w:type="paragraph" w:styleId="stBilgi">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="stbilgiChar"/>
+    <w:link w:val="stBilgiChar"/>
     <w:rsid w:val="00135370"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
-    <w:name w:val="Üstbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="stbilgi"/>
+    <w:link w:val="stBilgi"/>
     <w:rsid w:val="00135370"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Altbilgi">
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="AltbilgiChar"/>
+    <w:link w:val="AltBilgiChar"/>
     <w:rsid w:val="00135370"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
-    <w:name w:val="Altbilgi Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="Altbilgi"/>
-[...517 lines deleted...]
-    <w:link w:val="Altbilgi"/>
+    <w:link w:val="AltBilgi"/>
     <w:rsid w:val="00135370"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B25989"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="133791500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="211773312">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12883,51 +10322,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1945192063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13175,77 +10614,77 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD23F265-A9C7-435C-8309-0C372B4DE878}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{947EDC6E-C4E9-463E-9698-5F57E105489E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>1</Pages>
   <Words>684</Words>
   <Characters>3902</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">