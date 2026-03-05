--- v0 (2025-10-08)
+++ v1 (2026-03-05)
@@ -1,30807 +1,16799 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11766" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1126"/>
-[...11 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="47"/>
         <w:gridCol w:w="353"/>
-        <w:gridCol w:w="185"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="23"/>
+        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="855"/>
         <w:gridCol w:w="792"/>
-        <w:gridCol w:w="255"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2006"/>
+        <w:gridCol w:w="304"/>
+        <w:gridCol w:w="308"/>
+        <w:gridCol w:w="718"/>
+        <w:gridCol w:w="27"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00192C53" w14:paraId="2A9483F6" w14:textId="77777777" w:rsidTr="00260F95">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="007625C6" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
-          <w:trHeight w:val="550"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11766" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
-[...8 lines deleted...]
-                <w:i/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="00FB3417" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3417">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ERS İZLENCESİ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SYLLABUS)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE1DD46" w14:textId="527193A1" w:rsidR="005A2B8A" w:rsidRPr="007625C6" w:rsidRDefault="00E872F3" w:rsidP="00E872F3">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00192C53">
-[...47 lines deleted...]
-              <w:t>İKTİSADİ VE İDARİ BİLİMLER FAKÜLTESİ</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İktisadi ve İdari Bilimler</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2B8A" w:rsidRPr="00911FE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fakültesi</w:t>
+            </w:r>
+            <w:r w:rsidR="005A2B8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00192C53" w14:paraId="72C0692D" w14:textId="77777777" w:rsidTr="00260F95">
-[...2 lines deleted...]
-            <w:tcW w:w="2224" w:type="dxa"/>
+      <w:tr w:rsidR="00482527" w:rsidRPr="007625C6" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin </w:t>
+            </w:r>
+            <w:r w:rsidR="00482527" w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...51 lines deleted...]
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Değeri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD4430" w14:textId="6A395FC0" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00E872F3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>MAN 446</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332DDDD9" w14:textId="12720635" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00E872F3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İşletme Simülasyonu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A4A3C7" w14:textId="0438A52A" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00E872F3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 (2-1-3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242BC9E2" w14:textId="0C24F4D5" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00E872F3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="00FB3417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ön</w:t>
+            </w:r>
+            <w:r w:rsidR="007625C6" w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3417">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>koşul Dersler</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC4E30B" w14:textId="77CAB40C" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00E872F3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yok</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Dili</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CBDD8E" w14:textId="1F29EBD1" w:rsidR="00681162" w:rsidRPr="007625C6" w:rsidRDefault="00E872F3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İngilizce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...24 lines deleted...]
-            <w:tcW w:w="2897" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="007625C6" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders İşleme Tarzı</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3630" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608EE131" w14:textId="42C1EF45" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00E872F3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yüzyüze</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...30 lines deleted...]
-              <w:t>TS</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin Türü </w:t>
+            </w:r>
+            <w:r w:rsidR="00A8173B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düzeyi</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D6D351" w14:textId="35D83BBF" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="003360EF" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E872F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zorunlu / 4. Sınıf / Bahar Yarıyılı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA7542" w:rsidRPr="00192C53" w14:paraId="11076FCD" w14:textId="77777777" w:rsidTr="00260F95">
-[...2 lines deleted...]
-            <w:tcW w:w="2224" w:type="dxa"/>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="007625C6" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="001B5C97">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="00F96934" w:rsidRDefault="00F96934" w:rsidP="00F96934">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersi</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim Üye</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sinin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Unvanı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...106 lines deleted...]
-            <w:tcW w:w="2897" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Görüşme Saatleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-              <w:t>6</w:t>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23A83" w:rsidRPr="00192C53" w14:paraId="58B768C8" w14:textId="77777777" w:rsidTr="00256282">
+      <w:tr w:rsidR="00F96934" w:rsidRPr="007625C6" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
-          <w:trHeight w:val="331"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3469" w:type="dxa"/>
-[...86 lines deleted...]
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC02A2" w14:textId="0FCA7B97" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="00E872F3" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dr. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Üyesi Hazal E. MUTLU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...336 lines deleted...]
-            <w:tcW w:w="2137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5DF00B" w14:textId="65F41144" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="00E872F3" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13.25-15.45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...23 lines deleted...]
-            <w:tcW w:w="2897" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCEC51D" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="00F96934" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...278 lines deleted...]
-              <w:r w:rsidR="00305927" w:rsidRPr="00B4516B">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="406CD1B0" w14:textId="4D74DB46" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="00A06460" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00E872F3" w:rsidRPr="00097FFA">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>hazalezgiozbek@cag.edu.tr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="007625C6" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00E872F3">
+        <w:trPr>
+          <w:trHeight w:val="624"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00F96934" w:rsidRPr="00833C72" w:rsidRDefault="00F96934" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00833C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Koordinatörü</w:t>
+            </w:r>
+            <w:r w:rsidR="00833C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF184F7" w14:textId="77777777" w:rsidR="00F96934" w:rsidRDefault="00E872F3" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Asistanı: Arş. Gör. Ersin İNAL</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C3B751E" w14:textId="0AF9B58D" w:rsidR="00E872F3" w:rsidRPr="003537D4" w:rsidRDefault="00E872F3" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">İletişim: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidRPr="00097FFA">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ersininal@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-          <w:p w14:paraId="353E84B4" w14:textId="7AA60F75" w:rsidR="00305927" w:rsidRPr="00EB7AE3" w:rsidRDefault="00305927" w:rsidP="00047A56"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00192C53" w14:paraId="16B07965" w14:textId="77777777" w:rsidTr="00EE46AD">
+      <w:tr w:rsidR="003537D4" w:rsidRPr="007625C6" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
         <w:trPr>
-          <w:trHeight w:val="1524"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2359" w:type="dxa"/>
-[...18 lines deleted...]
-                <w:bCs/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EAB58D" w14:textId="50C07260" w:rsidR="003537D4" w:rsidRPr="003537D4" w:rsidRDefault="003537D4" w:rsidP="00342F53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003537D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Amacı</w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">İşletme Simülasyonu dersi, bilgisayar tabanlı işletme </w:t>
+            <w:r w:rsidR="00E872F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00342F53" w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">İşletme Simülasyonu dersi, bilgisayar tabanlı bir işletme </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00677E93">
-              <w:rPr>
+            <w:r w:rsidR="00342F53" w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>simülasyonu</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00677E93">
-[...18 lines deleted...]
-              <w:t xml:space="preserve">. Her ekip, belirlenmiş şirketlerini belirli bir süre boyunca yönetmek için Strateji, Finans, Pazarlama, Operasyonlar, İK / Organizasyon ve Araştırma ve Geliştirme ile ilgili farklı kararları dikkate almalıdır. Dersin amacı, farklı işletme fonksiyonlarının önemli bir rol oynadığı deneyimsel bir öğrenme ortamı sağlamaktır. Öğrenciler, lisans programı boyunca daha önceki derslerde öğrendiklerini </w:t>
+            <w:r w:rsidR="00342F53" w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> etrafında yapılandırılmıştır. Bu dersi alan öğrenciler akranlarıyla birlikte çalışacaklardır. Her ekip, belirli bir zaman dilimi içinde </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00342F53" w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>simüle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00342F53" w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> edilmiş şirketlerini yönetmek için Strateji, Finans, Pazarlama, Operasyonlar, İK/Organizasyon ve Araştırma ve Geliştirme ile ilgili farklı kararları göz önünde bulundurmalıdır. Dersin amacı, farklı işletme fonksiyonlarının önemli bir rol oynadığı deneyimsel bir öğrenme ortamı sağlamaktır. Öğrenciler, lisans programlarının önceki bölümlerinden edindikleri bilgileri </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00677E93">
-              <w:rPr>
+            <w:r w:rsidR="00342F53" w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>simülasyonun</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00677E93">
-[...16 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="00342F53" w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sunduğu sorunlara uygulama fırsatı bulacaklardır.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00192C53" w14:paraId="2D13CEA5" w14:textId="77777777" w:rsidTr="00260F95">
-[...2 lines deleted...]
-            <w:tcW w:w="1510" w:type="dxa"/>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="00342F53" w:rsidRPr="00A8173B" w:rsidRDefault="00342F53" w:rsidP="00A8173B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A8173B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A8173B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenme Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="003A0CE5" w:rsidRDefault="00342F53" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="00342F53" w:rsidRPr="00466279" w:rsidRDefault="00342F53" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Program Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="00466279" w:rsidRDefault="00342F53" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Net Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="659C2DB8" w14:textId="3728F140" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yazılı ve sözlü iletişim becerilerini kullanarak kendilerini profesyonelce ifade edebilecektir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3392DE1D" w14:textId="421AAD74" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="245FC917" w14:textId="7B266735" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5676F5CC" w14:textId="1CCDC406" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İşletmeler için yeni teknolojileri kullanabilecektir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC074F8" w14:textId="147D0985" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E540A1C" w14:textId="0B5266A6" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B3CF6" w14:textId="5720E74E" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yeni kurulan bir işletme için temel unsurları tanımlayabilecektir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="130E6C82" w14:textId="1BE2E6A5" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B65611D" w14:textId="7338B4A9" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C26084B" w14:textId="2749A973" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İşletmeler için sosyal sorumluluk kavramını açıklar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18E382" w14:textId="6AB70BAD" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCF042" w14:textId="6177A6BC" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C60B735" w14:textId="38B78B87" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Edindiği teorik bilgileri uygulamayla bütünleştirir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1561474B" w14:textId="0B47CD7C" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF8D652" w14:textId="46447781" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97A7BA" w14:textId="1B45750A" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Liderlik, ekip çalışması ve kişilerarası ilişkiler becerilerini kullanır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070A6310" w14:textId="5CA2B528" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34872425" w14:textId="4BA95758" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62644321" w14:textId="3DEFC0FC" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B702992" w14:textId="076D5F92" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İşletme fonksiyonları arasındaki bağlantıyı anlar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F7A50C" w14:textId="690CB8B0" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F83A37D" w14:textId="3A88AFBF" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="12CA74BD" w14:textId="77777777" w:rsidTr="00342F53">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="6975FEFB" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:textDirection w:val="btLr"/>
-[...986 lines deleted...]
-                <w:b/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC3C1BE" w14:textId="5814FE54" w:rsidR="00342F53" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2006" w:type="dxa"/>
-[...2675 lines deleted...]
-            <w:tcW w:w="5974" w:type="dxa"/>
+            <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...29 lines deleted...]
-              <w:t>lar</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EC78B4" w14:textId="28466904" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İşletmede karar verme araçlarını nasıl kullanacağını anlar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DF73C6" w14:textId="28162D21" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F69395D" w14:textId="28CB17FE" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005262AC" w:rsidRPr="00192C53" w14:paraId="21E7EBEA" w14:textId="77777777" w:rsidTr="00260F95">
-[...26 lines deleted...]
-            <w:tcW w:w="1520" w:type="dxa"/>
+      <w:tr w:rsidR="00342F53" w:rsidRPr="007625C6" w14:paraId="1798F866" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E34A1AF" w14:textId="77777777" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242B9E0D" w14:textId="386DAE57" w:rsidR="00342F53" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="385B2CA5" w14:textId="28B1A52E" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Baskı altında sağlıklı karar alabilir. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...14 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCC7A34" w14:textId="75CE01C2" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B78E292" w14:textId="12642A71" w:rsidR="00342F53" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="007625C6" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="001B5C97" w:rsidRPr="001B5C97" w:rsidRDefault="001B5C97" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin İçeriği:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="2F723229" w:rsidR="001B5C97" w:rsidRPr="001B5C97" w:rsidRDefault="00342F53" w:rsidP="00342F53">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">İşletme Simülasyonu dersi, bilgisayar tabanlı bir işletme </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>simülasyonu</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> etrafında yapılandırılmıştır. Bu dersi alan öğrenciler akranlarıyla birlikte çalışacaklardır. Her takım, belirli bir zaman dilimi içinde </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>simüle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00342F53">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ettikleri şirketi yönetmek için Strateji, Finans, Pazarlama, Operasyonlar, İK/Organizasyon ve Araştırma ve Geliştirme ile ilgili farklı kararları göz önünde bulundurmalıdır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders İçerikleri:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Haftalık Ders Planı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Konu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="00A566C4" w:rsidP="00466279">
+            <w:pPr>
+              <w:ind w:left="-288" w:firstLine="288"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim Yöntem ve Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="470003E1" w14:textId="1773F298" w:rsidR="003923D0" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Giriş ve Tanışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1AA39" w14:textId="356C4351" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="630C4497" w14:textId="76844C6F" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Anlatım</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4374FDA5" w14:textId="4FACDB77" w:rsidR="003923D0" w:rsidRPr="007625C6" w:rsidRDefault="00342F53" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Capitalism</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lab</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Arayüzü</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3375F5" w14:textId="492EAFE4" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23414219" w14:textId="3F239132" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anlatım &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAB814A" w14:textId="570775B6" w:rsidR="003923D0" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2: Perakende Yönetimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="4BE0E6EB" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A682109" w14:textId="1BFC3585" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anlatım &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCC2790" w14:textId="35ABD796" w:rsidR="003923D0" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3: Üretim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6216AD61" w14:textId="0E80287A" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B065C00" w14:textId="2B0312F3" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anlatım &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB57E5F" w14:textId="05FDFBE9" w:rsidR="003923D0" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4: Marka Yönetimi, Marka Stratejileri ve Reklam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BDCA38" w14:textId="0E7B5EFE" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0399AA" w14:textId="0F0AB07F" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anlatım &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0931D2E2" w14:textId="1B69ECF3" w:rsidR="003923D0" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5: Hisse Senedi Piyasası</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5773CCF7" w14:textId="242C883D" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="108B07A9" w14:textId="48F922F4" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anlatım &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="333F1193" w14:textId="6109FC5A" w:rsidR="003923D0" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6: Tarımsal Üretim ve Gıda Üretimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1591F644" w14:textId="677DFA72" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA15B95" w14:textId="241AE1C4" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anlatım &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="77777777" w:rsidR="005221D8" w:rsidRPr="007625C6" w:rsidRDefault="00CC1866" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04590A59" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE9B06" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE72139" w14:textId="77777777" w:rsidR="005221D8" w:rsidRPr="007625C6" w:rsidRDefault="00CC1866" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C966E6" w14:textId="16089123" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7: Araştırma-Geliştirme, Ürün Kalitesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7D3643" w14:textId="4A02ACDD" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50975E5D" w14:textId="332A0888" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anlatım &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1242F594" w14:textId="737A6212" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8: Şirket </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Anamerkezleri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, Yönetim ve Hammadde Üretimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD3F5E0" w14:textId="0BB97AFB" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="378C5450" w14:textId="030E26D9" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anlatım &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorials</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B35FFE" w14:textId="02A54ACB" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Deneme Oyunu I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="017669E5" w14:textId="30CE6460" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi ve öğrenciler tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C928C5" w14:textId="28146CF0" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bireysel Uygulama &amp; Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005221D8" w:rsidRPr="007625C6" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="005221D8" w:rsidRPr="007625C6" w:rsidRDefault="005221D8" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BDADB8" w14:textId="303B0EB3" w:rsidR="005221D8" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Deneme Oyunu II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BE5125" w14:textId="5C86AB0D" w:rsidR="005221D8" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi ve öğrenciler tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="213BE876" w14:textId="1B4F9344" w:rsidR="005221D8" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bireysel Uygulama &amp; Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00883290" w:rsidRPr="007625C6" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00883290" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="287BBCEB" w14:textId="3A150927" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TAKIM Oyunu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B48E8" w14:textId="11DCC8D9" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi ve öğrenciler tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F8B557" w14:textId="2AEB568A" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Takım Uygulaması &amp; Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007152C2" w:rsidRPr="007625C6" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="007152C2" w:rsidRPr="007625C6" w:rsidRDefault="007152C2" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00883290" w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17983BCB" w14:textId="4E06D4F2" w:rsidR="007152C2" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Deneme Oyunu III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="463A8CB9" w14:textId="295E7EC2" w:rsidR="007152C2" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi ve öğrenciler tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3574F7" w14:textId="70BD3C21" w:rsidR="007152C2" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bireysel Uygulama &amp; Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00883290" w:rsidRPr="007625C6" w14:paraId="0EE7EC9F" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="177346A9" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00CC1866" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C6A86DB" w14:textId="161AC9EF" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FİNAL Oyunu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC441A5" w14:textId="1019E9D3" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim üyesi ve öğrenciler tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1738B9" w14:textId="62DE1332" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00375182">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Uygulaması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00883290" w:rsidRPr="007625C6" w14:paraId="15C5AFEF" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="726D5A50" w14:textId="77777777" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00CC1866" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="682EA4FF" w14:textId="147D2B93" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final oyunu sunumları ve rapor teslimleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607CC73E" w14:textId="4C4D4C0B" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenciler Tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF471FD" w14:textId="4D2A0C86" w:rsidR="00883290" w:rsidRPr="007625C6" w:rsidRDefault="00381DF7" w:rsidP="00381DF7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sunum ve Rapor Teslimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC1866" w:rsidRPr="007625C6" w14:paraId="0E54BDBD" w14:textId="77777777" w:rsidTr="00375182">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFB2011" w14:textId="77777777" w:rsidR="00CC1866" w:rsidRPr="007625C6" w:rsidRDefault="00CC1866" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0A0783" w14:textId="4874B8D9" w:rsidR="00CC1866" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final oyunu sunumları ve rapor teslimleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2329" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37CF168A" w14:textId="4C6B219B" w:rsidR="00CC1866" w:rsidRPr="007625C6" w:rsidRDefault="00375182" w:rsidP="00466279">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenciler Tarafından</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3326" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA07FD4" w14:textId="249BDE8D" w:rsidR="00CC1866" w:rsidRPr="007625C6" w:rsidRDefault="00381DF7" w:rsidP="00381DF7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sunum ve Rapor Teslimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="003360EF" w:rsidRPr="002540BC" w:rsidRDefault="002540BC" w:rsidP="002540BC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ders İçin </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002540BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...38 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Kitabı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3011E0E6" w14:textId="0AB59B85" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00381DF7" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005262AC" w:rsidRPr="00192C53" w14:paraId="1D40E9E0" w14:textId="77777777" w:rsidTr="00260F95">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="3241"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Önerilen Kaynaklar</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23171847" w14:textId="20338CEE" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00381DF7" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tutorial</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kaynakları: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r w:rsidRPr="00097FFA">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                </w:rPr>
+                <w:t>https://www.cag.edu.tr/tr/akademik-kadro/484/dosyalar?f=e6db16c5-fcf1-4f35-840d-8907cb78fdd1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00466279" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin Ölçme </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CE2F29" w14:textId="63AEE6C2" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="008C47A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Simülasyon Skoru</w:t>
+            </w:r>
+            <w:r w:rsidR="003360EF" w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF41AA6" w14:textId="47D7821C" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="008C47A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AF3B95" w14:textId="775B6819" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="008C47A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB49BA" w:rsidRPr="007625C6" w14:paraId="1B798BF9" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51774DDD" w14:textId="77777777" w:rsidR="00BB49BA" w:rsidRPr="007625C6" w:rsidRDefault="00880F10" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sunum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1520" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F2F518" w14:textId="08B57C46" w:rsidR="00BB49BA" w:rsidRPr="00466279" w:rsidRDefault="008C47A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...14 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB18371" w14:textId="3B44DC43" w:rsidR="00BB49BA" w:rsidRPr="00466279" w:rsidRDefault="008C47A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="740C6B33" w14:textId="77777777" w:rsidR="00BB49BA" w:rsidRPr="00466279" w:rsidRDefault="00BB49BA" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1872788A" w14:textId="26A96457" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="008C47A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A86F748" w14:textId="511381B2" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="008C47A9" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00466279" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tablosu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...38 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00880F10" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005262AC" w:rsidRPr="00192C53" w14:paraId="452D7EFE" w14:textId="77777777" w:rsidTr="00260F95">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549B0A4F" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE76651" w14:textId="349FF144" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4D27A9" w14:textId="76F79CEF" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="458530B9" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21AAFFD4" w14:textId="144C77DC" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38251A98" w14:textId="549EF04A" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D24AE5" w:rsidRPr="007625C6" w14:paraId="77B71221" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF8321E" w14:textId="117E74B1" w:rsidR="00D24AE5" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sunum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A772A1" w14:textId="3910A2F0" w:rsidR="00D24AE5" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E57125" w14:textId="2D5F49E4" w:rsidR="00D24AE5" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64324612" w14:textId="3BA27716" w:rsidR="00D24AE5" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00880F10" w:rsidRPr="007625C6" w14:paraId="0A7C265A" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="453F63EA" w14:textId="6811B880" w:rsidR="00880F10" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uygulamalar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE8DF73" w14:textId="0AE0031C" w:rsidR="00880F10" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD117A5" w14:textId="4EE3FF45" w:rsidR="00880F10" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3384D8C1" w14:textId="1BC4D974" w:rsidR="00880F10" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00880F10" w:rsidRPr="007625C6" w14:paraId="49E42C5E" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D8140D" w14:textId="364C991D" w:rsidR="00880F10" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Uygulaması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="178609E5" w14:textId="339AC43A" w:rsidR="00880F10" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C36617F" w14:textId="5366C4FA" w:rsidR="00880F10" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D470DAB" w14:textId="289F97D8" w:rsidR="00880F10" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5186E46B" w14:textId="5B66FA22" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Final Raporu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1520" w:type="dxa"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00192C53">
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5C7A5" w14:textId="1896C983" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1173" w:type="dxa"/>
-[...41 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8D88F" w14:textId="6BBD744A" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698DB0F" w14:textId="5E232295" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD10B5" w:rsidRPr="00192C53" w14:paraId="778AC4D4" w14:textId="77777777" w:rsidTr="00812293">
+      <w:tr w:rsidR="00EC693D" w:rsidRPr="007625C6" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00EC693D">
         <w:trPr>
-          <w:trHeight w:val="293"/>
+          <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11766" w:type="dxa"/>
-[...754 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="44A8ABBE" w14:textId="56CB4BDB" w:rsidR="00AD10B5" w:rsidRPr="00192C53" w:rsidRDefault="00AD10B5" w:rsidP="00183415">
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="00EC693D" w:rsidRPr="00EC693D" w:rsidRDefault="00EC693D" w:rsidP="00EC693D">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...93 lines deleted...]
-            <w:tcW w:w="2735" w:type="dxa"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-              <w:t>166</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1139CD8F" w14:textId="04F296F5" w:rsidR="00EC693D" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AD10B5" w:rsidRPr="00192C53" w14:paraId="33E39B06" w14:textId="77777777" w:rsidTr="00260F95">
-[...54 lines deleted...]
-            <w:vMerge/>
+      <w:tr w:rsidR="00EC693D" w:rsidRPr="007625C6" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00EC693D">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="2735" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="00EC693D" w:rsidRPr="00EC693D" w:rsidRDefault="00EC693D" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam / 30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-                <w:bCs/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F8EF1F" w14:textId="00323AE4" w:rsidR="00EC693D" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>180/30=6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC693D" w:rsidRPr="007625C6" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00E53102">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="00EC693D" w:rsidRPr="007625C6" w:rsidRDefault="00EC693D" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS Kredisi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18FD7F" w14:textId="2209EE5C" w:rsidR="00EC693D" w:rsidRPr="007625C6" w:rsidRDefault="0055791E" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-          </w:p>
-[...273 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32B9C495" w14:textId="77777777" w:rsidR="00E67127" w:rsidRPr="00192C53" w:rsidRDefault="00E67127" w:rsidP="00E67127"/>
-[...17 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRDefault="003237AD"/>
+    <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRDefault="003237AD">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="70F21237" w14:textId="77777777" w:rsidR="00FA7AAC" w:rsidRPr="00192C53" w:rsidRDefault="00FA7AAC" w:rsidP="00E67127"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="779E03B9" w14:textId="77777777" w:rsidR="00900543" w:rsidRDefault="00900543" w:rsidP="00F573C4"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11520" w:type="dxa"/>
-        <w:tblInd w:w="-1217" w:type="dxa"/>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="007625C6" w14:paraId="7DADCB52" w14:textId="77777777" w:rsidTr="00143705">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFC2895" w14:textId="61534AE1" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="003237AD" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003237AD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Geçmiş Dönem Başarıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003237AD" w:rsidRPr="007625C6" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="0095080C">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05806513" w14:textId="5B8F66DE" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="0055791E" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="276A491D" wp14:editId="342A6BAF">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2071116311" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId11"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="427BA7FB" w14:textId="65384AC5" w:rsidR="003237AD" w:rsidRPr="003237AD" w:rsidRDefault="0055791E" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B996406" wp14:editId="415CF645">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="710092929" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5269A0A7" w14:textId="337B96AA" w:rsidR="0055791E" w:rsidRDefault="0055791E"/>
+    <w:p w14:paraId="274FD44C" w14:textId="77777777" w:rsidR="0055791E" w:rsidRDefault="0055791E">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="1291"/>
+        <w:tblW w:w="10843" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2200"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="2259"/>
+        <w:gridCol w:w="2553"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="2702"/>
+        <w:gridCol w:w="777"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="0C51608A" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="5254FED2" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11520" w:type="dxa"/>
+            <w:tcW w:w="10843" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="AEAAAA"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="540CDB99" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="007440E6" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...72 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="5C0F4EF5" w14:textId="0FAAFD45" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>İşletme Simülasyonu Değerlendirme Ölçeği</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="278A9716" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="499ABEB4" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28F14D73" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...33 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+          <w:p w14:paraId="21C094C2" w14:textId="3AA345EF" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrencinin Adı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C34FAE9" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7417A17A" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="54098DA5" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="19D544C5" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AD2E3B0" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...33 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+          <w:p w14:paraId="5092E31F" w14:textId="64D22BEA" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrencinin Numarası:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57758F5B" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2E1FED09" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="4F3C30F6" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="31044366" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D8BC8E3" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...23 lines deleted...]
-            <w:tcW w:w="8500" w:type="dxa"/>
+          <w:p w14:paraId="25BBEC85" w14:textId="7AD2BDF2" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Değerlendirme Kriteri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7807" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46A66D0E" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...46 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="356D7193" w14:textId="7B522062" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Performans Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79B27B96" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...12 lines deleted...]
-              <w:t>Point</w:t>
+          <w:p w14:paraId="42AAE447" w14:textId="001106B7" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>To</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>plam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="6EEA899C" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="1F5603B9" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="532F36CA" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="0B9A5E19" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5555D306" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...34 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="3C18A7D8" w14:textId="144DE2A7" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="007929CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yetersiz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="588D7FBE" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...24 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="18EBDD3E" w14:textId="7F6F9667" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="007929CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yeterli</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476A91D0" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...24 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="2B9349D9" w14:textId="40CE91D4" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="007929CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Başarılı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E68A0B8" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4C84D7C2" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="6E42065F" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="3EF97D1E" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="149"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36AE0C8D" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="41D9864E" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7807" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E243FD5" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="51023DB8" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2820" w:type="dxa"/>
-[...58 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44AE500E" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="5E069E73" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="14CDB8C7" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="7BC6ACD4" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0441AB7D" w14:textId="7B21F696" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sunum ve Yazma</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="665C87BD" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06D059BF" w14:textId="3BFFDEEA" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="020FA013" w14:textId="75C9BD4A" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7CA869" w14:textId="51A8C423" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45557DC4" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="6286904C" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="2049"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE13F0C" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3C76EA" w14:textId="3355785B" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sözlü sunumlar, bilgilerin mantıksal bir sıralaması olmadığı için anlaşılamıyor; sunum yapan kişi, proje notlarının çoğunu veya tamamını göz teması kurmadan veya çok az göz temasıyla okuyor. Sunum yapan kişi profesyonel değil, özgüvensiz, rahatsız ve temel soruları yanıtlayamıyor. Rapor, APA-7 biçimlendirme ve dilbilgisi kurallarında sık ve önemli hatalar ve yetersiz yazma becerileri sergiliyor.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DAADAC1" w14:textId="626C3BF0" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Bilgiler, izleyicinin takip edebileceği bir sırayla sunulmaktadır. Sunucu, birkaç küçük istisna dışında, izleyiciyle göz teması kurmaktadır. Birkaç durumda sunucu notlarından okumaktadır; çoğunlukla rahattır ve soruları yeterince yanıtlamaktadır; APA-7 formatı uygun şekilde kullanılmaktadır, dilbilgisi kurallarında birkaç küçük hata ve yeterli yazım becerisi mevcuttur.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E96FF97" w14:textId="012084F2" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Bilgiler, izleyicinin kolayca takip edebileceği mantıklı, ilgi çekici ve etkili bir sırayla sunulmuştur; sunucu izleyiciyle göz teması kurar ve nadiren notlara başvurur; profesyonel, kendinden emin, rahat bir tavır sergiler ve soruları etkili bir şekilde yanıtlar. Rapor boyunca APA-7 formatı doğru ve tutarlı bir şekilde kullanılmıştır; mükemmel kelime seçimi yapılmıştır; dil kuralları etkili bir şekilde kullanılmıştır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01D85020" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="53EC6A89" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="176"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5AA80C" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33EDCF8B" w14:textId="72D39B27" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yorumlar: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="453FD2A6" w14:textId="306C5884" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ÖÇ1 Ölçümü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D99E4D4" w14:textId="54B3EC6B" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenciler, farklı iş ortamlarında etkili ve profesyonel iletişim kurmak için raporlar ve sunumlar hazırlayabileceklerdir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="33F0CB5F" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="703"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FBFFB96" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73237FF5" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="0DCC75A4" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="241"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75FB49D1" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...87 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="37B6CE9C" w14:textId="2EE5F019" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="0021162A" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Simülasyon Puanı (Simülasyon puanı, öğrencilerin </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0021162A" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>simülasyon</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0021162A" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oturumu sırasında gerçekleştirdikleri faaliyetlere bilgisayar tarafından verilen puandan oluşur. Bu puan, karlılığı, hisse senedi fiyatını, sektördeki </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0021162A" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>hakimiyeti</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0021162A" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vb. değerlendirir.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="444BD8ED" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...66 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="7B20FB01" w14:textId="1561688E" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0 -</w:t>
+            </w:r>
+            <w:r w:rsidR="0055791E" w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>puan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2CCDDBA2" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...66 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="3B4A4861" w14:textId="1D7DF49A" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7 -</w:t>
+            </w:r>
+            <w:r w:rsidR="0055791E" w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="706FA007" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...86 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="2BC7842F" w14:textId="28C2C39F" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>14 -</w:t>
+            </w:r>
+            <w:r w:rsidR="0055791E" w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>puan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="055B2601" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2026DBD6" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="7B4BBF25" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="5BBFD6CE" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="2668"/>
+          <w:trHeight w:val="1639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3336578D" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="77C9C055" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46C98AF9" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...926 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="11E48015" w14:textId="3042F8C0" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenci tarafından kurulan işletme iflas etti. Kurucu hedefine ulaşamadı ve işletme sorunlarına en uygun çözümü bulma yeteneğinden yoksun kaldı.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3CE548A0" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...880 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="06125B35" w14:textId="233CF6D8" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Bir öğrenci tarafından kurulan şirket karlı bir işletme yürütüyor, ancak iş sorunlarına en uygun çözüme kısmen ulaşıyor.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="431FF79E" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...856 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="0941AEDD" w14:textId="1C23DACB" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenci tarafından kurulan işletme karlı bir şekilde faaliyet göstermekte, tüm hedeflere ulaşılmış ve öğrenci iş sorunlarına en uygun çözümlere ulaşma yeteneğini göstermiştir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C6B4BE7" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="37DE0703" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="10B8741A" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="244FB8BF" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="390"/>
+          <w:trHeight w:val="92"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A07912" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C519861" w14:textId="366B6A03" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yorumlar: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="714FB034" w14:textId="3CF78037" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ÖÇ 2 Ölçümü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1927BB78" w14:textId="0FA9B7D5" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenciler, karar destek araçlarını kullanarak iş sorunlarına en uygun çözümlere ulaşma yeteneğini gösterebileceklerdir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0021162A" w:rsidRPr="0055791E" w14:paraId="08402EDE" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="241"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23F0F3AA" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...21 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+          <w:p w14:paraId="216F3C2C" w14:textId="7023781F" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Temel İşletme Kavramlarının Tanımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43643415" w14:textId="07C33555" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="762EEA22" w14:textId="79E8128A" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00D918C3" w14:textId="70651017" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23978E70" w14:textId="77777777" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="236F267B" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="53"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2152A0E7" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79F37A1F" w14:textId="71F876D8" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Raporda temel iş kavramları açık ve yeterli bir şekilde tanımlanmamıştır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA0E24D" w14:textId="059A8AB2" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Raporda temel iş kavramları çoğunlukla açık ve yeterli bir şekilde tanımlanmıştır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1316568D" w14:textId="6CDA006F" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Raporda temel iş kavramları açık ve yeterli bir şekilde tanımlanmış ve tanımlar detaylı olarak açıklanmıştır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B032A00" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="5DCC25A7" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="53"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A240669" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5316E028" w14:textId="56E72F5C" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yorumlar: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FA23BAB" w14:textId="63D541B3" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ÖÇ 3 Ölçümü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DD7E07D" w14:textId="509F644F" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenciler, uluslararası işletme/finans, bankacılık/ticaret ve lojistik gibi geleneksel alanlar içinde temel iş kavramlarını tanımlayabileceklerdir</w:t>
+            </w:r>
+            <w:r w:rsidR="0055791E" w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0021162A" w:rsidRPr="0055791E" w14:paraId="5505222E" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="122"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCD5673" w14:textId="3D094C1C" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Sosyal Sorumluluk (Sosyal sorumluluk, çalışan sayısı, şirketin ürettiği ürünler, şehirdeki kamu ve spor tesislerine yapılan yatırımlar gibi çeşitli faktörlerden oluşur.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7A715E" w14:textId="27CDDF7A" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="675BD2BA" w14:textId="3322CE2A" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48B01086" w14:textId="4FDC030F" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2576AE30" w14:textId="77777777" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="359F9815" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="1225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40FD2823" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF98FFF" w14:textId="4CD47293" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Raporda belirtilmeyen bir hususa göre, şirket sosyal sorumluluk bilinciyle hareket etmeye yönelik asgari düzeyde bir çaba göstermektedir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6315F5D6" w14:textId="551D24BC" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Şirketlerin sosyal sorumluluk bilincine sahip olma yolunda gösterdikleri çaba ortalama düzeyde olup, raporda bu konuya yeterince değinilmemiştir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C850887" w14:textId="16984066" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Şirket, sosyal sorumluluk bilinciyle hareket etme konusunda azami çaba göstermekte olup, bu durum raporda yeterince belirtilmiştir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76A5118F" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="20359E89" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="199"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="469A1E4B" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...31 lines deleted...]
-              <w:t>:</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2188F3B9" w14:textId="691E9012" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yorumlar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DFAB6D5" w14:textId="0D980B87" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ÖÇ 4 Ölçümü</w:t>
+            </w:r>
+            <w:r w:rsidR="0055791E" w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="087233B0" w14:textId="7D76BF0C" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenciler, küresel iş ortamlarında karar verirken etik ve yasal ilkeleri uygulayabileceklerdir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="1E67B0B6" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0021162A" w:rsidRPr="0055791E" w14:paraId="010C8519" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="390"/>
+          <w:trHeight w:val="148"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="440FBF11" w14:textId="79FE8807" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Teorik ve Pratik Bilginin Bütünleştirilmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B21CC17" w14:textId="21711574" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9F4AD3" w14:textId="55BCBA18" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C064A88" w14:textId="50817159" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="786620FD" w14:textId="77777777" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="158599A0" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="1008"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="585AB4DF" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD9AFF9" w14:textId="2B7B7D35" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Teorik ve pratik bilgi yeterince birleştirilmiyor.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C40A40B" w14:textId="53787AC3" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Raporda teorik bilgiye başarılı bir şekilde yer verilmiş, ancak pratik bilgi teoriyle orta düzeyde harmanlanmıştır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E229DD" w14:textId="4B2FA38F" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Raporda teorik bilgiye kapsamlı bir şekilde yer verilmiş ve pratik bilgi de teorik bilgiyle başarılı bir şekilde birleştirilmiştir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6CE478" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="681B637E" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="710"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41635449" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...322 lines deleted...]
-              <w:t>)</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA54119" w14:textId="620D6D10" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yorumlar: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50BF27FC" w14:textId="7963D73B" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ÖÇ 5 Ölçümü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EB02F82" w14:textId="0144343A" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenciler, edindikleri teorik ve pratik bilgileri yaşadıkları sistemde birleştirebileceklerdir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="1778797D" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0021162A" w:rsidRPr="0055791E" w14:paraId="6763B0C7" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="148"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AF2EDCB" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...35 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7DC4CDBC" w14:textId="1DF2FEDB" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...653 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Liderlik ve Takım Çalışması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="249936A6" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...66 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="021593E5" w14:textId="59FEAEE8" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="24D25719" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...66 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="10D76F91" w14:textId="1199F445" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="346416ED" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...86 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="33DFCA12" w14:textId="644044D5" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7ED04874" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2B57EE74" w14:textId="77777777" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="397B2816" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="1292A77E" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="2788"/>
+          <w:trHeight w:val="676"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="03D960BE" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="7681BDEC" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...428 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A5FFBB2" w14:textId="5CA1B30C" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Bir öğrenci takım üyesi olamıyor, başkalarıyla iletişim kuramıyor ve sorumluluklarını yerine getiremiyor.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...320 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F47CA54" w14:textId="4914015A" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenci takım çalışmasına yatkın ve diğerleriyle iletişim kurabiliyor, ancak kendi sorumluluklarını yeterince yerine getiremiyor.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...518 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="002A0396" w14:textId="72B1B7E5" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenci, takım üyesi olabilir ve liderlik, takım çalışması ve kişilerarası ilişkiler becerilerini verimli bir şekilde kullanarak başkalarıyla çok iyi iletişim kurabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5B7BDA86" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="66D849C3" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="438E14D6" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="4B93C6DD" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="120"/>
+          <w:trHeight w:val="193"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3052FC" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BEC4898" w14:textId="67B3C533" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yorumlar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52A9A7CA" w14:textId="7FCF814C" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ÖÇ 6 Ölçümü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21A4D533" w14:textId="08680215" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenciler liderlik, takım çalışması ve kişilerarası ilişkiler becerilerini kullanabileceklerdir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0021162A" w:rsidRPr="0055791E" w14:paraId="63F3D036" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="195"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44BDB2ED" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...21 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="7F40F51B" w14:textId="61F6F8DD" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3569" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3569" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">İşletme Fonksiyonlarının </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3569" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Kullanımı (Finans, Pazarlama, Üretim Yönetimi, İnsan Kaynakları, vb.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C860D42" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...33 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="7A08116E" w14:textId="5E2D221C" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>0 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7DB76AAC" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...22 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="22919649" w14:textId="1AA1667A" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0084568D" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...22 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="463F2298" w14:textId="3E3654EC" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1F0445" w14:textId="77777777" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="1E62BF16" w14:textId="77777777" w:rsidTr="0055791E">
+        <w:trPr>
+          <w:trHeight w:val="1951"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B879F48" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF643B4" w14:textId="7E61431B" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Raporda işlevlerin çoğu kullanılmıyor ve açıkça açıklanmamış.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E903338" w14:textId="11C75BC3" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>İşlevler kullanılmış, her biri raporda düzgün bir şekilde açıklanmış ve en az düzeyde birbirleriyle ilişkilendirilmiştir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D09DB97" w14:textId="563409AB" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Rapor içerisinde iş fonksiyonları kullanılmakta ve her biri ayrıntılı olarak açıklanmaktadır; bu da fonksiyonları ve fonksiyonlar arasındaki ilişkileri tartışmayı oldukça kolaylaştırmaktadır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FF921AE" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4E39E714" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="25243D4F" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="1266D489" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="120"/>
+          <w:trHeight w:val="219"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D497A25" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...202 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DFBE67" w14:textId="50593375" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yorumlar:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20982A8B" w14:textId="6532CE97" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ÖÇ 7 Ölçümü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A4E806" w14:textId="1226A653" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenciler, muhasebe, finans, pazarlama, yönetim ve üretim gibi işletme yönetimi alanlarının işlevlerini ve bu işlevler arasındaki ilişkileri tartışabileceklerdir</w:t>
+            </w:r>
+            <w:r w:rsidR="0055791E" w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3965D345" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="09DC3940" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0021162A" w:rsidRPr="0055791E" w14:paraId="5E7340D7" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="315"/>
+          <w:trHeight w:val="92"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A50D94F" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...75 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="0DF456C7" w14:textId="09499262" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3569" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3569" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yönetim Fonksiyonlarının Koordinasyonu Becerileri (Planlama, Organizasyon, Yönlendirme, Kontrol)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AADB532" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...66 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="71B1BCF3" w14:textId="2C4DCD4E" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="450CFEA1" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...66 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="4AAA9A02" w14:textId="43D487ED" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E913A8F" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...86 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="0DE30F94" w14:textId="0A9B4210" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44805225" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5AD953DE" w14:textId="77777777" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="6AEDFAD2" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="7474D7E0" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="1195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="608CFDA0" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="068B661B" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BEAD7DE" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...190 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="2CD8BFCC" w14:textId="6885ACCF" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yönetim fonksiyonları mantıklı bir şekilde kullanılmıyor; strateji rastgele seçiliyor ve bileşenlerle ilişkili değil.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B6812FA" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...208 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="1242D279" w14:textId="30A372E5" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yönetim fonksiyonları doğru şekilde kullanılıyor, strateji mantıklı bir şekilde seçiliyor ve bileşenlerle ilişkilendiriliyor.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="02ACC48F" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...316 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="28912BDF" w14:textId="6E4FA058" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yönetim fonksiyonlarının her biri ayrıntılı olarak incelenir. Bir strateji seçilir ve mantıklı bir şekilde açıklanır. Öğrenci bileşenleri kolayca koordine edebilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38FD5D38" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="644CE187" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="45C5736F" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="787A9610" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="435"/>
+          <w:trHeight w:val="897"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...25 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="418A926D" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...43 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2048B8" w14:textId="73D4610C" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yorumlar: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D92B4F9" w14:textId="7AA3C22D" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ÖÇ 8 Ölçümü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27D383F8" w14:textId="20512CCF" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="002D3569">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenciler, farklı iş ortamlarında planlama, organize etme, yönlendirme ve kontrol etme gibi yönetim işlevlerini koordine edebileceklerdir.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="041033BD" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0021162A" w:rsidRPr="0055791E" w14:paraId="12E794F4" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
-[...250 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C9D8830" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...582 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="11DBCB4B" w14:textId="77777777" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="427E91EC" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...67 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+          <w:p w14:paraId="3812A9E1" w14:textId="3C664B98" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CB0E793" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...66 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+          <w:p w14:paraId="3F0BE7F7" w14:textId="25128E18" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79B0A7E6" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...86 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+          <w:p w14:paraId="46CED6A8" w14:textId="1BFA267A" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="002D3569">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>uan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="092616EC" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...13 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="080DC267" w14:textId="77777777" w:rsidR="0021162A" w:rsidRPr="0055791E" w:rsidRDefault="0021162A" w:rsidP="0021162A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="7932EB9F" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="3C4CDA3D" w14:textId="77777777" w:rsidTr="0055791E">
         <w:trPr>
-          <w:trHeight w:val="1595"/>
+          <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55BA9657" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...11 lines deleted...]
-            <w:tcW w:w="2780" w:type="dxa"/>
+          <w:p w14:paraId="594A1C92" w14:textId="0FCA7E14" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="002D3569">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055791E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9.  </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3569" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3569" w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Analitik/Eleştirel Düşünme Becerileri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2553" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...219 lines deleted...]
-            <w:tcW w:w="2820" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B36F545" w14:textId="41FC4450" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Kavram veya fikir açıkça ifade edilmemiş veya bileşen unsurları tanımlanmamış veya açıklanmamıştır; araştırma bilgileri yetersiz organize edilmiş, sınıflandırılmış ve/veya yüzeysel olarak incelenmiştir; bilgiler genellikle yanlış veya eksiktir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...255 lines deleted...]
-            <w:tcW w:w="2900" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="566BFE94" w14:textId="2A22B877" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Öğrenci, kavramı veya fikri ve bileşenlerini yeterli şekilde tanımlar ve açıklar; kavram veya fikirle ilgili bilgileri toplar ve </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>inceler;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve bilgileri yalnızca küçük tutarsızlıklar, ilgisizlikler veya eksikliklerle tatmin edici bir şekilde sunar ve değerlendirir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Maximum </w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08125B8C" w14:textId="4DA53433" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="002D3569" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Öğrenci, kavram veya fikrin net bir tanımını etkili bir şekilde formüle eder ve incelenecek temel unsurları belirtir; kavram veya fikri ele almak için uygun bilgileri seçer ve </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00644DD9">
-[...5 lines deleted...]
-              <w:t>effort</w:t>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>önceliklendirir</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00644DD9">
-[...209 lines deleted...]
-            <w:tcW w:w="820" w:type="dxa"/>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>; ilgili bilgileri doğru ve uygun bir şekilde analiz eder ve yorumlar.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="052BB7B2" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00E74BA2" w:rsidRDefault="00900543" w:rsidP="00921668">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="434EACED" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00900543" w:rsidRPr="00E74BA2" w14:paraId="13A08FEA" w14:textId="77777777" w:rsidTr="00921668">
+      <w:tr w:rsidR="0055791E" w:rsidRPr="0055791E" w14:paraId="41904DA8" w14:textId="77777777" w:rsidTr="007929CA">
         <w:trPr>
-          <w:trHeight w:val="260"/>
+          <w:trHeight w:val="56"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2200" w:type="dxa"/>
-[...9657 lines deleted...]
-            <w:tcW w:w="2200" w:type="dxa"/>
+            <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="9320" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5D1D57" w14:textId="77777777" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="0055791E" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...241 lines deleted...]
-              <w:t>)</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E3B81DF" w14:textId="74A7DF37" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="007929CA" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yorumlar: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BF23E2C" w14:textId="554DB7AC" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="007929CA" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ÖÇ 9 Ölçümü</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1748090F" w14:textId="6FE3E8ED" w:rsidR="0055791E" w:rsidRPr="0055791E" w:rsidRDefault="007929CA" w:rsidP="0055791E">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Öğrenciler, güncel iş sorunlarını çözmek için analitik araçları, eleştirel düşünme ve araştırma becerilerini kullanabileceklerdir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0401CC72" w14:textId="77777777" w:rsidR="00900543" w:rsidRPr="00192C53" w:rsidRDefault="00900543" w:rsidP="00F573C4"/>
-    <w:sectPr w:rsidR="00900543" w:rsidRPr="00192C53" w:rsidSect="00E67127">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TabloKlavuzu"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="9721"/>
+        <w:tblW w:w="9312" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="43" w:type="dxa"/>
+          <w:left w:w="115" w:type="dxa"/>
+          <w:bottom w:w="43" w:type="dxa"/>
+          <w:right w:w="115" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6636"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1400"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="158CF597" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9312" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B909ABD" w14:textId="320DE7C9" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Program</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ÖÇ’larına</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> İlişkin Özet Performans Değerlendirmeleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="6CC45DBA" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB66CC8" w14:textId="19E81298" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ÖÇ’ları</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>/Program Düzeyinde Değerlendirme Kriterleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00782713" w14:textId="13A76E73" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Toplam Puan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7FC564" w14:textId="4DC3B172" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Alınan Puan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="234A2162" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="444C8A17" w14:textId="1B07B8F4" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>Sunum ve Yazma Becerileri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="475A6A99" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B84C0A" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="2492B3EB" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6DEF68EB" w14:textId="54AC3594" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t xml:space="preserve">Simülasyon Puanı (Simülasyon puanı, öğrencilerin </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007929CA">
+              <w:t>simülasyon</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007929CA">
+              <w:t xml:space="preserve"> oturumu sırasında gerçekleştirdikleri faaliyetlere bilgisayar tarafından verilen puandan oluşur. Bu puan, karlılığı, hisse senedi fiyatını, sektördeki </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007929CA">
+              <w:t>hakimiyeti</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007929CA">
+              <w:t xml:space="preserve"> vb. değerlendirir.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1498E1AE" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48168FAD" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="1472EFFA" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B0D1092" w14:textId="76CF0D54" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>Başlıca İşletme Kavramlarının Tanımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F416E7B" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C383C6C" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="4BD58E16" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="186CFD4C" w14:textId="13F2737D" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>Sosyal Sorumluluk (Sosyal sorumluluk, çalışan sayısı, şirketin ürettiği ürünler, şehirdeki kamu ve spor tesislerine yapılan yatırımlar gibi çeşitli faktörlerden oluşur.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="283E1E48" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="721C898B" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="4F0B68B7" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5AB8ADBE" w14:textId="0ACDB759" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>Teorik ve Pratik Bilginin Bütünleştirilmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79EE445C" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C184AB" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="3BAC2AB4" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="03BD1119" w14:textId="243834C8" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>Liderlik ve Takım Çalışması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07458CAE" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1232A337" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="2421A64A" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56EF1E4B" w14:textId="724D4AEC" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>İşletme Fonksiyonlarının Kullanımı (Finans, Pazarlama, Üretim Yönetimi, İnsan Kaynakları, vb.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E6A1A75" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3785D3F8" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="4E02DBF1" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39F52C84" w14:textId="6D8977B0" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>Yönetim Fonksiyonlarının Koordinasyonu Becerileri (Planlama, Organizasyon, Yönlendirme, Kontrol)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB9904F" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E1DDB3" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="07084546" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5EBC8411" w14:textId="16284321" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>Analitik/Eleştirel Düşünme Becerileri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01236003" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:r w:rsidRPr="007929CA">
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="452712C7" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007929CA" w:rsidRPr="007929CA" w14:paraId="64960E17" w14:textId="77777777" w:rsidTr="007929CA">
+        <w:trPr>
+          <w:trHeight w:val="19"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6636" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6356395D" w14:textId="1AB0975F" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>oplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="29" w:type="dxa"/>
+              <w:bottom w:w="29" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE381B1" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007929CA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1400" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF36C7F" w14:textId="77777777" w:rsidR="007929CA" w:rsidRPr="007929CA" w:rsidRDefault="007929CA" w:rsidP="007929CA"/>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1DE56A99" w14:textId="77777777" w:rsidR="007929CA" w:rsidRDefault="007929CA"/>
+    <w:p w14:paraId="05372F5A" w14:textId="77777777" w:rsidR="007929CA" w:rsidRDefault="007929CA"/>
+    <w:p w14:paraId="39E50426" w14:textId="09171C55" w:rsidR="00687EC9" w:rsidRDefault="00687EC9"/>
+    <w:p w14:paraId="56A69B28" w14:textId="77777777" w:rsidR="00687EC9" w:rsidRDefault="00687EC9">
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F604719" w14:textId="710C1B74" w:rsidR="00687EC9" w:rsidRPr="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00687EC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ÇAĞ ÜNİVERSİTESİ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9484E3" w14:textId="13F210C0" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00687EC9">
+        <w:t>İKTİSADİ VE İDARİ BİLİMLER FAKÜLTESİ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687EC9">
+        <w:br/>
+        <w:t>2025–2026 BAHAR YARIYILI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687EC9">
+        <w:br/>
+        <w:t>MAN 446 – BUSINESS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> SIMULATION</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>FİNAL RAPORU ÖDEVİ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78862906" w14:textId="77777777" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EA64D92" w14:textId="77777777" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rapor Teslim Tarihi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE0BCFF" w14:textId="59A14980" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Final </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>challenge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> oyunu tamamlandıktan sonra</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ECF5FCD" w14:textId="77777777" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Final raporu aşağıdaki unsurları içermelidir:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AECA27D" w14:textId="2F48B260" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1) Öğrenciler, aşağıda belirtilen iş ve yönetim kavramlarını açık</w:t>
+      </w:r>
+      <w:r>
+        <w:t>layan bir rapor hazırlamalıdır:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7891B8C2" w14:textId="63176061" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Porte</w:t>
+      </w:r>
+      <w:r>
+        <w:t>r’ın</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> genel rekabet stratejileri</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F098AC9" w14:textId="43144975" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>İşletme fonksiyonları</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E87EE6" w14:textId="7C52D4FB" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Yönetim fonksiyonları</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B4FA69" w14:textId="51255674" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Temel işletme kavramları</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBB596B" w14:textId="20728718" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Tedarik zinciri ve unsurları</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6961206D" w14:textId="64B56D39" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Marka stratejileri, marka sadakati ve marka bilinirliği</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D291B20" w14:textId="76C188FC" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Finansal tablolar (gelir tablosu ve bilanço), borsa, hisse senedi fiyatı, kredi l</w:t>
+      </w:r>
+      <w:r>
+        <w:t>imiti, yeni hisse senedi ihracı</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7151F560" w14:textId="79B11B30" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ar-Ge ve işletmeler için önemi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49261980" w14:textId="60B8FC9A" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ürünler için arz, talep, gereklilik endeksi (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>necess</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ity</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>index</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) ve kalite kavramları</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB2DF9E" w14:textId="33BF8D31" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Sosyal sorumluluk ve şirketler açısından önemi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8DA8B1" w14:textId="0239B540" w:rsidR="00687EC9" w:rsidRDefault="00687EC9" w:rsidP="00687EC9">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Final </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>challenge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> oyununda uygulanan stratejiler</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B78E73F" w14:textId="77777777" w:rsidR="00270E5C" w:rsidRDefault="00270E5C" w:rsidP="00270E5C">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E632AE8" w14:textId="7CDFB554" w:rsidR="00270E5C" w:rsidRDefault="00270E5C" w:rsidP="00AA4657">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2) Öğrenciler, hazırladıkları final raporunu; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>simülasyon</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> oyunu deneyimlerini ve sosyal sorumluluk uygulamalarını ekleyerek ve bu deneyimleri işletme kavramlarıyla ilişkilendirerek tamamlamalıdır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E0913A" w14:textId="77777777" w:rsidR="00270E5C" w:rsidRDefault="00270E5C" w:rsidP="00270E5C">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Bu kapsamda hazırlanan raporda aşağıdaki hususlara dikkat edilmelidir:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63569A66" w14:textId="77777777" w:rsidR="00270E5C" w:rsidRDefault="00270E5C" w:rsidP="00270E5C">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Final oyunu sırasında uygulanan stratejiler raporda ayrıntılı şekilde açıklanmalıdır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548725D5" w14:textId="77777777" w:rsidR="00270E5C" w:rsidRDefault="00270E5C" w:rsidP="00270E5C">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Final oyununa ait fotoğraflar rapora eklenmelidir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E0522D" w14:textId="77777777" w:rsidR="00270E5C" w:rsidRDefault="00270E5C" w:rsidP="00270E5C">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(Örneğin; oyunun sonunda şirketin gelir tablosu ve bilançosu, mağaza ve fabrika görselleri, sosyal sorumluluk için inşa edilen binaların fotoğrafları, borsa ekranı, hedeflerin gerçekleştirildiğini gösteren ekran görüntüleri, skor ekranı vb.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D183052" w14:textId="77777777" w:rsidR="00270E5C" w:rsidRDefault="00270E5C" w:rsidP="00270E5C">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Rapor APA 7 formatına uygun olarak yazılmalıdır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6567BF6E" w14:textId="77777777" w:rsidR="00270E5C" w:rsidRDefault="00270E5C" w:rsidP="00270E5C">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Raporda kullanılan tüm kaynaklar APA 7 kaynak gösterme kurallarına uygun şekilde belirtilmelidir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="384C0B51" w14:textId="5827C78F" w:rsidR="00270E5C" w:rsidRPr="00687EC9" w:rsidRDefault="00270E5C" w:rsidP="00270E5C">
+      <w:pPr>
+        <w:pStyle w:val="ListeParagraf"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>(Örneğin; marka stratejisini açıklarken herhangi bir tanım kullanılıyorsa, ilgili kitap veya makale uygun formatta kaynakçada yer almalıdır.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AC4A67" w14:textId="77777777" w:rsidR="00AA4657" w:rsidRDefault="00AA4657" w:rsidP="00AA4657">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Öğrenciler proje teslim tarihine mutlaka uymak zoru</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t>ndadır.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69AF0FD5" w14:textId="77777777" w:rsidR="00AA4657" w:rsidRDefault="00AA4657" w:rsidP="00AA4657">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68511171" w14:textId="7BFF43FA" w:rsidR="007929CA" w:rsidRPr="007625C6" w:rsidRDefault="00AA4657" w:rsidP="00AA4657">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>NOT: Değerlendirme ölçütleri (RUBRIC), ders izlencesinin (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>syllabus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) sonunda yer almaktadır.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007929CA" w:rsidRPr="007625C6" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="188ABA98" w14:textId="77777777" w:rsidR="00A06460" w:rsidRDefault="00A06460" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="35A08995" w14:textId="77777777" w:rsidR="00A06460" w:rsidRDefault="00A06460" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="14566EC3" w14:textId="77777777" w:rsidR="00A06460" w:rsidRDefault="00A06460" w:rsidP="0034027E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="0EB84935" w14:textId="77777777" w:rsidR="00A06460" w:rsidRDefault="00A06460" w:rsidP="0034027E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="06121C61"/>
+    <w:nsid w:val="12D933BD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="20281ADE"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="4C5CE478"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...481 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
-[...235 lines deleted...]
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1140" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1860" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2580" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3300" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4020" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4740" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5460" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6180" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="38C76335"/>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="68EE3DFA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="845C548A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="C05070B2"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2340" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
-[...351 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="041F0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1500" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2220" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2940" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4380" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5100" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5820" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6540" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="414C4456"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="6FAE2D66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BBB4898A"/>
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:tmpl w:val="B928C3D8"/>
+    <w:lvl w:ilvl="0" w:tplc="041F0001">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...9 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
-[...316 lines deleted...]
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="041F0005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="041F0001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="041F0003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...17 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2775" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="926E03E4">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="8" w:tplc="041F0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1875" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...3 lines deleted...]
-        <w:szCs w:val="28"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
-    </w:lvl>
-[...82 lines deleted...]
-      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
-[...1 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...34 lines deleted...]
-    <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...204 lines deleted...]
-    <w:rsid w:val="00FC7BC0"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000B7071"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="0021162A"/>
+    <w:rsid w:val="00211C66"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="00270E5C"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002D3569"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00342F53"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="00375182"/>
+    <w:rsid w:val="00381DF7"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="0055791E"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="00687EC9"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007929CA"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008C47A9"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A06460"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00AA4657"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E872F3"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="71AC9F6E"/>
+  <w14:docId w14:val="6A0E76EB"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...134 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Balk2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00687EC9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA4657"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="00E872F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="00E872F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="007929CA"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-    <w:name w:val="girinti"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00E23A83"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00C83EBF"/>
+    <w:link w:val="Balk2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00687EC9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:i w:val="0"/>
-      <w:iCs w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bc">
-[...137 lines deleted...]
-    </w:tblStylePr>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00687EC9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00DD33D8"/>
+    <w:rsid w:val="00687EC9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalonMetni">
-[...3 lines deleted...]
-    <w:rsid w:val="007410B1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA4657"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...61 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...134 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Balk2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00687EC9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Balk3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Balk3Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AA4657"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Altbilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltbilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltbilgiChar">
+    <w:name w:val="Altbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Altbilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:rsid w:val="00E872F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:rsid w:val="00E872F3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TabloKlavuzu">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="007929CA"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
-    <w:name w:val="girinti"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk2Char">
+    <w:name w:val="Başlık 2 Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00E23A83"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00C83EBF"/>
+    <w:link w:val="Balk2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00687EC9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:i w:val="0"/>
-      <w:iCs w:val="0"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="bc">
-[...137 lines deleted...]
-    </w:tblStylePr>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00687EC9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListeParagraf">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00DD33D8"/>
+    <w:rsid w:val="00687EC9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalonMetni">
-[...3 lines deleted...]
-    <w:rsid w:val="007410B1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Balk3Char">
+    <w:name w:val="Başlık 3 Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="Balk3"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AA4657"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...61 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="156082" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="16851566">
+    <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="498279139">
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="533806613">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1058939735">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ersininal@cag.edu.tr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hazalezgiozbek@cag.edu.tr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cag.edu.tr/tr/akademik-kadro/484/dosyalar?f=e6db16c5-fcf1-4f35-840d-8907cb78fdd1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ersininal@cag.edu.tr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\ersin\Desktop\grafik-tasarimi.xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_2.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-              <a:t>2023-2024 BAHAR</a:t>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2023-2024</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> YARIYILI</a:t>
+              <a:rPr lang="en-US" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Bahar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t>MAN 446 - İŞLETME SİMÜLASYONU</a:t>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>MAN 446 - İşletme Simülasyonu</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
       <c:layout>
         <c:manualLayout>
           <c:xMode val="edge"/>
           <c:yMode val="edge"/>
-          <c:x val="0.18427265447751234"/>
-          <c:y val="5.2033528067056134E-2"/>
+          <c:x val="0.24901709680205991"/>
+          <c:y val="6.6000363815909152E-2"/>
         </c:manualLayout>
       </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...37 lines deleted...]
-          </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>2</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0</c:v>
+                  <c:v>4</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0</c:v>
+                  <c:v>7</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-74C1-4777-8FE8-E482152B26F4}"/>
+              <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="233823552"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="175009280"/>
+        <c:axId val="270248192"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="239772160"/>
+        <c:axId val="175009280"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="233823552"/>
+        <c:crossAx val="270248192"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="233823552"/>
+        <c:axId val="270248192"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="239772160"/>
+        <c:crossAx val="175009280"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
-        <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
-[...6 lines deleted...]
-        </a:defRPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
+</file>
+
+<file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Yarıyılı</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1050" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>MAN 446 - İşletme Simülasyonu</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1050">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>4</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="235871232"/>
+        <c:axId val="238574912"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="235871232"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="238574912"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="238574912"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="235871232"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="tr-TR"/>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>9771</Characters>
+  <Pages>7</Pages>
+  <Words>2196</Words>
+  <Characters>12520</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11463</CharactersWithSpaces>
+  <CharactersWithSpaces>14687</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:creator>Samsung</dc:creator>
+  <dc:subject/>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>