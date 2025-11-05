--- v0 (2025-10-06)
+++ v1 (2025-11-05)
@@ -1,12674 +1,9278 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/word/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="25895" w:type="dxa"/>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1719"/>
-[...20 lines deleted...]
-        <w:gridCol w:w="3971"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="47"/>
+        <w:gridCol w:w="353"/>
+        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="855"/>
+        <w:gridCol w:w="792"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="366"/>
+        <w:gridCol w:w="718"/>
+        <w:gridCol w:w="27"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="1540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00206BE7" w:rsidTr="00206BE7">
+      <w:tr w:rsidR="005A2B8A" w:rsidRPr="007625C6" w14:paraId="2CF276D6" w14:textId="77777777" w:rsidTr="005A2B8A">
         <w:trPr>
-          <w:trHeight w:val="550"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10633" w:type="dxa"/>
-[...50 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C9CAB3" w14:textId="77777777" w:rsidR="005A2B8A" w:rsidRPr="00FB3417" w:rsidRDefault="005A2B8A" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3417">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ERS İZLENCESİ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SYLLABUS)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE1DD46" w14:textId="7B208052" w:rsidR="005A2B8A" w:rsidRPr="007625C6" w:rsidRDefault="00A76415" w:rsidP="004904EB">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SOSYAL BİLİMLER ENSTİTÜSÜ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00206BE7" w:rsidTr="00206BE7">
-[...2 lines deleted...]
-            <w:tcW w:w="2538" w:type="dxa"/>
+      <w:tr w:rsidR="00482527" w:rsidRPr="007625C6" w14:paraId="75D12ECC" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0B14B9" w14:textId="21397E42" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00FB3417" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin </w:t>
+            </w:r>
+            <w:r w:rsidR="00482527" w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D26E176" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A44735" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="83CAEB" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C7FD7" w14:textId="5B51A410" w:rsidR="00482527" w:rsidRPr="00212A30" w:rsidRDefault="00482527" w:rsidP="00212A30">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Değeri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="3EECAC9C" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FD4430" w14:textId="52A53322" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00DB483B" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>LAW 552</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4824" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="332DDDD9" w14:textId="3C22CEF0" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00DB483B" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İnsan Hakları Bağlamında Hayata, Vücut Bütünlüğüne ve Malvarlığına Karşı Suçlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A4A3C7" w14:textId="04964F99" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00F641E6" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 (3-0-3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242BC9E2" w14:textId="118206FD" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="004B17E7" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="5B46F662" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A6A2EB" w14:textId="00E0B903" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="00FB3417">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ön</w:t>
+            </w:r>
+            <w:r w:rsidR="007625C6" w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FB3417">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>koşul Dersler</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC4E30B" w14:textId="069B01AD" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00DB483B" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yok</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="64620FC2" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C670231" w14:textId="078B2A41" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Dili</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CBDD8E" w14:textId="1C992603" w:rsidR="00681162" w:rsidRPr="007625C6" w:rsidRDefault="00DB483B" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Türkçe</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2072" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75FF5C8F" w14:textId="6A6388FC" w:rsidR="00681162" w:rsidRPr="007625C6" w:rsidRDefault="00681162" w:rsidP="007625C6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...36 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders İşleme Tarzı</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-            <w:gridSpan w:val="5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3630" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="608EE131" w14:textId="3C95233E" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="00F641E6" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yüz yüze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681162" w:rsidRPr="007625C6" w14:paraId="61757E6D" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21036217" w14:textId="5EAB60C0" w:rsidR="00681162" w:rsidRPr="00212A30" w:rsidRDefault="00681162" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin Türü </w:t>
+            </w:r>
+            <w:r w:rsidR="00A8173B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00212A30">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düzeyi</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96934">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...14 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D6D351" w14:textId="19FE6F5B" w:rsidR="00681162" w:rsidRPr="003537D4" w:rsidRDefault="003360EF" w:rsidP="00833C72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB483B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zorunlu / 1. Yıl </w:t>
+            </w:r>
+            <w:r w:rsidR="000A21FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/ Lisansüstü</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="007625C6" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="001B5C97">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4DD77C" w14:textId="245427A4" w:rsidR="00F96934" w:rsidRPr="00F96934" w:rsidRDefault="00F96934" w:rsidP="00F96934">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersi</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim Üye</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sinin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Unvanı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38505A88" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DADECDE" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Görüşme Saatleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1464FC35" w14:textId="77777777" w:rsidR="00F96934" w:rsidRPr="001B0A2E" w:rsidRDefault="00F96934" w:rsidP="001B0A2E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B0A2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="007625C6" w14:paraId="29B512D9" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5155" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC02A2" w14:textId="4E6A8D55" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="00F641E6" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prof. Dr. M. Tevfik ODMAN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1280" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5DF00B" w14:textId="109CBC3D" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="00A76415" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2122" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DCEC51D" w14:textId="72FB65A0" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="00F641E6" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Randevuyla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="406CD1B0" w14:textId="4B52ACE6" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="00F641E6" w:rsidP="00833C72">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mustafatevfikodman@gmail.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F96934" w:rsidRPr="007625C6" w14:paraId="1008EB46" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5E64B1" w14:textId="1E3ACFF3" w:rsidR="00F96934" w:rsidRPr="00833C72" w:rsidRDefault="00F96934" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00833C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Koordinatörü</w:t>
+            </w:r>
+            <w:r w:rsidR="00833C72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3B751E" w14:textId="67EE5089" w:rsidR="00F96934" w:rsidRPr="003537D4" w:rsidRDefault="00F641E6" w:rsidP="0034027E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prof. Dr. M. Tevfik ODMAN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003537D4" w:rsidRPr="007625C6" w14:paraId="5543DDA1" w14:textId="77777777" w:rsidTr="00A8173B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EAB58D" w14:textId="50B5CF6A" w:rsidR="003537D4" w:rsidRPr="003537D4" w:rsidRDefault="003537D4" w:rsidP="003537D4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003537D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Amacı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="213C9229" w14:textId="77777777" w:rsidTr="00727DB3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65045474" w14:textId="55E2DDE6" w:rsidR="003A0CE5" w:rsidRPr="00A8173B" w:rsidRDefault="003A0CE5" w:rsidP="00A8173B">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A8173B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A8173B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenme Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2101E5FB" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3018" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E08AE0" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="003A0CE5" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A0CE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0CE5" w:rsidRPr="007625C6" w14:paraId="66F2E097" w14:textId="77777777" w:rsidTr="002B7787">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC0001E" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7221" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB0A30F" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="007625C6" w:rsidRDefault="003A0CE5" w:rsidP="003A4CE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6C401B" w14:textId="27E812F1" w:rsidR="003A0CE5" w:rsidRPr="00466279" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Program Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E4147D" w14:textId="77777777" w:rsidR="003A0CE5" w:rsidRPr="00466279" w:rsidRDefault="003A0CE5" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Net Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="09B246EF" w14:textId="77777777" w:rsidTr="00531884">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9EF140" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0299E96A" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="659C2DB8" w14:textId="430CA5A5" w:rsidR="00F641E6" w:rsidRPr="00F641E6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TCK’nın ilgili bölümlerinde düzenlenen suç tiplerini</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (kasten öldürme, taksirle öldürme, yaralama, hırsızlık, dolandırıcılık vb.) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tanımlar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve her birinin </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>kanuni unsurlarını açıklar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3392DE1D" w14:textId="0F6057BE" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="245FC917" w14:textId="49E55707" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="2914C0F8" w14:textId="77777777" w:rsidTr="00531884">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1757EE8E" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23678C1D" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5676F5CC" w14:textId="18372B69" w:rsidR="00F641E6" w:rsidRPr="00F641E6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hayata, vücut bütünlüğüne ve malvarlığına karşı suçlarda </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>içtihatlardan örnek kararları analiz eder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve bu kararları </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>hukuki gerekçeleriyle yorumlar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC074F8" w14:textId="3CC2A51C" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2,3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E540A1C" w14:textId="7E487949" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="6B4B5D9D" w14:textId="77777777" w:rsidTr="00531884">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3BBA0B" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5D0A91" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6B3CF6" w14:textId="178926FA" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Suçların nitelikli halleri ile temel halleri arasındaki farkları </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>karşılaştırır</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve somut olaylarda </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>uygular</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="130E6C82" w14:textId="027AC562" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1,2,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B65611D" w14:textId="3D61EC3E" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="61F9DB88" w14:textId="77777777" w:rsidTr="00531884">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="45534632" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B8D73D" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C26084B" w14:textId="03A8F168" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ceza davalarında iddia, savunma ve yargılama makamlarının gerekçelerini </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ayrıştırır</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, bunları </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>karşılaştırmalı olarak değerlendirir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rapor haline getirir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18E382" w14:textId="13126B98" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2,5,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCF042" w14:textId="70B0D0A0" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="1842EBF9" w14:textId="77777777" w:rsidTr="00531884">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="4967DC27" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3075A5A7" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C60B735" w14:textId="71ACA26E" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ders kapsamındaki suçlarla ilgili verilen örnek olaylarda, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>doğru suç tipini belirler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yetkili mahkemeyi tespit eder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>usule uygun çözüm önerisi geliştirir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1561474B" w14:textId="2B15DE3B" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2,6,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF8D652" w14:textId="4A407C9D" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="3F827649" w14:textId="77777777" w:rsidTr="00531884">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A635D50" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30FFA632" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97A7BA" w14:textId="6388F5E4" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ceza hukukunun insan haklarıyla kesişen yönlerini (yaşam hakkı, işkence yasağı, mülkiyet hakkı) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>açıklar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve bu hakların ceza yargılamasında nasıl gözetildiğini </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>örneklerle tartışır</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="070A6310" w14:textId="01164218" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34872425" w14:textId="26F981DB" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="6823BBFD" w14:textId="77777777" w:rsidTr="00531884">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="7706FEA7" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62644321" w14:textId="3DEFC0FC" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6228" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B702992" w14:textId="0AF57254" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bir ceza davasına ilişkin </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>olay çözümleme ödevi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> veya </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sunum</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hazırlayarak, öğrendiği bilgileri </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>uygulamaya aktarır</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yazılı/sözlü olarak ifade eder</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F641E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F7A50C" w14:textId="6B7A3237" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2,3,7,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1540" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F83A37D" w14:textId="4CF77AD6" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001B5C97" w:rsidRPr="007625C6" w14:paraId="308762C8" w14:textId="3AD2B085" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B009601" w14:textId="50C3248D" w:rsidR="001B5C97" w:rsidRPr="001B5C97" w:rsidRDefault="001B5C97" w:rsidP="003A0CE5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin İçeriği:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9246" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCAB1F0" w14:textId="77777777" w:rsidR="001B5C97" w:rsidRPr="001B5C97" w:rsidRDefault="001B5C97" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="7C83A3B7" w14:textId="77777777" w:rsidTr="002540BC">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E551E5" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="001B5C97">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders İçerikleri:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Haftalık Ders Planı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="492EFA39" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612CA867" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09455A41" w14:textId="394B9E2D" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Konu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A41321" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="657EB692" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="001B5C97" w:rsidRDefault="00A566C4" w:rsidP="00466279">
+            <w:pPr>
+              <w:ind w:left="-288" w:firstLine="288"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B5C97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim Yöntem ve Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="68B046AB" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4227DD" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="470003E1" w14:textId="1B7375D7" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İnsan Hakları, kapsamı ve ceza hukuku yönünden önemi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1AA39" w14:textId="377C7294" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders kitabı İkinci Kitap,  Bölüm 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="630C4497" w14:textId="3C445775" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="199189EF" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D940AF3" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="4374FDA5" w14:textId="24DBE61E" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Suç Yolu ve Hayata karşı suçlardan, Kasten Öldürme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A3375F5" w14:textId="2317D2BC" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders kitabı İkinci Kitap,  Bölüm 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="23414219" w14:textId="63FC34DC" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="37C8367A" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6548EC" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAB814A" w14:textId="5D84CF76" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kasten Öldürmenin Nitelikli Halleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8BE1F4" w14:textId="4B17BF27" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders kitabı İkinci Kitap,  Bölüm 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A682109" w14:textId="690D1A79" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="5E0425D8" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16DEC8DB" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCC2790" w14:textId="36BD95F5" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kasten Öldürmenin İhmali Davranışla İşlenmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6216AD61" w14:textId="222EB777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders kitabı İkinci Kitap,  Bölüm 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B065C00" w14:textId="75411370" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="572AE7FF" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602CB1FF" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB57E5F" w14:textId="5C93AD44" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Taksirle Öldürme </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BDCA38" w14:textId="286AF407" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders kitabı İkinci Kitap,  Bölüm 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0399AA" w14:textId="2A2080B8" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="40B18F66" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2413084A" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0931D2E2" w14:textId="3BF6D3F5" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Taksirle Yaralama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5773CCF7" w14:textId="072E31ED" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders kitabı İkinci Kitap,  Bölüm 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="108B07A9" w14:textId="123E155C" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yansılı düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="1843248B" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D70DF3" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="333F1193" w14:textId="72C6301A" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1591F644" w14:textId="383052CD" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA15B95" w14:textId="30E557F8" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="6ABE12D6" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DDB1ED" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFFAB3C" w14:textId="02CD1A08" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genel Olarak Malvarlığı </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="04590A59" w14:textId="116C5D68" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Kitabı, İkinci Kitap Bölüm  10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE9B06" w14:textId="0548109D" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="291CDCDD" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E59DE5" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE72139" w14:textId="38B2197F" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Malvarlığına Karşı Suçlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF2690A" w14:textId="2388FB66" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Kitabı, İkinci Kitap Bölüm 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB47C99" w14:textId="59213EDC" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="5A0BEE33" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5351D79C" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C966E6" w14:textId="6B7570B6" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hırsızlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A7D3643" w14:textId="1371DA73" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Kitabı, İkinci Kitap Bölüm 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="50975E5D" w14:textId="11D629A6" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="1D8B54E9" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BE0142" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="1242F594" w14:textId="60087DCD" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nitelikli Hırsızlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD3F5E0" w14:textId="40CEF9AA" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Kitabı, İkinci Kitap Bölüm 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="378C5450" w14:textId="5F4CC094" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="5E2DD858" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05452BF1" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B35FFE" w14:textId="1E84D518" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yağma ve Nitelikli yağma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="017669E5" w14:textId="68EFBFB3" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Kitabı, İkinci Kitap Bölüm 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="36C928C5" w14:textId="509A28E4" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="1251BFA0" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD197EA" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BDADB8" w14:textId="451F9E20" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mala Zarar Verme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BE5125" w14:textId="69020FA8" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Kitabı, İkinci Kitap Bölüm 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="213BE876" w14:textId="0F1F9EAA" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="3D5181E7" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65311EE9" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="287BBCEB" w14:textId="4B16922F" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dolandırıcılık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E0B48E8" w14:textId="3BF2F848" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Kitabı, İkinci Kitap Bölüm 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F8B557" w14:textId="732BA883" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Düz anlatım ve Yargıtay Kararları üzerinden tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F641E6" w:rsidRPr="007625C6" w14:paraId="50D506D0" w14:textId="77777777" w:rsidTr="003D34F3">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF156B4" w14:textId="77777777" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4308" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="17983BCB" w14:textId="6CEC98EE" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="463A8CB9" w14:textId="4BB3DF84" w:rsidR="00F641E6" w:rsidRPr="007625C6" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3574F7" w14:textId="4E92AAF0" w:rsidR="00F641E6" w:rsidRPr="00C65546" w:rsidRDefault="00F641E6" w:rsidP="00F641E6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C65546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="2B63E1BA" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C3B0D6" w14:textId="2CE9DD20" w:rsidR="003360EF" w:rsidRPr="002540BC" w:rsidRDefault="002540BC" w:rsidP="002540BC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ders İçin </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002540BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="38ED9E23" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D76A32" w14:textId="7849EFF5" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Kitabı</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3011E0E6" w14:textId="4C3F7BF2" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="001E6C2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...7 lines deleted...]
-            <w:tcW w:w="1903" w:type="dxa"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>orik ve Pratik Ceza Özel Hukuku,Durmuş Tezcan, Mustafa Ruhan Erdem, Murat Önök, Ankara, 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="480B1676" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED8829A" w14:textId="4787706E" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="3241"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Önerilen Kaynaklar</w:t>
+            </w:r>
+            <w:r w:rsidR="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7408" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23171847" w14:textId="6486C4FA" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="001E6C2C" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Türk Ceza Hukuku Özel Hükümler, Veli Özer Özbek, Koray Doğan, Pınar Bacaksız, Ankara, 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="70CF837C" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28AC308E" w14:textId="4F0685E0" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00466279" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dersin Ölçme </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ve</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="271B0652" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F42C52" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="295544CB" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="473CF504" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0890690E" w14:textId="484AB64B" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="7139BC66" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CE2F29" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ara Sınav </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF41AA6" w14:textId="72F2FF15" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00A9539D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AF3B95" w14:textId="3C59335A" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00A9539D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="1CF3E1D3" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2379F32B" w14:textId="4DB9FA5C" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1872788A" w14:textId="4513DD16" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00A9539D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1109" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A86F748" w14:textId="1D8C2719" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00A9539D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5302" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C98B5B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="6E91D087" w14:textId="77777777" w:rsidTr="005A2B8A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39403082" w14:textId="67B464B3" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00466279" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tablosu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="40469886" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF9BB0F" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="098A1D92" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="00880F10" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="129D2BE7" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32AA09CC" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="00466279" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="7CF7705B" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F56161B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="549B0A4F" w14:textId="29893E55" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A9539D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE76651" w14:textId="37629353" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00C65546" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4D27A9" w14:textId="541BE54D" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00C65546" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A47EB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="027A0400" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9E5DE7" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="458530B9" w14:textId="2BE84CCD" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00A9539D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21AAFFD4" w14:textId="09D70DB9" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00A9539D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38251A98" w14:textId="10D6C889" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00A9539D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A47EB1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="1118CB0F" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5186E46B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+            <w:r w:rsidR="00880F10" w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Ara Sınav Süresi + Ara Sınav Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF5C7A5" w14:textId="74D35AF5" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00A9539D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8D88F" w14:textId="43C540E8" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="004B17E7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6698DB0F" w14:textId="64076275" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="004B17E7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003360EF" w:rsidRPr="007625C6" w14:paraId="20B1C7FE" w14:textId="77777777" w:rsidTr="00466279">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4446" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F32B48B" w14:textId="77777777" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="003360EF" w:rsidP="00466279">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+            <w:r w:rsidR="00880F10" w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A566C4" w:rsidRPr="007625C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Final Sınavı Süresi + Final Sınavı Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57453E3E" w14:textId="6B55587F" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00A9539D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3004" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1671B335" w14:textId="7383DC31" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="00A9539D" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="004B17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...14 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F4B433" w14:textId="5BA6293D" w:rsidR="003360EF" w:rsidRPr="007625C6" w:rsidRDefault="004B17E7" w:rsidP="00466279">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...13 lines deleted...]
-            <w:gridSpan w:val="4"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC693D" w:rsidRPr="007625C6" w14:paraId="74D4FC42" w14:textId="77777777" w:rsidTr="00EC693D">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="650BD00F" w14:textId="11E25780" w:rsidR="00EC693D" w:rsidRPr="00EC693D" w:rsidRDefault="00EC693D" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...144 lines deleted...]
-            <w:tcW w:w="1903" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:tcMar>
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1139CD8F" w14:textId="0202BE38" w:rsidR="00EC693D" w:rsidRPr="007625C6" w:rsidRDefault="00A9539D" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...37 lines deleted...]
-              <w:t> </w:t>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="004B17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00206BE7" w:rsidTr="00206BE7">
-[...43 lines deleted...]
-            <w:tcW w:w="8095" w:type="dxa"/>
+      <w:tr w:rsidR="00EC693D" w:rsidRPr="007625C6" w14:paraId="12E76506" w14:textId="77777777" w:rsidTr="00EC693D">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...15 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DE5894" w14:textId="33438691" w:rsidR="00EC693D" w:rsidRPr="00EC693D" w:rsidRDefault="00EC693D" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam / 30</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...13 lines deleted...]
-            <w:gridSpan w:val="4"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:vAlign w:val="center"/>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F8EF1F" w14:textId="67299E89" w:rsidR="00EC693D" w:rsidRPr="007625C6" w:rsidRDefault="00A9539D" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...3 lines deleted...]
-              <w:t> </w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="004B17E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14/30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00206BE7" w:rsidTr="00206BE7">
-[...233 lines deleted...]
-            <w:tcW w:w="8095" w:type="dxa"/>
+      <w:tr w:rsidR="00EC693D" w:rsidRPr="007625C6" w14:paraId="2BC1F23D" w14:textId="77777777" w:rsidTr="00E53102">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8584" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...15 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6F04D3" w14:textId="408E43F0" w:rsidR="00EC693D" w:rsidRPr="007625C6" w:rsidRDefault="00EC693D" w:rsidP="00EC693D">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00466279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS Kredisi</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000"/>
-[...309 lines deleted...]
-            <w:tcW w:w="1903" w:type="dxa"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2273" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:tcMar>
-[...13 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A18FD7F" w14:textId="1F5F6684" w:rsidR="00EC693D" w:rsidRPr="007625C6" w:rsidRDefault="004B17E7" w:rsidP="00D41B6B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...15 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4D11BCC7" w14:textId="3945115E" w:rsidR="003237AD" w:rsidRDefault="003237AD"/>
+    <w:p w14:paraId="29B80FCD" w14:textId="77777777" w:rsidR="003237AD" w:rsidRDefault="003237AD">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu1"/>
+        <w:tblW w:w="5410" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000A21FA" w:rsidRPr="007625C6" w14:paraId="29B247DF" w14:textId="79DA304B" w:rsidTr="000A21FA">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05806513" w14:textId="2CDC3FB8" w:rsidR="000A21FA" w:rsidRPr="003237AD" w:rsidRDefault="000A21FA" w:rsidP="00F17985">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...9321 lines deleted...]
-              <w:rPr>
                 <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42C23D2D" wp14:editId="30B1CB87">
-[...2 lines deleted...]
-                  <wp:docPr id="1" name="Grafik 1"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1885371C" wp14:editId="1025F51D">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="512801470" name="Grafik 1"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId8"/>
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:r>
-[...441 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008C4539" w:rsidRDefault="00A30CD4" w:rsidP="00206BE7">
-[...5 lines deleted...]
-    <w:sectPr w:rsidR="008C4539">
+    <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidRDefault="003A4CE2"/>
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="007625C6" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A30CD4" w:rsidRDefault="00A30CD4" w:rsidP="00206BE7">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2D8A919E" w14:textId="77777777" w:rsidR="00DE549C" w:rsidRDefault="00DE549C" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A30CD4" w:rsidRDefault="00A30CD4" w:rsidP="00206BE7">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="211B5B63" w14:textId="77777777" w:rsidR="00DE549C" w:rsidRDefault="00DE549C" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="A2"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A30CD4" w:rsidRDefault="00A30CD4" w:rsidP="00206BE7">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3927C8EA" w14:textId="77777777" w:rsidR="00DE549C" w:rsidRDefault="00DE549C" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A30CD4" w:rsidRDefault="00A30CD4" w:rsidP="00206BE7">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="0E4F6ADA" w14:textId="77777777" w:rsidR="00DE549C" w:rsidRDefault="00DE549C" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stBilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F060023"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2058561E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7323484E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2058561E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="343165415">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1731033877">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="155"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00206BE7"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00EC1D80"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00055AB6"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="000A21FA"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="000F34D6"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A1304"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001B0A2E"/>
+    <w:rsid w:val="001B5C97"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001E6C2C"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00200197"/>
+    <w:rsid w:val="00212A30"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="002540BC"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="0027165B"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002B7787"/>
+    <w:rsid w:val="002D29FC"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0031763C"/>
+    <w:rsid w:val="003237AD"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="00332E3E"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003537D4"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A0CE5"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00466279"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="004904EB"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A19BE"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004B17E7"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005A2B8A"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="006241B7"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="00696EAB"/>
+    <w:rsid w:val="006A2DEE"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="00727DB3"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00735EC2"/>
+    <w:rsid w:val="00736335"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="007625C6"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00833C72"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="00853935"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00911FE6"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="0095080C"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009E445E"/>
+    <w:rsid w:val="00A05658"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A3554C"/>
+    <w:rsid w:val="00A47EB1"/>
+    <w:rsid w:val="00A566C4"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A76415"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00A8173B"/>
+    <w:rsid w:val="00A9539D"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B74181"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C568C6"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C65546"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00C82460"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D41B6B"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DB483B"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00DE549C"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E05685"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E53102"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E77691"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00EC693D"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EF0908"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F44952"/>
+    <w:rsid w:val="00F641E6"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00F96934"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FB3417"/>
+    <w:rsid w:val="00FC1CD9"/>
+    <w:rsid w:val="00FC6B48"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6A0E76EB"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{37064ACD-A132-4FB8-8220-5060ED1930AD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00206BE7"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
-    <w:rsid w:val="00206BE7"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="KlavuzuTablo4-Vurgu1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="007625C6"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="45B0E1" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="156082" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="156082" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C1E4F5" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stBilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stBilgiChar">
+    <w:name w:val="Üst Bilgi Char"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:uiPriority w:val="99"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00206BE7"/>
+    <w:link w:val="stBilgi"/>
+    <w:rsid w:val="0034027E"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="AltBilgi">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="AltBilgiChar"/>
+    <w:rsid w:val="0034027E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AltBilgiChar">
+    <w:name w:val="Alt Bilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="AltBilgi"/>
+    <w:rsid w:val="0034027E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00206BE7"/>
+    <w:rsid w:val="00F641E6"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
-[...103 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
-    <w:name w:val="Üstbilgi Char"/>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:link w:val="stbilgi"/>
-[...185 lines deleted...]
-    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00206BE7"/>
-[...38 lines deleted...]
-    <w:rsid w:val="00206BE7"/>
+    <w:rsid w:val="00F641E6"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
-  </w:style>
-[...141 lines deleted...]
-    <w:rsid w:val="00206BE7"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="24184187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1910458889">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mustafatevfikodman@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\36787626904\Downloads\grafik-tasarimi%20(2).xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_.xlsx"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="tr-TR"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
-      <c14:style val="147"/>
+      <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
-      <c:style val="47"/>
+      <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="tr-TR"/>
-[...1 lines deleted...]
-LAW 552İnsan Hakları Bağlmında Hayata, Vücut Bütünlüğüne ve Malvarlığına Karşı</a:t>
+              <a:rPr lang="tr-TR" sz="1000">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="tr-TR" baseline="0"/>
-              <a:t> Suçlar</a:t>
+              <a:rPr lang="en-US" sz="1000">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="tr-TR" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
-              <a:effectLst/>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1000">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Güz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1000" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Yarıyılı </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>İnsan Hakları Bağlamında Hayata, Vücut Bütünlüğüne ve Malvarlığına Karşı Suçlar </a:t>
+            </a:r>
+            <a:endParaRPr lang="tr-TR" sz="1000" baseline="0">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:rich>
       </c:tx>
-      <c:layout>
-[...6 lines deleted...]
-      </c:layout>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
-        <a:ln w="25400">
+        <a:ln>
           <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="65000"/>
+                  <a:lumOff val="35000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="tr-TR"/>
+        </a:p>
+      </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
-      <c:layout>
-[...9 lines deleted...]
-      </c:layout>
+      <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
           <c:spPr>
-            <a:gradFill rotWithShape="0">
-[...25 lines deleted...]
-              <a:prstDash val="solid"/>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
             </a:ln>
-            <a:effectLst>
-[...3 lines deleted...]
-            </a:effectLst>
+            <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
-          <c:dLbls>
-[...30 lines deleted...]
-          </c:dLbls>
           <c:trendline>
             <c:spPr>
-              <a:ln w="3175">
+              <a:ln w="19050" cap="rnd">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="accent1"/>
                 </a:solidFill>
-                <a:prstDash val="solid"/>
+                <a:prstDash val="sysDot"/>
               </a:ln>
+              <a:effectLst/>
             </c:spPr>
-            <c:trendlineType val="poly"/>
-            <c:order val="4"/>
+            <c:trendlineType val="exp"/>
             <c:dispRSqr val="0"/>
             <c:dispEq val="0"/>
           </c:trendline>
           <c:cat>
             <c:strRef>
-              <c:f>'[grafik-tasarimi (2).xls]Sheet1'!$A$3:$A$12</c:f>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>NA</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>FF</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>FD</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>DD</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>DC</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>CC</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>CB</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>BB</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>BA</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>AA</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>'[grafik-tasarimi (2).xls]Sheet1'!$B$3:$B$12</c:f>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>10</c:v>
+                  <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>5</c:v>
                 </c:pt>
-                <c:pt idx="5">
-[...7 lines deleted...]
-                </c:pt>
                 <c:pt idx="8">
-                  <c:v>11</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>10</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
-        <c:gapWidth val="150"/>
-[...1 lines deleted...]
-        <c:axId val="46616512"/>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="1492079743"/>
+        <c:axId val="1492079263"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="263312896"/>
+        <c:axId val="1492079743"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
-          <a:ln w="3175">
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
-              <a:srgbClr val="000080"/>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
             </a:solidFill>
-            <a:prstDash val="solid"/>
+            <a:round/>
           </a:ln>
+          <a:effectLst/>
         </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="003366"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="46616512"/>
+        <c:crossAx val="1492079263"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
-        <c:tickLblSkip val="1"/>
-        <c:tickMarkSkip val="1"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="46616512"/>
+        <c:axId val="1492079263"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
-        <c:majorGridlines/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
-        <c:majorTickMark val="out"/>
+        <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
         <c:txPr>
-          <a:bodyPr rot="0" vert="horz"/>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
-              <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
-                  <a:srgbClr val="000080"/>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
                 </a:solidFill>
-                <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-                <a:cs typeface="Calibri"/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="263312896"/>
+        <c:crossAx val="1492079743"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
-        <a:solidFill>
-[...6 lines deleted...]
-          <a:prstDash val="solid"/>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
         </a:ln>
+        <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:extLst>
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
-    <a:gradFill rotWithShape="0">
-[...18 lines deleted...]
-      <a:prstDash val="solid"/>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
     </a:ln>
+    <a:effectLst/>
   </c:spPr>
-  <c:externalData r:id="rId1">
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId3">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
+<file path=word/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=word/charts/style1.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
-    <a:clrScheme name="Ofis">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Ofis">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Ofis">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3805</Characters>
+  <Pages>3</Pages>
+  <Words>614</Words>
+  <Characters>3505</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4464</CharactersWithSpaces>
+  <CharactersWithSpaces>4111</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Puren DOGANAY</dc:creator>
+  <dc:title>ÇAĞ UNIVERSITY</dc:title>
+  <dc:subject/>
+  <dc:creator>Egitim Ogretim Koordinatorlugu</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>