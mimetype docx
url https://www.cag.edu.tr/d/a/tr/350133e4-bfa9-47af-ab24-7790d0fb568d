--- v0 (2025-10-08)
+++ v1 (2025-12-04)
@@ -1,8526 +1,8258 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
+    <w:p w14:paraId="264414BD" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00E14715" w:rsidRDefault="003A4CE2" w:rsidP="003A4CE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10980" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="GridTable4Accent4"/>
+        <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="575"/>
+        <w:tblW w:w="10740" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="897"/>
         <w:gridCol w:w="384"/>
         <w:gridCol w:w="693"/>
         <w:gridCol w:w="21"/>
         <w:gridCol w:w="135"/>
-        <w:gridCol w:w="560"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="945"/>
+        <w:gridCol w:w="1110"/>
+        <w:gridCol w:w="217"/>
+        <w:gridCol w:w="728"/>
         <w:gridCol w:w="205"/>
-        <w:gridCol w:w="460"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="343"/>
+        <w:gridCol w:w="477"/>
         <w:gridCol w:w="353"/>
         <w:gridCol w:w="185"/>
-        <w:gridCol w:w="732"/>
-        <w:gridCol w:w="23"/>
+        <w:gridCol w:w="686"/>
         <w:gridCol w:w="792"/>
         <w:gridCol w:w="255"/>
         <w:gridCol w:w="362"/>
         <w:gridCol w:w="365"/>
-        <w:gridCol w:w="141"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="162"/>
+        <w:gridCol w:w="23"/>
+        <w:gridCol w:w="361"/>
         <w:gridCol w:w="729"/>
-        <w:gridCol w:w="1416"/>
-        <w:gridCol w:w="33"/>
+        <w:gridCol w:w="1419"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00183415" w14:paraId="75161F60" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="003A4CE2" w:rsidRPr="00E14715" w14:paraId="1298AE45" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10947" w:type="dxa"/>
-[...12 lines deleted...]
-              <w:rPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10740" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CDC547A" w14:textId="77777777" w:rsidR="00CA55B4" w:rsidRPr="00E14715" w:rsidRDefault="00C72C6D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ÇAĞ ÜNİVERSİTESİ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BA1A08A" w14:textId="3EA14919" w:rsidR="003A4CE2" w:rsidRPr="00E14715" w:rsidRDefault="00F700FB" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Akademik Birim</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA55B4" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A4CE2" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00482527" w:rsidRPr="00E14715" w14:paraId="55D65DAB" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1995" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="06624245" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00E14715" w:rsidRDefault="00482527" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4439" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="02950333" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00E14715" w:rsidRDefault="00482527" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1797" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A85C7F" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00E14715" w:rsidRDefault="00482527" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2509" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF14AFB" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00E14715" w:rsidRDefault="00482527" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="4F04FBD5" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1995" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD444D6" w14:textId="34EDBC59" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PSY</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE357D" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>236</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4439" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="396185CE" w14:textId="59E00944" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="003B74D3">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1083"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klinik Psikolojiye Giriş</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1797" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D571549" w14:textId="4D7A491D" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3-0)3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2509" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D88F79" w14:textId="10CCA807" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="5BD7C8DD" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3E0348" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Önkoşul Dersler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7500" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F10A006" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="13D64AD8" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="0041B974" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dersin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Dili</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1493" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="74745195" w14:textId="3D50B2D6" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>İngilizce</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2493" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6AB50C" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...77 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ders İşleme Tarzı </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3514" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B04F12" w14:textId="2A6A0ED2" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yüz yüze</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="5C6F2F84" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F020A20" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Türü /Düzeyi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7500" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4B364F" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...159 lines deleted...]
-              <w:t>36</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
-        <w:tc>
-[...84 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23A83" w14:paraId="63BAD4C7" w14:textId="77777777" w:rsidTr="00446B9C">
-[...434 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="5CA7F3A5" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6DBEAF5C" w14:textId="77777777" w:rsidR="00446B9C" w:rsidRPr="00183415" w:rsidRDefault="00446B9C" w:rsidP="00CE7A4D">
+          </w:tcPr>
+          <w:p w14:paraId="307ECB59" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğretim Üyeleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4BDA7F" w14:textId="648930EF" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ünvanı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> &amp; Adı Soyadı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dr. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00284609">
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Üyesi Ufuk KOCATEPE AVCI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="7809E059" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00284609">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...64 lines deleted...]
-          <w:tcPr>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1774" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="1863A856" w14:textId="77777777" w:rsidR="00446B9C" w:rsidRPr="00183415" w:rsidRDefault="00446B9C" w:rsidP="00CE7A4D">
+          </w:tcPr>
+          <w:p w14:paraId="2DF0A899" w14:textId="63BCEA6B" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Görüşme Saatleri</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0480CF93" w14:textId="3CFA2727" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İletişim</w:t>
             </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidRPr="00E14715">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>ufukkocatepe@cag.edu.tr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00446B9C" w:rsidRPr="00183415" w14:paraId="328D6519" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="10A2DF1D" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...15 lines deleted...]
-                <w:bCs/>
+          </w:tcPr>
+          <w:p w14:paraId="323AF874" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Koordinatörü</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
-[...57 lines deleted...]
-            <w:tcW w:w="1915" w:type="dxa"/>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...14 lines deleted...]
-            <w:tcW w:w="2529" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5A491E" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...40 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="71B3C89B" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="1923D1CE" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E348A1B" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00446B9C" w:rsidRPr="00183415" w14:paraId="21E87193" w14:textId="77777777" w:rsidTr="00446B9C">
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="24E29426" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...15 lines deleted...]
-                <w:bCs/>
+          </w:tcPr>
+          <w:p w14:paraId="535622F1" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:ind w:right="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Amacı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8817" w:type="dxa"/>
-[...40 lines deleted...]
-              <w:t xml:space="preserve">, teori, yöntem, beceri ve uzmanlık konularını dersi alan öğrencilere kazandırabilmektir. </w:t>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8610" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A87555D" w14:textId="5DA5169B" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bu dersin amacı, öğrencilerin klinik psikolojinin temel kavram ve kuramlarını tanımlayabilmesini, klinik değerlendirme ve görüşme yöntemlerini açıklayabilmesini, basit düzeyde vaka örneklerini analiz edebilmesini ve mesleki-etik ilkeleri uygulama bağlamında değerlendirebilmesini sağlamaktır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00446B9C" w14:paraId="6BD48F1F" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="4CD0E799" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="6D59D031" w14:textId="77777777" w:rsidR="00446B9C" w:rsidRPr="00183415" w:rsidRDefault="00446B9C" w:rsidP="00183415">
+          <w:p w14:paraId="235A3499" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...6 lines deleted...]
-          <w:p w14:paraId="2994E60F" w14:textId="77777777" w:rsidR="00446B9C" w:rsidRPr="00183415" w:rsidRDefault="00446B9C" w:rsidP="00183415">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56A08D4C" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...18 lines deleted...]
-          <w:tcPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders Öğrenme Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="693" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...15 lines deleted...]
-            <w:gridSpan w:val="17"/>
+          </w:tcPr>
+          <w:p w14:paraId="685993E5" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5869" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...41 lines deleted...]
-                <w:bCs/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8B98A0" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="396B0333" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>dersi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>başarıyla</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>tamamlayan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>öğrenci</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2897" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="59668388" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İlişkiler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00446B9C" w14:paraId="69CCFFEE" w14:textId="77777777" w:rsidTr="00446B9C">
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="4BDFAC6B" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="548385BB" w14:textId="77777777" w:rsidR="00446B9C" w:rsidRPr="00183415" w:rsidRDefault="00446B9C" w:rsidP="00183415">
+          <w:p w14:paraId="0551C7B4" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...8 lines deleted...]
-          <w:tcPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="693" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...15 lines deleted...]
-            <w:gridSpan w:val="17"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D67062E" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5869" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...56 lines deleted...]
-              <w:t>Program Çıktısı</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="6464D89E" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD7114C" w14:textId="75B7B939" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Program Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54BF59AA" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Net Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153D1F" w14:paraId="28270172" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="56461710" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="78833828" w14:textId="77777777" w:rsidR="00153D1F" w:rsidRPr="00183415" w:rsidRDefault="00153D1F" w:rsidP="00183415">
+          <w:p w14:paraId="5EE660A8" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...8 lines deleted...]
-          <w:tcPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00183415">
+          </w:tcPr>
+          <w:p w14:paraId="4716FA6D" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5938" w:type="dxa"/>
-[...86 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="5869" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+          </w:tcPr>
+          <w:p w14:paraId="579208EE" w14:textId="3FAA1584" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klinik psikoloji ile ilgili temel konuları ve güncel araştırma bulgularını </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>açıklayabilecektir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="186D6A6E" w14:textId="1AF81316" w:rsidR="004A3385" w:rsidRPr="00E14715" w:rsidRDefault="004A3385" w:rsidP="004A3385">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE357D" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3898BAE1" w14:textId="35F273DB" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="004A3385" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153D1F" w14:paraId="2CE6F7A3" w14:textId="77777777" w:rsidTr="00446B9C">
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="36EF67E8" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6F28E2" w14:textId="77777777" w:rsidR="00153D1F" w:rsidRPr="00183415" w:rsidRDefault="00153D1F" w:rsidP="00183415">
+          <w:p w14:paraId="59EFAC09" w14:textId="0E716107" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...8 lines deleted...]
-          <w:tcPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00183415">
+          </w:tcPr>
+          <w:p w14:paraId="5AA7AC56" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5938" w:type="dxa"/>
-[...70 lines deleted...]
-              <w:t>5, 5, 5</w:t>
+            <w:tcW w:w="5869" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8B3BA0" w14:textId="57A81ACC" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klinik psikoloji uygulamalarında profesyonel etik ilkeleri </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tanımlayabilecek</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve etik durumları </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>değerlendirebilecektir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="117B67E8" w14:textId="51E680A0" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="464DEFA5" w14:textId="315363A3" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="004A3385" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153D1F" w14:paraId="37382CBE" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="08D5D419" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="33B700A2" w14:textId="77777777" w:rsidR="00153D1F" w:rsidRPr="00183415" w:rsidRDefault="00153D1F" w:rsidP="00183415">
+          <w:p w14:paraId="1971F664" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...8 lines deleted...]
-          <w:tcPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00183415">
+          </w:tcPr>
+          <w:p w14:paraId="44061C44" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5938" w:type="dxa"/>
-[...70 lines deleted...]
-              <w:t>5, 5</w:t>
+            <w:tcW w:w="5869" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+          </w:tcPr>
+          <w:p w14:paraId="3977308C" w14:textId="0621DA31" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Çeşitlilikle ilgili sosyokültürel farkındalık ve hassasiyeti </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>geliştirecek</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> farklı kültürel bağlamların klinik süreçlere etkisini </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>açıklayabilecektir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8E4E84" w14:textId="689005B6" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4, 6, 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A66E7C1" w14:textId="6D89E065" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="004A3385" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE357D" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, 5, 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00153D1F" w14:paraId="2353C99F" w14:textId="77777777" w:rsidTr="00446B9C">
-[...5 lines deleted...]
-          <w:tcPr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="043F9898" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1281" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="011958AF" w14:textId="77777777" w:rsidR="00153D1F" w:rsidRPr="00183415" w:rsidRDefault="00153D1F" w:rsidP="00183415">
+          <w:p w14:paraId="0E3675A9" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4C9F2C" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5869" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+          </w:tcPr>
+          <w:p w14:paraId="48833F77" w14:textId="795F336E" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00EE357D">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klinik uygulamalara ilişkin temel bakış açılarını </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>karşılaştırabilecek</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve bu bakış açılarından yola çıkarak basit düzeyde klinik yorumlar </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>üre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:softHyphen/>
+              <w:t>te</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:softHyphen/>
+              <w:t>bile</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rStyle w:val="Vurgu"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:softHyphen/>
+              <w:t>cektir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2681F5" w14:textId="194B48D4" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56548A04" w14:textId="27B93080" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="004A3385" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="3ADD935E" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1281" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CDAA3B" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="693" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0856F3" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5869" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+          </w:tcPr>
+          <w:p w14:paraId="39FC86FD" w14:textId="55E4354A" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Temel psikopatoloji kavramlarını açıklayabilecek, yaygın ruh sağlığı bozukluklarının belirti örüntülerini karşılaştırabilecek ve basit düzeyde vaka örneklerini psikopatolojik açıdan analiz edebilecektir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D3622A" w14:textId="3DBF4369" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>1, 2</w:t>
+            </w:r>
+            <w:r w:rsidR="004A3385" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>, 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1419" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7369BF52" w14:textId="08E42D41" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="004A3385" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE357D" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>4, 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="294E659A" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:trHeight w:val="613"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10740" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF1CCE5" w14:textId="195C641F" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00EE357D">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin İçeriği:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE357D" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE357D" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Bu ders, klinik psikoloji alanına kapsamlı ve derinlemesine bir bakış açısı sağlar. Ders kapsamında öğrenciler aşağıdaki temel konuları inceleyecektir:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="75EEDD6A" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10740" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9C9AE3" w14:textId="61F4D902" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ders İçerikleri (Haftalık Ders Planı): </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="50A4220B" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67B11B60" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="1074130F" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Konu </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="500BF07A" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="751563D7" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:ind w:left="-288" w:firstLine="288"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenme Aktiviteleri ve Öğretim Metotları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="401A6293" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43BAF243" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="75ECCE40" w14:textId="0EB39358" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Giriş </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="18B16C42" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6992CEF4" w14:textId="76CEAEBB" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="395EE54F" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F446583" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF730B4" w14:textId="16CB2871" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klinik psikoloji nedir?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F142242" w14:textId="6119797A" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="004B27D3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="22733903" w14:textId="76E6C89F" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00B96FEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="74E7B014" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="088FCA8A" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F59C483" w14:textId="179350D8" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Profesyonel ve etik konular </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D487CC" w14:textId="0EEF306A" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="004B27D3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>APA etik kodlarının araştırılması</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="516A450C" w14:textId="331A5E4E" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı</w:t>
+            </w:r>
+            <w:r w:rsidR="00B96FEA" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; örnek durumlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="3D4CBF27" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="775AF47C" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5938" w:type="dxa"/>
-[...10 lines deleted...]
-            </w:pPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="77623799" w14:textId="26390A5F" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kanıta dayalı uygulamalar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve araştırma yöntemleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DFBE0D8" w14:textId="0CE6C8F8" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="004B27D3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Öğrencilerin klinik </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Okal</w:t>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>psk</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...11 lines deleted...]
-            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ile</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ilgili bir makale okuyup getirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="12ED867A" w14:textId="1C7ED402" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00B96FEA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ders anlatımı, </w:t>
+            </w:r>
+            <w:r w:rsidR="00B96FEA" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>makaleleri tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="388A5312" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="444E03EC" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF95CE2" w14:textId="55415617" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Kanıta dayalı uygulamalar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>araştırma yöntemleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...44 lines deleted...]
-              <w:t>5</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="1C6D3660" w14:textId="7D500AFE" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="004B27D3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CBC67C" w14:textId="3268B1B5" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00183415" w14:paraId="73000CEA" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="0AA06A6B" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA1B314" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5FE26E" w14:textId="096AC806" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Psikopatoloji ve </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>değerlendirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7E597A" w14:textId="7C17756F" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="004B27D3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DSM-5’in incelenmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="663B43AE" w14:textId="2D53BAC4" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00CC7AB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı, vaka tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="40105123" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10947" w:type="dxa"/>
-[...194 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="471F362E" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="136E5C1A" w14:textId="33FD62FE" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Psikopatoloji ve değerlendirme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD01FAD" w14:textId="085F43C4" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DSM-5’in incelenmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5BD53D" w14:textId="68F8966A" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı</w:t>
+            </w:r>
+            <w:r w:rsidR="00B96FEA" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, vaka tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E67127" w:rsidRPr="00183415" w14:paraId="656C8892" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="72618E4F" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D058C99" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EF9E19" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B912117" w14:textId="38285B23" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="19AF3A70" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="416BEFC7" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10947" w:type="dxa"/>
-[...23 lines deleted...]
-            </w:r>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="239D72AC" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4501A1" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="745C72D3" w14:textId="7F3D259A" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="19ADF3BA" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00446B9C" w:rsidRPr="00183415" w14:paraId="01C5CE04" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="66556CFB" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64DA6A86" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A359097" w14:textId="333738D0" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klinik görüşme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F8B8A3" w14:textId="6FDB329B" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D01F81" w14:textId="3BCBAA78" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı, örnek videolar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="0526D17D" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...25 lines deleted...]
-          <w:tcPr>
+          </w:tcPr>
+          <w:p w14:paraId="7642C035" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
-[...25 lines deleted...]
-            <w:tcW w:w="2340" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D4A816" w14:textId="4B14C69F" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klinik görüşme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E415757" w14:textId="47314CD5" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...24 lines deleted...]
-            <w:tcW w:w="3397" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC08E7A" w14:textId="71A03CCC" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ders anlatımı, </w:t>
+            </w:r>
+            <w:r w:rsidR="008D78C0" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>rol oynama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="3D54E557" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3F62DB" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C0391C" w14:textId="651C6410" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Özel alanlar ve müdahale yaklaşımları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="405BC0F0" w14:textId="495D7034" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0581E5" w14:textId="44C0F0AB" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı, vaka tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="237A22AD" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CEF0874" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="79243FC6" w14:textId="7FCFF7AB" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Özel alanlar ve müdahale yaklaşımları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EAF95DF" w14:textId="20A65927" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="31159176" w14:textId="0A66E7EF" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="008D78C0" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı, vaka tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="1580376A" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F911347" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9D48C3" w14:textId="1F66B1C3" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Güncel tartışmalar ve geleceğe yönelik yönelimler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BFD1CA1" w14:textId="28B6F3FA" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="38404ABE" w14:textId="7166A2EA" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="02F07E51" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72DA8F8F" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C247AD" w14:textId="52CE6E0B" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Güncel tartışmalar ve geleceğe yönelik yönelimler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="494492E3" w14:textId="0DBA8A40" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C3DC8A" w14:textId="38865344" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="008D78C0" w:rsidP="008D78C0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders anlatımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="7CF41BEA" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2A9748" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFA854A" w14:textId="44DD223D" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplum ruh sağlığı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="48D85A73" w14:textId="42DABCD6" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F12BD47" w14:textId="4462974E" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tartışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="4E0BA190" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDFD905" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="159555C8" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D089FA4" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE12314" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="4E511733" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="897" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F41EF59" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4313" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F88019A" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2271" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB2235F" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3259" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="2003D6B8" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="4FD7544C" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10740" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D79F10" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>KAYNAKLAR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="041FB7B5" w14:textId="0E2630C1" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="64463B2D" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3457" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1535 lines deleted...]
-              </w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="12C9D4A2" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Ders Kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8257" w:type="dxa"/>
-[...11 lines deleted...]
-                <w:bCs/>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7283" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="63EF0957" w14:textId="08253993" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="2" w:name="OLE_LINK2"/>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006060A6">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006060A6">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006060A6">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Psychology</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006060A6">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006060A6">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Timothy</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="006060A6">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> J. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="006060A6">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Trull</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wadsworth</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>London</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, 2010, ISBN: B003XF1LD4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="01A16899" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="415"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="75590EC0" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="right" w:pos="3241"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Önerilen Kaynaklar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7283" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="7497E10B" w14:textId="72357E40" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>www.apa.org</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="769A0796" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10740" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
+          </w:tcPr>
+          <w:p w14:paraId="283663F7" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49A5BEEB" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ÖLÇME ve DEĞERLENDİRME</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="5BCA07C3" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E21EF4B" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="933" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E5D601" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4FC252" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5177" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DEBB73" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Notlar </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="4337A73D" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="7098ADA3" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ara Sınav </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="933" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4A3257" w14:textId="09396327" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00556D24">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>B003XF1LD4</w:t>
-            </w:r>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3579EB47" w14:textId="00554665" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5177" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="2143DB10" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35630" w14:paraId="417DC04F" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="2E2D70D3" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2690" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:pPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4917B25D" w14:textId="2A2ED242" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ödev</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="933" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D228682" w14:textId="11DABED5" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...14 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="208EF235" w14:textId="601E28BF" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5177" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="26EEB1F3" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35630" w14:paraId="5434628F" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="42916745" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3457" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="748A7225" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final    (Proje)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="933" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E49F86A" w14:textId="6E79775A" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="76CBE7D3" w14:textId="73229C80" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>%50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5177" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w14:paraId="07898A75" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="074802A6" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...555 lines deleted...]
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10947" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="24DAA778" w14:textId="77777777" w:rsidR="00F35630" w:rsidRPr="00183415" w:rsidRDefault="00F35630" w:rsidP="00183415">
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10740" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F852BB1" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BB9F064" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS TABLOSU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="5107D615" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4185" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="709A575E" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C16B2C6" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2844" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD538E9" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-              <w:t>AKTS TABLOSU</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F51A89" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35630" w:rsidRPr="00183415" w14:paraId="55206A34" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="66380C56" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4185" w:type="dxa"/>
-            <w:gridSpan w:val="9"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="34ACB514" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="60AB84C0" w14:textId="3B7FED98" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...8 lines deleted...]
-          <w:tcPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2844" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F109457" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A17983C" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="3CF4A306" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4185" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3E3795" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sınıf Dışı Çalışma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1563" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="156B1FE9" w14:textId="77777777" w:rsidR="00F35630" w:rsidRPr="00D32386" w:rsidRDefault="00F35630" w:rsidP="00CE7A4D">
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E6F7AA" w14:textId="39A1CD8A" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2844" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B818DD" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="2145" w:type="dxa"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1626448C" w14:textId="77777777" w:rsidR="00F35630" w:rsidRPr="00D32386" w:rsidRDefault="00F35630" w:rsidP="00CE7A4D">
+          </w:tcPr>
+          <w:p w14:paraId="0C9EA38A" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="116E216D" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4185" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="101EF85F" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ödevler</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F2B0A2A" w14:textId="2DCAC891" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2844" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0131A2D6" w14:textId="0C4B57D5" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00E14715" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="68409A58" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="41587A15" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4185" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="666FAC59" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ara Sınav Çalışmaları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="6533ACC5" w14:textId="4B7DFE1B" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00E14715" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2844" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A77E4A0" w14:textId="79B6FF6E" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="348A868C" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="1F053A5A" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4185" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A504D92" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ara Sınav Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="75BCC0FD" w14:textId="583B34E0" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2844" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="654499C7" w14:textId="72685475" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CC487A" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="1C4C93B5" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4185" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="269C53DB" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Sınavı Çalışmaları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5649C522" w14:textId="4062BDD6" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00E14715" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2844" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="671C9B9D" w14:textId="3D56CBB8" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F8AD650" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="2339445C" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4185" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CB35A9" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Final Sınav Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED662FE" w14:textId="277CF99A" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2844" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A098DF" w14:textId="00804E68" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="59155A62" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="1CC34E87" w14:textId="77777777" w:rsidTr="009D0966">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8592" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="67004055" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="0FB0DE97" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Toplam / 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F57F4F1" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>AKTS Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5C69DD" w14:textId="006E3DD6" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E14715" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35630" w:rsidRPr="00183415" w14:paraId="52F397CC" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="414B8606" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4185" w:type="dxa"/>
-[...91 lines deleted...]
-            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8592" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA85070" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-              <w:t>42</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="53227F6D" w14:textId="79133EBC" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00E14715" w:rsidP="00E14715">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>166</w:t>
+            </w:r>
+            <w:r w:rsidR="001F328F" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/30=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F35630" w:rsidRPr="00183415" w14:paraId="7562C3C0" w14:textId="77777777" w:rsidTr="00446B9C">
+      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="48580430" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="33" w:type="dxa"/>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4185" w:type="dxa"/>
-[...81 lines deleted...]
-            <w:tcW w:w="2145" w:type="dxa"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="8592" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="09617E22" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2148" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...528 lines deleted...]
-                <w:szCs w:val="20"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C308BAE" w14:textId="19512EC6" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00E14715" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-          </w:p>
-[...195 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="461E36CE" w14:textId="77777777" w:rsidR="00E67127" w:rsidRDefault="00E67127" w:rsidP="00E67127"/>
-    <w:p w14:paraId="10295ACD" w14:textId="77777777" w:rsidR="00E23A83" w:rsidRPr="000E69C6" w:rsidRDefault="00E23A83" w:rsidP="00A92A26">
+    <w:p w14:paraId="73A58C63" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00E14715" w:rsidRDefault="003A4CE2" w:rsidP="003A4CE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3107A1D6" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00E14715" w:rsidRDefault="003A4CE2" w:rsidP="003A4CE2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D8D1569" w14:textId="77777777" w:rsidR="00E67127" w:rsidRDefault="00E67127"/>
-    <w:sectPr w:rsidR="00E67127" w:rsidSect="00E67127">
+    <w:p w14:paraId="0CD84990" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00E14715" w:rsidRDefault="003A4CE2" w:rsidP="003A4CE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="608AE357" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00E14715" w:rsidRDefault="003A4CE2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00E14715" w:rsidSect="003A4CE2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...8 lines deleted...]
-    <w:charset w:val="A2"/>
+  <w:font w:name="Aptos Display">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Aptos">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...1602 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E67127"/>
-[...70 lines deleted...]
-    <w:rsid w:val="00F706F4"/>
+    <w:rsidRoot w:val="003A4CE2"/>
+    <w:rsid w:val="0000388D"/>
+    <w:rsid w:val="00017704"/>
+    <w:rsid w:val="00051842"/>
+    <w:rsid w:val="00052E53"/>
+    <w:rsid w:val="00085AD5"/>
+    <w:rsid w:val="00085FE3"/>
+    <w:rsid w:val="00090AED"/>
+    <w:rsid w:val="000A4453"/>
+    <w:rsid w:val="000D384E"/>
+    <w:rsid w:val="00102701"/>
+    <w:rsid w:val="00146F98"/>
+    <w:rsid w:val="001639F7"/>
+    <w:rsid w:val="0017773A"/>
+    <w:rsid w:val="0019361E"/>
+    <w:rsid w:val="001A7816"/>
+    <w:rsid w:val="001C7F25"/>
+    <w:rsid w:val="001D3D43"/>
+    <w:rsid w:val="001D4974"/>
+    <w:rsid w:val="001F328F"/>
+    <w:rsid w:val="001F6F6B"/>
+    <w:rsid w:val="00233A78"/>
+    <w:rsid w:val="00264E5A"/>
+    <w:rsid w:val="002B4AEF"/>
+    <w:rsid w:val="002C5A25"/>
+    <w:rsid w:val="002E660C"/>
+    <w:rsid w:val="00306F03"/>
+    <w:rsid w:val="0032748A"/>
+    <w:rsid w:val="003311C4"/>
+    <w:rsid w:val="003360EF"/>
+    <w:rsid w:val="00345DF1"/>
+    <w:rsid w:val="003635E6"/>
+    <w:rsid w:val="00366E3B"/>
+    <w:rsid w:val="00373163"/>
+    <w:rsid w:val="003923D0"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rsid w:val="003B74D3"/>
+    <w:rsid w:val="003C2122"/>
+    <w:rsid w:val="003E396C"/>
+    <w:rsid w:val="0042441A"/>
+    <w:rsid w:val="004347B1"/>
+    <w:rsid w:val="00471A47"/>
+    <w:rsid w:val="00474110"/>
+    <w:rsid w:val="00474423"/>
+    <w:rsid w:val="00482527"/>
+    <w:rsid w:val="00496407"/>
+    <w:rsid w:val="004A3385"/>
+    <w:rsid w:val="004A7E15"/>
+    <w:rsid w:val="004B27D3"/>
+    <w:rsid w:val="004E15BB"/>
+    <w:rsid w:val="005215FA"/>
+    <w:rsid w:val="005221D8"/>
+    <w:rsid w:val="0054597B"/>
+    <w:rsid w:val="005546F5"/>
+    <w:rsid w:val="005726A0"/>
+    <w:rsid w:val="00580094"/>
+    <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005C15A7"/>
+    <w:rsid w:val="005F70D3"/>
+    <w:rsid w:val="00600586"/>
+    <w:rsid w:val="00601BED"/>
+    <w:rsid w:val="00612FE4"/>
+    <w:rsid w:val="00621099"/>
+    <w:rsid w:val="00635121"/>
+    <w:rsid w:val="00636DEF"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rsid w:val="00681162"/>
+    <w:rsid w:val="006A6D82"/>
+    <w:rsid w:val="007062CB"/>
+    <w:rsid w:val="007152C2"/>
+    <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00745E6E"/>
+    <w:rsid w:val="00747E10"/>
+    <w:rsid w:val="00770795"/>
+    <w:rsid w:val="007C799D"/>
+    <w:rsid w:val="007D162B"/>
+    <w:rsid w:val="007F04A8"/>
+    <w:rsid w:val="00800E21"/>
+    <w:rsid w:val="00807259"/>
+    <w:rsid w:val="0082068F"/>
+    <w:rsid w:val="0082236E"/>
+    <w:rsid w:val="00825885"/>
+    <w:rsid w:val="00847969"/>
+    <w:rsid w:val="0086588C"/>
+    <w:rsid w:val="00870700"/>
+    <w:rsid w:val="008804FE"/>
+    <w:rsid w:val="00880F10"/>
+    <w:rsid w:val="00883290"/>
+    <w:rsid w:val="00886770"/>
+    <w:rsid w:val="00895E2A"/>
+    <w:rsid w:val="008A022E"/>
+    <w:rsid w:val="008D4F25"/>
+    <w:rsid w:val="008D78C0"/>
+    <w:rsid w:val="00905CD0"/>
+    <w:rsid w:val="00916141"/>
+    <w:rsid w:val="00933B97"/>
+    <w:rsid w:val="00964CAF"/>
+    <w:rsid w:val="00973A60"/>
+    <w:rsid w:val="00985E0F"/>
+    <w:rsid w:val="00997C36"/>
+    <w:rsid w:val="00997E3D"/>
+    <w:rsid w:val="009C5DE7"/>
+    <w:rsid w:val="009D0966"/>
+    <w:rsid w:val="00A15EA9"/>
+    <w:rsid w:val="00A33F69"/>
+    <w:rsid w:val="00A711BC"/>
+    <w:rsid w:val="00A7625D"/>
+    <w:rsid w:val="00A8032C"/>
+    <w:rsid w:val="00AD4595"/>
+    <w:rsid w:val="00B03B19"/>
+    <w:rsid w:val="00B06EC6"/>
+    <w:rsid w:val="00B41C3E"/>
+    <w:rsid w:val="00B65C62"/>
+    <w:rsid w:val="00B80DAF"/>
+    <w:rsid w:val="00B96430"/>
+    <w:rsid w:val="00B96FEA"/>
+    <w:rsid w:val="00BA1059"/>
+    <w:rsid w:val="00BA2B7C"/>
+    <w:rsid w:val="00BB378F"/>
+    <w:rsid w:val="00BB42DE"/>
+    <w:rsid w:val="00BB49BA"/>
+    <w:rsid w:val="00BD622C"/>
+    <w:rsid w:val="00BF06B4"/>
+    <w:rsid w:val="00C37559"/>
+    <w:rsid w:val="00C4036D"/>
+    <w:rsid w:val="00C406C9"/>
+    <w:rsid w:val="00C61F0E"/>
+    <w:rsid w:val="00C63047"/>
+    <w:rsid w:val="00C63C14"/>
+    <w:rsid w:val="00C70ACC"/>
+    <w:rsid w:val="00C72C6D"/>
+    <w:rsid w:val="00C7388D"/>
+    <w:rsid w:val="00C76FE5"/>
+    <w:rsid w:val="00CA168A"/>
+    <w:rsid w:val="00CA4CC6"/>
+    <w:rsid w:val="00CA55B4"/>
+    <w:rsid w:val="00CB4F20"/>
+    <w:rsid w:val="00CC1866"/>
+    <w:rsid w:val="00CC7AB9"/>
+    <w:rsid w:val="00CE0683"/>
+    <w:rsid w:val="00CE2529"/>
+    <w:rsid w:val="00D02BE1"/>
+    <w:rsid w:val="00D15B1F"/>
+    <w:rsid w:val="00D24AE5"/>
+    <w:rsid w:val="00D379D7"/>
+    <w:rsid w:val="00D86D4D"/>
+    <w:rsid w:val="00DA3803"/>
+    <w:rsid w:val="00DB0AEA"/>
+    <w:rsid w:val="00DC07E8"/>
+    <w:rsid w:val="00DD0194"/>
+    <w:rsid w:val="00E02DF5"/>
+    <w:rsid w:val="00E14715"/>
+    <w:rsid w:val="00E23222"/>
+    <w:rsid w:val="00E255A0"/>
+    <w:rsid w:val="00E268B9"/>
+    <w:rsid w:val="00E7156E"/>
+    <w:rsid w:val="00E9623B"/>
+    <w:rsid w:val="00E971D4"/>
+    <w:rsid w:val="00EA2406"/>
+    <w:rsid w:val="00EA6A9B"/>
+    <w:rsid w:val="00EB1678"/>
+    <w:rsid w:val="00ED3D23"/>
+    <w:rsid w:val="00ED5384"/>
+    <w:rsid w:val="00EE357D"/>
+    <w:rsid w:val="00F04A29"/>
+    <w:rsid w:val="00F107BF"/>
+    <w:rsid w:val="00F2363D"/>
+    <w:rsid w:val="00F43268"/>
+    <w:rsid w:val="00F700FB"/>
+    <w:rsid w:val="00F818C3"/>
+    <w:rsid w:val="00F91795"/>
+    <w:rsid w:val="00FA2A04"/>
+    <w:rsid w:val="00FC1CD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="sv-SE"/>
+  <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="34AF5022"/>
+  <w14:docId w14:val="0367FFAF"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="sv-SE" w:eastAsia="sv-SE" w:bidi="ar-SA"/>
+        <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E67127"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TabloKlavuzu">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
     <w:name w:val="girinti"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
   </w:style>
   <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00E23A83"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Vurgu">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
     <w:name w:val="vshid2"/>
-    <w:rsid w:val="00C83EBF"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:vanish/>
       <w:webHidden w:val="0"/>
       <w:specVanish w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="stdnobr">
-[...16 lines deleted...]
-    <w:rsid w:val="00E90470"/>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
     <w:rPr>
-      <w:color w:val="800080"/>
-      <w:u w:val="single"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="MediumShading1-Accent5">
-    <w:name w:val="Medium Shading 1 - Accent 5"/>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent4">
+    <w:name w:val="Grid Table 4 Accent 4"/>
     <w:basedOn w:val="NormalTablo"/>
-    <w:uiPriority w:val="63"/>
-    <w:rsid w:val="00183415"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00F700FB"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...3 lines deleted...]
-        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
-        <w:color w:val="FFFFFF"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4"/>
-[...4 lines deleted...]
-          <w:insideV w:val="nil"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent5">
+    <w:name w:val="Grid Table 4 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="009D0966"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
         <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="A02B93" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="band2Horz">
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5DarkAccent4">
+    <w:name w:val="Grid Table 5 Dark Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="009D0966"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EE357D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="girinti">
+    <w:name w:val="girinti"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:rsid w:val="003A4CE2"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="vshid2">
+    <w:name w:val="vshid2"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:webHidden w:val="0"/>
+      <w:specVanish w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HTMLCite">
+    <w:name w:val="HTML Cite"/>
+    <w:rsid w:val="003A4CE2"/>
+    <w:rPr>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="009933"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
+    <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
+    <w:link w:val="HTMLncedenBiimlendirilmi"/>
+    <w:rsid w:val="00642ED5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent4">
+    <w:name w:val="Grid Table 4 Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="00F700FB"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent5">
+    <w:name w:val="Grid Table 4 Accent 5"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="009D0966"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A02B93" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5DarkAccent4">
+    <w:name w:val="Grid Table 5 Dark Accent 4"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="50"/>
+    <w:rsid w:val="009D0966"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vurgu">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EE357D"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1639803963">
+    <w:div w:id="24184187">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="250432714">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="463474062">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="718357046">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="34041228">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="620381339">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="614141163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="574627509">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1137722430">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1912350888">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="774520369">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="804927657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="297685596">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1946578362">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="734595182">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="888110669">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="967854783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1685475086">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744720482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1764297337">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1844978361">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1883128571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1732265528">
+          <w:marLeft w:val="225"/>
+          <w:marRight w:val="225"/>
+          <w:marTop w:val="225"/>
+          <w:marBottom w:val="225"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1446196904">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="300"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="151222906">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:left w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:bottom w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                    <w:right w:val="single" w:sz="6" w:space="4" w:color="F5F5F5"/>
+                  </w:divBdr>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1926062524">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufukkocatepe@cag.edu.tr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
-    <a:clrScheme name="Ofis">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Ofis">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Ofis">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>422</Words>
-  <Characters>2411</Characters>
+  <Words>536</Words>
+  <Characters>3057</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2828</CharactersWithSpaces>
+  <CharactersWithSpaces>3586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
-  <dc:creator>30853879058</dc:creator>
+  <dc:subject/>
+  <dc:creator>467295425</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>