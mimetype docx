--- v1 (2025-12-04)
+++ v2 (2026-03-11)
@@ -1,100 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="264414BD" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00E14715" w:rsidRDefault="003A4CE2" w:rsidP="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="GridTable4Accent4"/>
+        <w:tblStyle w:val="KlavuzuTablo4-Vurgu41"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="575"/>
         <w:tblW w:w="10740" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="897"/>
         <w:gridCol w:w="384"/>
         <w:gridCol w:w="693"/>
         <w:gridCol w:w="21"/>
         <w:gridCol w:w="135"/>
         <w:gridCol w:w="1110"/>
         <w:gridCol w:w="217"/>
         <w:gridCol w:w="728"/>
         <w:gridCol w:w="205"/>
         <w:gridCol w:w="343"/>
         <w:gridCol w:w="477"/>
         <w:gridCol w:w="353"/>
         <w:gridCol w:w="185"/>
         <w:gridCol w:w="686"/>
         <w:gridCol w:w="792"/>
         <w:gridCol w:w="255"/>
         <w:gridCol w:w="362"/>
-        <w:gridCol w:w="365"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="361"/>
+        <w:gridCol w:w="203"/>
+        <w:gridCol w:w="546"/>
         <w:gridCol w:w="729"/>
         <w:gridCol w:w="1419"/>
       </w:tblGrid>
       <w:tr w:rsidR="003A4CE2" w:rsidRPr="00E14715" w14:paraId="1298AE45" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="550"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10740" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="21"/>
           </w:tcPr>
           <w:p w14:paraId="1CDC547A" w14:textId="77777777" w:rsidR="00CA55B4" w:rsidRPr="00E14715" w:rsidRDefault="00C72C6D" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ÇAĞ ÜNİVERSİTESİ</w:t>
             </w:r>
           </w:p>
@@ -124,51 +122,51 @@
             <w:r w:rsidR="00CA55B4" w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003A4CE2" w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00482527" w:rsidRPr="00E14715" w14:paraId="55D65DAB" w14:textId="77777777" w:rsidTr="009D0966">
+      <w:tr w:rsidR="00482527" w:rsidRPr="00E14715" w14:paraId="55D65DAB" w14:textId="77777777" w:rsidTr="004D47F3">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="06624245" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00E14715" w:rsidRDefault="00482527" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -182,104 +180,104 @@
             <w:tcW w:w="4439" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="02950333" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00E14715" w:rsidRDefault="00482527" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Adı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1797" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="29A85C7F" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00E14715" w:rsidRDefault="00482527" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Kredisi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2509" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="3AF14AFB" w14:textId="77777777" w:rsidR="00482527" w:rsidRPr="00E14715" w:rsidRDefault="00482527" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>AKTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="4F04FBD5" w14:textId="77777777" w:rsidTr="009D0966">
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="4F04FBD5" w14:textId="77777777" w:rsidTr="004D47F3">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1995" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="1BD444D6" w14:textId="34EDBC59" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -304,78 +302,78 @@
           </w:tcPr>
           <w:p w14:paraId="396185CE" w14:textId="59E00944" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="003B74D3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1083"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Klinik Psikolojiye Giriş</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1797" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="6D571549" w14:textId="4D7A491D" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3-0)3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2509" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="40D88F79" w14:textId="10CCA807" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="5BD7C8DD" w14:textId="77777777" w:rsidTr="009D0966">
@@ -391,51 +389,51 @@
           <w:p w14:paraId="0D3E0348" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Önkoşul Dersler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7500" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="15"/>
           </w:tcPr>
           <w:p w14:paraId="1F10A006" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="13D64AD8" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="0041B974" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -445,65 +443,52 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Dersin</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Dili</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1493" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="74745195" w14:textId="3D50B2D6" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -521,51 +506,51 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rStyle w:val="girinti"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ders İşleme Tarzı </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3514" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="71B04F12" w14:textId="2A6A0ED2" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Yüz yüze</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="5C6F2F84" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -580,77 +565,106 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Türü /Düzeyi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7500" w:type="dxa"/>
-            <w:gridSpan w:val="16"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C4B364F" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:gridSpan w:val="15"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4B364F" w14:textId="46AFB19C" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005B21F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zorunlu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005B21F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/4. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005B21F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Yarıyıl</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="5CA7F3A5" w14:textId="77777777" w:rsidTr="009D0966">
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="5CA7F3A5" w14:textId="77777777" w:rsidTr="004D47F3">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="307ECB59" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Öğretim Üyeleri</w:t>
             </w:r>
           </w:p>
@@ -734,270 +748,303 @@
           </w:tcPr>
           <w:p w14:paraId="7809E059" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders Saati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="1774" w:type="dxa"/>
+            <w:tcW w:w="1612" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="2DF0A899" w14:textId="63BCEA6B" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Görüşme Saatleri</w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="2532" w:type="dxa"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0480CF93" w14:textId="51C51C9D" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="004D47F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="10A2DF1D" w14:textId="77777777" w:rsidTr="004D47F3">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="323AF874" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dersin Koordinatörü</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2603" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5A491E" w14:textId="4A198627" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="004D47F3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dr. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Üyesi Ufuk KOCATEPE AVCI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="0480CF93" w14:textId="3CFA2727" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
-[...28 lines deleted...]
-              <w:r w:rsidRPr="00E14715">
+          <w:p w14:paraId="71B3C89B" w14:textId="3C3B4BCC" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="004D47F3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Pzt. 13.20 – 15.40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1612" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="1923D1CE" w14:textId="0381675F" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="004D47F3" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Cuma 10.00 – 12.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E348A1B" w14:textId="11E7957E" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="00F700FB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId4" w:history="1">
+              <w:r w:rsidR="004D47F3" w:rsidRPr="00E14715">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>ufukkocatepe@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E14715">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="10A2DF1D" w14:textId="77777777" w:rsidTr="009D0966">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="24E29426" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2130" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="323AF874" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
-[...92 lines deleted...]
-          </w:tcPr>
           <w:p w14:paraId="535622F1" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:ind w:right="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin Amacı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8610" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:gridSpan w:val="16"/>
           </w:tcPr>
           <w:p w14:paraId="2A87555D" w14:textId="5DA5169B" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bu dersin amacı, öğrencilerin klinik psikolojinin temel kavram ve kuramlarını tanımlayabilmesini, klinik değerlendirme ve görüşme yöntemlerini açıklayabilmesini, basit düzeyde vaka örneklerini analiz edebilmesini ve mesleki-etik ilkeleri uygulama bağlamında değerlendirebilmesini sağlamaktır.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="4CD0E799" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -1163,51 +1210,51 @@
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>öğrenci</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2897" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="59668388" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>İlişkiler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="4BDFAC6B" w14:textId="77777777" w:rsidTr="009D0966">
@@ -1249,51 +1296,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5869" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6464D89E" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="0BD7114C" w14:textId="75B7B939" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Program Çıktıları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -1395,51 +1442,51 @@
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>açıklayabilecektir</w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="186D6A6E" w14:textId="1AF81316" w:rsidR="004A3385" w:rsidRPr="00E14715" w:rsidRDefault="004A3385" w:rsidP="004A3385">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">1, </w:t>
             </w:r>
             <w:r w:rsidR="00EE357D" w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1551,69 +1598,59 @@
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>tanımlayabilecek</w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ve etik durumları </w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>değerlendirebilecektir</w:t>
-[...9 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>değerlendirebilecektir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="117B67E8" w14:textId="51E680A0" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -1728,69 +1765,59 @@
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> farklı kültürel bağlamların klinik süreçlere etkisini </w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>açıklayabilecektir</w:t>
-[...9 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>açıklayabilecektir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="2C8E4E84" w14:textId="689005B6" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4, 6, 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -1953,51 +1980,51 @@
               <w:rPr>
                 <w:rStyle w:val="Vurgu"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>cektir</w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6E2681F5" w14:textId="194B48D4" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -2084,51 +2111,51 @@
             <w:gridSpan w:val="14"/>
           </w:tcPr>
           <w:p w14:paraId="39FC86FD" w14:textId="55E4354A" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Temel psikopatoloji kavramlarını açıklayabilecek, yaygın ruh sağlığı bozukluklarının belirti örüntülerini karşılaştırabilecek ve basit düzeyde vaka örneklerini psikopatolojik açıdan analiz edebilecektir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1478" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="27D3622A" w14:textId="3DBF4369" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="00EE357D" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>1, 2</w:t>
             </w:r>
             <w:r w:rsidR="004A3385" w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2163,116 +2190,195 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">5, </w:t>
             </w:r>
             <w:r w:rsidR="00EE357D" w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>4, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="294E659A" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:trHeight w:val="613"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10740" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7AF1CCE5" w14:textId="195C641F" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00EE357D">
+            <w:gridSpan w:val="21"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF1CCE5" w14:textId="01A80999" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00EE357D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dersin İçeriği:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EE357D" w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00EE357D" w:rsidRPr="00E14715">
-[...5 lines deleted...]
-              <w:t>Bu ders, klinik psikoloji alanına kapsamlı ve derinlemesine bir bakış açısı sağlar. Ders kapsamında öğrenciler aşağıdaki temel konuları inceleyecektir:</w:t>
+            <w:r w:rsidR="00740968" w:rsidRPr="00740968">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00740968" w:rsidRPr="00740968">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu ders, klinik psikoloji alanına tarihsel gelişimi, kuramsal temelleri ve uygulama alanları ile birlikte kapsamlı bir giriş sunmaktadır. Ders kapsamında öğrenciler, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00740968" w:rsidRPr="00740968">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>psikodinamik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00740968" w:rsidRPr="00740968">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, bilişsel-davranışçı, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00740968" w:rsidRPr="00740968">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>hümanistik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00740968" w:rsidRPr="00740968">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve bütüncül yaklaşımlar başta olmak üzere temel kuramsal perspektifleri; ayrıca psikolojik değerlendirme, tanı ve vaka </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00740968" w:rsidRPr="00740968">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>formülasyonu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00740968" w:rsidRPr="00740968">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gibi temel kavramları incelemektedir. Ders aynı zamanda ayırıcı tanı, kanıta dayalı </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00740968" w:rsidRPr="00740968">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>terapötik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00740968" w:rsidRPr="00740968">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> müdahaleler, etik ve mesleki konular ile klinik uygulamada kültürel faktörleri ele almaktadır. Buna ek olarak öğrenciler, klinik psikoloji ile ilgili seçilmiş konular üzerinde küçük gruplar halinde araştırma yaparak bulgularını sınıf ortamında sunmakta; böylece iş birliğine dayalı öğrenme, eleştirel düşünme ve akademik sunum becerileri geliştirilmektedir. Dönem boyunca vaka tartışmaları aracılığıyla kuramsal bilgi klinik muhakeme ile bütünleştirilmektedir.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="75EEDD6A" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10740" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="21"/>
           </w:tcPr>
           <w:p w14:paraId="3F9C9AE3" w14:textId="61F4D902" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ders İçerikleri (Haftalık Ders Planı): </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003B74D3" w:rsidRPr="00E14715" w14:paraId="50A4220B" w14:textId="77777777" w:rsidTr="009D0966">
@@ -2338,51 +2444,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hazırlık</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="751563D7" w14:textId="77777777" w:rsidR="003B74D3" w:rsidRPr="00E14715" w:rsidRDefault="003B74D3" w:rsidP="00F700FB">
             <w:pPr>
               <w:ind w:left="-288" w:firstLine="288"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Öğrenme Aktiviteleri ve Öğretim Metotları</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="401A6293" w14:textId="77777777" w:rsidTr="009D0966">
@@ -2439,51 +2545,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Giriş </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="18B16C42" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="6992CEF4" w14:textId="76CEAEBB" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders anlatımı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="395EE54F" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -2543,51 +2649,51 @@
           </w:tcPr>
           <w:p w14:paraId="5F142242" w14:textId="6119797A" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="004B27D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders notları &amp; kitap</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="22733903" w14:textId="76E6C89F" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00B96FEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders anlatımı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="74E7B014" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -2650,51 +2756,51 @@
           </w:tcPr>
           <w:p w14:paraId="01D487CC" w14:textId="0EEF306A" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="004B27D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>APA etik kodlarının araştırılması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="516A450C" w14:textId="331A5E4E" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders anlatımı</w:t>
             </w:r>
             <w:r w:rsidR="00B96FEA" w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> &amp; örnek durumlar</w:t>
@@ -2729,59 +2835,51 @@
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="77623799" w14:textId="26390A5F" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kanıta dayalı uygulamalar</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> ve araştırma yöntemleri</w:t>
+              <w:t>Kanıta dayalı uygulamalar ve araştırma yöntemleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="0DFBE0D8" w14:textId="0CE6C8F8" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="004B27D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Öğrencilerin klinik </w:t>
@@ -2806,51 +2904,51 @@
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ile</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ilgili bir makale okuyup getirmesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="12ED867A" w14:textId="1C7ED402" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00B96FEA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ders anlatımı, </w:t>
             </w:r>
             <w:r w:rsidR="00B96FEA" w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>makaleleri tartışma</w:t>
@@ -2888,100 +2986,84 @@
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="7FF95CE2" w14:textId="55415617" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Kanıta dayalı uygulamalar</w:t>
-[...15 lines deleted...]
-              <w:t>araştırma yöntemleri</w:t>
+              <w:t>Kanıta dayalı uygulamalar ve araştırma yöntemleri</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="1C6D3660" w14:textId="7D500AFE" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="004B27D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders notları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="24CBC67C" w14:textId="3268B1B5" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="00F700FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders anlatımı</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="0AA06A6B" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -3008,109 +3090,117 @@
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="2F5FE26E" w14:textId="096AC806" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psikopatoloji ve </w:t>
-[...7 lines deleted...]
-              <w:t>değerlendirme</w:t>
+              <w:t>Psikopatoloji ve değerlendirme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="0C7E597A" w14:textId="7C17756F" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="004B27D3">
+          <w:p w14:paraId="0C7E597A" w14:textId="07B27330" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="004B27D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DSM-5’in incelenmesi</w:t>
+            </w:r>
+            <w:r w:rsidR="005B21F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, öğrencilerin sunum hazırlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...16 lines deleted...]
-              <w:t>Ders anlatımı, vaka tartışma</w:t>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="663B43AE" w14:textId="26242723" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="00CC7AB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenci sunumları</w:t>
+            </w:r>
+            <w:r w:rsidR="001F328F" w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, vaka tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="40105123" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="471F362E" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
@@ -3132,94 +3222,110 @@
             <w:gridSpan w:val="10"/>
           </w:tcPr>
           <w:p w14:paraId="136E5C1A" w14:textId="33FD62FE" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Psikopatoloji ve değerlendirme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD01FAD" w14:textId="085F43C4" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="001F328F">
+          <w:p w14:paraId="0BD01FAD" w14:textId="6CFC0ED2" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00B96FEA" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DSM-5’in incelenmesi</w:t>
+            </w:r>
+            <w:r w:rsidR="005B21F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r w:rsidR="005B21F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>öğrencilerin sunum hazırlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...18 lines deleted...]
-            <w:r w:rsidR="00B96FEA" w:rsidRPr="00E14715">
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5BD53D" w14:textId="01118709" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="001F328F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenci sunumları</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, vaka tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="72618E4F" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D058C99" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3260,51 +3366,51 @@
               <w:t>Ara Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="4B912117" w14:textId="38285B23" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="19AF3A70" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="416BEFC7" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="239D72AC" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -3351,797 +3457,880 @@
               <w:t>Ara Sınav</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="745C72D3" w14:textId="7F3D259A" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="19ADF3BA" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="66556CFB" w14:textId="77777777" w:rsidTr="009D0966">
+      <w:tr w:rsidR="005B21F8" w:rsidRPr="00E14715" w14:paraId="66556CFB" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64DA6A86" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="64DA6A86" w14:textId="77777777" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="2A359097" w14:textId="333738D0" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="2A359097" w14:textId="333738D0" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Klinik görüşme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="63F8B8A3" w14:textId="6FDB329B" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="63F8B8A3" w14:textId="1EBFDAA3" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>öğrencilerin sunum hazırlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...16 lines deleted...]
-              <w:t>Ders anlatımı, örnek videolar</w:t>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D01F81" w14:textId="5BE297EB" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009726F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenci sunumları, vaka tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="0526D17D" w14:textId="77777777" w:rsidTr="009D0966">
+      <w:tr w:rsidR="005B21F8" w:rsidRPr="00E14715" w14:paraId="0526D17D" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7642C035" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="7642C035" w14:textId="77777777" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="79D4A816" w14:textId="4B14C69F" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="79D4A816" w14:textId="4B14C69F" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Klinik görüşme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="6E415757" w14:textId="47314CD5" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="6E415757" w14:textId="75268DA0" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>öğrencilerin sunum hazırlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...24 lines deleted...]
-              <w:t>rol oynama</w:t>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC08E7A" w14:textId="351009D1" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009726F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenci sunumları, vaka tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="3D54E557" w14:textId="77777777" w:rsidTr="009D0966">
+      <w:tr w:rsidR="005B21F8" w:rsidRPr="00E14715" w14:paraId="3D54E557" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3F62DB" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="3D3F62DB" w14:textId="77777777" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="43C0391C" w14:textId="651C6410" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
-[...13 lines deleted...]
-              <w:t>Özel alanlar ve müdahale yaklaşımları</w:t>
+          <w:p w14:paraId="43C0391C" w14:textId="4141BC6A" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>üdahale yaklaşımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="405BC0F0" w14:textId="495D7034" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="405BC0F0" w14:textId="573CE00C" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>öğrencilerin sunum hazırlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...16 lines deleted...]
-              <w:t>Ders anlatımı, vaka tartışma</w:t>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0581E5" w14:textId="3E61118F" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009726F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenci sunumları, vaka tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="237A22AD" w14:textId="77777777" w:rsidTr="009D0966">
+      <w:tr w:rsidR="005B21F8" w:rsidRPr="00E14715" w14:paraId="237A22AD" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CEF0874" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="7CEF0874" w14:textId="77777777" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="79243FC6" w14:textId="7FCFF7AB" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
-[...13 lines deleted...]
-              <w:t>Özel alanlar ve müdahale yaklaşımları</w:t>
+          <w:p w14:paraId="79243FC6" w14:textId="74765A23" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E14715">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>üdahale yaklaşımları</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="7EAF95DF" w14:textId="20A65927" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="7EAF95DF" w14:textId="03ADCBC3" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ders notları &amp; kitap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">,  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>öğrencilerin sunum hazırlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...16 lines deleted...]
-              <w:t>Ders anlatımı, vaka tartışma</w:t>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="31159176" w14:textId="72BDF82A" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E65FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenci sunumları, vaka tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="1580376A" w14:textId="77777777" w:rsidTr="009D0966">
+      <w:tr w:rsidR="005B21F8" w:rsidRPr="00E14715" w14:paraId="1580376A" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F911347" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="1F911347" w14:textId="77777777" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9D48C3" w14:textId="1F66B1C3" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
-[...13 lines deleted...]
-              <w:t>Güncel tartışmalar ve geleceğe yönelik yönelimler</w:t>
+          <w:p w14:paraId="1B9D48C3" w14:textId="4B2ADD7A" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Seçme konular</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="7BFD1CA1" w14:textId="28B6F3FA" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="7BFD1CA1" w14:textId="35C22CF5" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E14715">
-[...5 lines deleted...]
-              <w:t>Ders notları &amp; kitap</w:t>
+            <w:r w:rsidRPr="009A3C47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları &amp; kitap,  öğrencilerin sunum hazırlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...16 lines deleted...]
-              <w:t>Ders anlatımı</w:t>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="38404ABE" w14:textId="2A2F9DE5" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E65FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenci sunumları, vaka tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="02F07E51" w14:textId="77777777" w:rsidTr="009D0966">
+      <w:tr w:rsidR="005B21F8" w:rsidRPr="00E14715" w14:paraId="02F07E51" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72DA8F8F" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="72DA8F8F" w14:textId="77777777" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="45C247AD" w14:textId="52CE6E0B" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
-[...13 lines deleted...]
-              <w:t>Güncel tartışmalar ve geleceğe yönelik yönelimler</w:t>
+          <w:p w14:paraId="45C247AD" w14:textId="55A3FC1E" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Seçme konular</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="494492E3" w14:textId="0DBA8A40" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="494492E3" w14:textId="3BC6E8E8" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E14715">
-[...5 lines deleted...]
-              <w:t>Ders notları &amp; kitap</w:t>
+            <w:r w:rsidRPr="009A3C47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları &amp; kitap,  öğrencilerin sunum hazırlaması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...16 lines deleted...]
-              <w:t>Ders anlatımı</w:t>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C3DC8A" w14:textId="64AFEAA5" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E65FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenci sunumları, vaka tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="7CF41BEA" w14:textId="77777777" w:rsidTr="009D0966">
+      <w:tr w:rsidR="005B21F8" w:rsidRPr="00E14715" w14:paraId="7CF41BEA" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F2A9748" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="5F2A9748" w14:textId="77777777" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4313" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFA854A" w14:textId="44DD223D" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="7FFA854A" w14:textId="44DD223D" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplum ruh sağlığı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="48D85A73" w14:textId="42DABCD6" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
+          <w:p w14:paraId="48D85A73" w14:textId="0A8AAD0C" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="009A3C47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ders notları &amp; kitap,  öğrencilerin sunum hazırlaması</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...16 lines deleted...]
-              <w:t>Tartışma</w:t>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F12BD47" w14:textId="139A3C42" w:rsidR="005B21F8" w:rsidRPr="00E14715" w:rsidRDefault="005B21F8" w:rsidP="005B21F8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E65FF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Öğrenci sunumları, vaka tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="4E0BA190" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BDFD905" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
@@ -4179,51 +4368,51 @@
               <w:t>Final Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="1D089FA4" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="6EE12314" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="4E511733" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="897" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F41EF59" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -4267,73 +4456,73 @@
               <w:t>Final Sınavı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="6FB2235F" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3259" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="2003D6B8" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="4FD7544C" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10740" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="21"/>
           </w:tcPr>
           <w:p w14:paraId="44D79F10" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>KAYNAKLAR</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="041FB7B5" w14:textId="0E2630C1" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4347,60 +4536,59 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="64463B2D" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3457" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="12C9D4A2" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Ders Kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7283" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:gridSpan w:val="14"/>
           </w:tcPr>
           <w:p w14:paraId="63EF0957" w14:textId="08253993" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
             <w:bookmarkStart w:id="2" w:name="OLE_LINK2"/>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Clinical</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -4528,79 +4716,79 @@
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Önerilen Kaynaklar</w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7283" w:type="dxa"/>
-            <w:gridSpan w:val="15"/>
+            <w:gridSpan w:val="14"/>
           </w:tcPr>
           <w:p w14:paraId="7497E10B" w14:textId="72357E40" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>www.apa.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="769A0796" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10740" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="21"/>
           </w:tcPr>
           <w:p w14:paraId="283663F7" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49A5BEEB" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
@@ -4682,51 +4870,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Katkı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5177" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="9"/>
           </w:tcPr>
           <w:p w14:paraId="60DEBB73" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Notlar </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="4337A73D" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
@@ -4791,51 +4979,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5177" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="9"/>
           </w:tcPr>
           <w:p w14:paraId="2143DB10" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="2E2D70D3" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3457" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="4917B25D" w14:textId="2A2ED242" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
@@ -4893,51 +5081,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5177" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="9"/>
           </w:tcPr>
           <w:p w14:paraId="26EEB1F3" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="42916745" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3457" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="748A7225" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
@@ -4992,75 +5180,75 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>%50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5177" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="9"/>
           </w:tcPr>
           <w:p w14:paraId="07898A75" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="074802A6" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="10740" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:gridSpan w:val="21"/>
           </w:tcPr>
           <w:p w14:paraId="0F852BB1" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5BB9F064" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
@@ -5110,51 +5298,51 @@
           </w:tcPr>
           <w:p w14:paraId="6C16B2C6" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sayı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="3DD538E9" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Saat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5224,51 +5412,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="2F109457" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5329,51 +5517,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="17B818DD" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5449,51 +5637,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="0131A2D6" w14:textId="0C4B57D5" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00E14715" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5554,51 +5742,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="0A77E4A0" w14:textId="79B6FF6E" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5662,51 +5850,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="654499C7" w14:textId="72685475" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5767,51 +5955,51 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="671C9B9D" w14:textId="3D56CBB8" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5875,102 +6063,102 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="11A098DF" w14:textId="00804E68" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2148" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="59155A62" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="1CC34E87" w14:textId="77777777" w:rsidTr="009D0966">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8592" w:type="dxa"/>
-            <w:gridSpan w:val="20"/>
+            <w:gridSpan w:val="19"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="67004055" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Toplam</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FB0DE97" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="right"/>
@@ -6039,51 +6227,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00E14715" w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="414B8606" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8592" w:type="dxa"/>
-            <w:gridSpan w:val="20"/>
+            <w:gridSpan w:val="19"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0BA85070" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2148" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="53227F6D" w14:textId="79133EBC" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00E14715" w:rsidP="00E14715">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6112,51 +6300,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/30=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E14715">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F328F" w:rsidRPr="00E14715" w14:paraId="48580430" w14:textId="77777777" w:rsidTr="009D0966">
         <w:trPr>
           <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="8592" w:type="dxa"/>
-            <w:gridSpan w:val="20"/>
+            <w:gridSpan w:val="19"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="09617E22" w14:textId="77777777" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="001F328F" w:rsidP="001F328F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2148" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="7C308BAE" w14:textId="19512EC6" w:rsidR="001F328F" w:rsidRPr="00E14715" w:rsidRDefault="00E14715" w:rsidP="001F328F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6208,91 +6396,91 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="608AE357" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00E14715" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00E14715" w:rsidSect="003A4CE2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A4CE2"/>
     <w:rsid w:val="0000388D"/>
     <w:rsid w:val="00017704"/>
     <w:rsid w:val="00051842"/>
     <w:rsid w:val="00052E53"/>
     <w:rsid w:val="00085AD5"/>
     <w:rsid w:val="00085FE3"/>
     <w:rsid w:val="00090AED"/>
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00146F98"/>
@@ -6311,72 +6499,75 @@
     <w:rsid w:val="002C5A25"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0032748A"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
     <w:rsid w:val="003923D0"/>
     <w:rsid w:val="003A4CE2"/>
     <w:rsid w:val="003B74D3"/>
     <w:rsid w:val="003C2122"/>
     <w:rsid w:val="003E396C"/>
     <w:rsid w:val="0042441A"/>
     <w:rsid w:val="004347B1"/>
     <w:rsid w:val="00471A47"/>
     <w:rsid w:val="00474110"/>
     <w:rsid w:val="00474423"/>
     <w:rsid w:val="00482527"/>
     <w:rsid w:val="00496407"/>
     <w:rsid w:val="004A3385"/>
     <w:rsid w:val="004A7E15"/>
     <w:rsid w:val="004B27D3"/>
+    <w:rsid w:val="004D47F3"/>
     <w:rsid w:val="004E15BB"/>
     <w:rsid w:val="005215FA"/>
     <w:rsid w:val="005221D8"/>
     <w:rsid w:val="0054597B"/>
     <w:rsid w:val="005546F5"/>
     <w:rsid w:val="005726A0"/>
     <w:rsid w:val="00580094"/>
     <w:rsid w:val="005920FF"/>
+    <w:rsid w:val="005B21F8"/>
     <w:rsid w:val="005C15A7"/>
     <w:rsid w:val="005F70D3"/>
     <w:rsid w:val="00600586"/>
     <w:rsid w:val="00601BED"/>
     <w:rsid w:val="00612FE4"/>
     <w:rsid w:val="00621099"/>
     <w:rsid w:val="00635121"/>
     <w:rsid w:val="00636DEF"/>
     <w:rsid w:val="00642ED5"/>
     <w:rsid w:val="00681162"/>
     <w:rsid w:val="006A6D82"/>
     <w:rsid w:val="007062CB"/>
     <w:rsid w:val="007152C2"/>
     <w:rsid w:val="007348AB"/>
+    <w:rsid w:val="00740968"/>
     <w:rsid w:val="00745E6E"/>
     <w:rsid w:val="00747E10"/>
     <w:rsid w:val="00770795"/>
     <w:rsid w:val="007C799D"/>
     <w:rsid w:val="007D162B"/>
     <w:rsid w:val="007F04A8"/>
     <w:rsid w:val="00800E21"/>
     <w:rsid w:val="00807259"/>
     <w:rsid w:val="0082068F"/>
     <w:rsid w:val="0082236E"/>
     <w:rsid w:val="00825885"/>
     <w:rsid w:val="00847969"/>
     <w:rsid w:val="0086588C"/>
     <w:rsid w:val="00870700"/>
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="008D78C0"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="00933B97"/>
@@ -6461,80 +6652,215 @@
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0367FFAF"/>
+  <w15:docId w15:val="{3C4E6004-009A-41BE-8A9C-4979007BF6CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="tr-TR" w:eastAsia="tr-TR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -6602,50 +6928,154 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003A4CE2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -6692,73 +7122,66 @@
     <w:rPr>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="009933"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLncedenBiimlendirilmi">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HTMLncedenBiimlendirilmiChar"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLncedenBiimlendirilmiChar">
     <w:name w:val="HTML Önceden Biçimlendirilmiş Char"/>
     <w:link w:val="HTMLncedenBiimlendirilmi"/>
     <w:rsid w:val="00642ED5"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent4">
-    <w:name w:val="Grid Table 4 Accent 4"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu41">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 41"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="00F700FB"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="60CAF3" w:themeColor="accent4" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="0F9ED5" w:themeColor="accent4"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -6772,73 +7195,66 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent5">
-    <w:name w:val="Grid Table 4 Accent 5"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzuTablo4-Vurgu51">
+    <w:name w:val="Kılavuzu Tablo 4 - Vurgu 51"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="49"/>
     <w:rsid w:val="009D0966"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="D86DCB" w:themeColor="accent5" w:themeTint="99"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="A02B93" w:themeColor="accent5"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="A02B93" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
@@ -6852,585 +7268,66 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2CEED" w:themeFill="accent5" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable5DarkAccent4">
-    <w:name w:val="Grid Table 5 Dark Accent 4"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="KlavuzTablo5Koyu-Vurgu41">
+    <w:name w:val="Kılavuz Tablo 5 Koyu - Vurgu 41"/>
     <w:basedOn w:val="NormalTablo"/>
     <w:uiPriority w:val="50"/>
     <w:rsid w:val="009D0966"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...516 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="CAEDFB" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF" w:themeColor="background1"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="0F9ED5" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
@@ -7489,51 +7386,51 @@
         <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="95DCF7" w:themeFill="accent4" w:themeFillTint="66"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:styleId="Vurgu">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00EE357D"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="24184187">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="250432714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7860,51 +7757,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1982493964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufukkocatepe@cag.edu.tr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ufukkocatepe@cag.edu.tr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -8172,87 +8069,87 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>536</Words>
-  <Characters>3057</Characters>
+  <Words>705</Words>
+  <Characters>4022</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
       <vt:lpstr>ÇAĞ UNIVERSITY</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cag University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3586</CharactersWithSpaces>
+  <CharactersWithSpaces>4718</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ÇAĞ UNIVERSITY</dc:title>
   <dc:subject/>
   <dc:creator>467295425</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>