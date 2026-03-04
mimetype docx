--- v0 (2025-10-05)
+++ v1 (2026-03-04)
@@ -756,52 +756,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Bahar</w:t>
             </w:r>
             <w:r w:rsidRPr="00D06EFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Dönemi-</w:t>
             </w:r>
             <w:r w:rsidR="00DF3AAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00D06EFA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Düzey 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F96934" w:rsidRPr="00D06EFA" w14:paraId="012C44F7" w14:textId="77777777" w:rsidTr="001B5C97">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5155" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4C94D8" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
@@ -5044,69 +5042,78 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B22AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="11AF3B95" w14:textId="5887DFE6" w:rsidR="001604CA" w:rsidRPr="000B22AF" w:rsidRDefault="001604CA" w:rsidP="00466279">
+          <w:p w14:paraId="11AF3B95" w14:textId="20FE0F2C" w:rsidR="001604CA" w:rsidRPr="000B22AF" w:rsidRDefault="00A22B75" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B22AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>25%</w:t>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidR="001604CA" w:rsidRPr="000B22AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0A8D7E7A" w14:textId="77777777" w:rsidR="001604CA" w:rsidRPr="00D06EFA" w:rsidRDefault="001604CA" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001604CA" w:rsidRPr="00D06EFA" w14:paraId="085D9B42" w14:textId="77777777" w:rsidTr="00020CBC">
         <w:trPr>
           <w:trHeight w:val="397"/>
@@ -5150,69 +5157,80 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B22AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC5FEDC" w14:textId="34E2B585" w:rsidR="001604CA" w:rsidRPr="000B22AF" w:rsidRDefault="001604CA" w:rsidP="00466279">
+          <w:p w14:paraId="0EC5FEDC" w14:textId="7C4A72EF" w:rsidR="001604CA" w:rsidRPr="000B22AF" w:rsidRDefault="00A22B75" w:rsidP="00466279">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B22AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>25%</w:t>
+              <w:t>10</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidR="001604CA" w:rsidRPr="000B22AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5302" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
           </w:tcPr>
           <w:p w14:paraId="5CCEE615" w14:textId="77777777" w:rsidR="001604CA" w:rsidRPr="00D06EFA" w:rsidRDefault="001604CA" w:rsidP="00466279">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001604CA" w:rsidRPr="00D06EFA" w14:paraId="48A9BDBF" w14:textId="77777777" w:rsidTr="00466279">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -7525,58 +7543,58 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5269A0A7" w14:textId="77777777" w:rsidR="003A4CE2" w:rsidRPr="00D06EFA" w:rsidRDefault="003A4CE2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003A4CE2" w:rsidRPr="00D06EFA" w:rsidSect="005A2B8A">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74B78F55" w14:textId="77777777" w:rsidR="002D52CD" w:rsidRDefault="002D52CD" w:rsidP="0034027E">
+    <w:p w14:paraId="0BFB1F42" w14:textId="77777777" w:rsidR="002278AB" w:rsidRDefault="002278AB" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C4CE848" w14:textId="77777777" w:rsidR="002D52CD" w:rsidRDefault="002D52CD" w:rsidP="0034027E">
+    <w:p w14:paraId="3B80A92D" w14:textId="77777777" w:rsidR="002278AB" w:rsidRDefault="002278AB" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="A2"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -7590,58 +7608,58 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48387E19" w14:textId="77777777" w:rsidR="002D52CD" w:rsidRDefault="002D52CD" w:rsidP="0034027E">
+    <w:p w14:paraId="159E45F9" w14:textId="77777777" w:rsidR="002278AB" w:rsidRDefault="002278AB" w:rsidP="0034027E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52A9AF96" w14:textId="77777777" w:rsidR="002D52CD" w:rsidRDefault="002D52CD" w:rsidP="0034027E">
+    <w:p w14:paraId="3630E46E" w14:textId="77777777" w:rsidR="002278AB" w:rsidRDefault="002278AB" w:rsidP="0034027E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="3A5B344B" w14:textId="2D930ACF" w:rsidR="00A3554C" w:rsidRDefault="00A3554C" w:rsidP="00A3554C">
     <w:pPr>
       <w:pStyle w:val="stbilgi"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00911FE6">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D1283E2" wp14:editId="4A5A6964">
           <wp:extent cx="2160000" cy="651484"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -7725,50 +7743,51 @@
     <w:rsid w:val="000A4453"/>
     <w:rsid w:val="000B22AF"/>
     <w:rsid w:val="000D384E"/>
     <w:rsid w:val="000F34D6"/>
     <w:rsid w:val="00102701"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="001604CA"/>
     <w:rsid w:val="001639F7"/>
     <w:rsid w:val="0017773A"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="0019361E"/>
     <w:rsid w:val="001A1304"/>
     <w:rsid w:val="001A7816"/>
     <w:rsid w:val="001B0A2E"/>
     <w:rsid w:val="001B5381"/>
     <w:rsid w:val="001B5C97"/>
     <w:rsid w:val="001C7F25"/>
     <w:rsid w:val="001D3D43"/>
     <w:rsid w:val="001D4974"/>
     <w:rsid w:val="001F6F6B"/>
     <w:rsid w:val="00200197"/>
     <w:rsid w:val="00201DA8"/>
     <w:rsid w:val="00205796"/>
     <w:rsid w:val="00212A30"/>
     <w:rsid w:val="00226577"/>
+    <w:rsid w:val="002278AB"/>
     <w:rsid w:val="00233A78"/>
     <w:rsid w:val="002540BC"/>
     <w:rsid w:val="00264E5A"/>
     <w:rsid w:val="0027165B"/>
     <w:rsid w:val="002A6A13"/>
     <w:rsid w:val="002B1829"/>
     <w:rsid w:val="002B4AEF"/>
     <w:rsid w:val="002B7787"/>
     <w:rsid w:val="002D29FC"/>
     <w:rsid w:val="002D52CD"/>
     <w:rsid w:val="002E19A0"/>
     <w:rsid w:val="002E660C"/>
     <w:rsid w:val="00306F03"/>
     <w:rsid w:val="0031763C"/>
     <w:rsid w:val="003237AD"/>
     <w:rsid w:val="003311C4"/>
     <w:rsid w:val="00332E3E"/>
     <w:rsid w:val="003360EF"/>
     <w:rsid w:val="00337793"/>
     <w:rsid w:val="0034027E"/>
     <w:rsid w:val="00345DF1"/>
     <w:rsid w:val="003537D4"/>
     <w:rsid w:val="003635E6"/>
     <w:rsid w:val="00366E3B"/>
     <w:rsid w:val="00373163"/>
@@ -7850,50 +7869,51 @@
     <w:rsid w:val="008804FE"/>
     <w:rsid w:val="00880F10"/>
     <w:rsid w:val="00883290"/>
     <w:rsid w:val="00886770"/>
     <w:rsid w:val="0089462A"/>
     <w:rsid w:val="00895E2A"/>
     <w:rsid w:val="008A022E"/>
     <w:rsid w:val="008D4F25"/>
     <w:rsid w:val="00902FEC"/>
     <w:rsid w:val="00905CD0"/>
     <w:rsid w:val="00911FE6"/>
     <w:rsid w:val="00916141"/>
     <w:rsid w:val="0092641A"/>
     <w:rsid w:val="00933B97"/>
     <w:rsid w:val="0095080C"/>
     <w:rsid w:val="00964CAF"/>
     <w:rsid w:val="00973A60"/>
     <w:rsid w:val="00985E0F"/>
     <w:rsid w:val="00997C36"/>
     <w:rsid w:val="009C5DE7"/>
     <w:rsid w:val="009C5E9A"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="009F38DF"/>
     <w:rsid w:val="00A00257"/>
     <w:rsid w:val="00A134B5"/>
+    <w:rsid w:val="00A22B75"/>
     <w:rsid w:val="00A33F69"/>
     <w:rsid w:val="00A3554C"/>
     <w:rsid w:val="00A37618"/>
     <w:rsid w:val="00A53C2A"/>
     <w:rsid w:val="00A566C4"/>
     <w:rsid w:val="00A711BC"/>
     <w:rsid w:val="00A7625D"/>
     <w:rsid w:val="00A8032C"/>
     <w:rsid w:val="00A8173B"/>
     <w:rsid w:val="00B03B19"/>
     <w:rsid w:val="00B06EC6"/>
     <w:rsid w:val="00B15E3E"/>
     <w:rsid w:val="00B41C3E"/>
     <w:rsid w:val="00B41CE0"/>
     <w:rsid w:val="00B65C62"/>
     <w:rsid w:val="00B73A76"/>
     <w:rsid w:val="00B74181"/>
     <w:rsid w:val="00B80DAF"/>
     <w:rsid w:val="00B910F3"/>
     <w:rsid w:val="00B96430"/>
     <w:rsid w:val="00BA1059"/>
     <w:rsid w:val="00BA2B7C"/>
     <w:rsid w:val="00BB378F"/>
     <w:rsid w:val="00BB42DE"/>
     <w:rsid w:val="00BB49BA"/>
@@ -9456,157 +9476,157 @@
                 <c:pt idx="8">
                   <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180443136"/>
-        <c:axId val="179117376"/>
+        <c:axId val="177196544"/>
+        <c:axId val="177346752"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180443136"/>
+        <c:axId val="177196544"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="179117376"/>
+        <c:crossAx val="177346752"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="179117376"/>
+        <c:axId val="177346752"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180443136"/>
+        <c:crossAx val="177196544"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -9844,157 +9864,157 @@
                 <c:pt idx="8">
                   <c:v>1</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-BE61-44DB-8937-B5456176D1EF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180602880"/>
-        <c:axId val="180754624"/>
+        <c:axId val="177192960"/>
+        <c:axId val="143304384"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180602880"/>
+        <c:axId val="177192960"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180754624"/>
+        <c:crossAx val="143304384"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="180754624"/>
+        <c:axId val="143304384"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180602880"/>
+        <c:crossAx val="177192960"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10232,157 +10252,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-19BC-46FA-ADD2-1588F97ADF1E}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180604416"/>
-        <c:axId val="180753472"/>
+        <c:axId val="177196032"/>
+        <c:axId val="177347328"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180604416"/>
+        <c:axId val="177196032"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180753472"/>
+        <c:crossAx val="177347328"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="180753472"/>
+        <c:axId val="177347328"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180604416"/>
+        <c:crossAx val="177196032"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10606,157 +10626,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-2B30-4CB2-9FE6-B3ECB15FA2D3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180603904"/>
-        <c:axId val="171026688"/>
+        <c:axId val="167678976"/>
+        <c:axId val="143308416"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180603904"/>
+        <c:axId val="167678976"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="171026688"/>
+        <c:crossAx val="143308416"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="171026688"/>
+        <c:axId val="143308416"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180603904"/>
+        <c:crossAx val="167678976"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -10988,157 +11008,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-1B61-4F0B-BA52-A0957D33D0C8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180442624"/>
-        <c:axId val="171028416"/>
+        <c:axId val="228515840"/>
+        <c:axId val="143309568"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180442624"/>
+        <c:axId val="228515840"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="171028416"/>
+        <c:crossAx val="143309568"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="171028416"/>
+        <c:axId val="143309568"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180442624"/>
+        <c:crossAx val="228515840"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -11362,157 +11382,157 @@
                 <c:pt idx="8">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-C93A-4AAE-B455-3C3D6FA9C3B8}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="180603392"/>
-        <c:axId val="171030144"/>
+        <c:axId val="228517376"/>
+        <c:axId val="228672064"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="180603392"/>
+        <c:axId val="228517376"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="171030144"/>
+        <c:crossAx val="228672064"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="171030144"/>
+        <c:axId val="228672064"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="tr-TR"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="180603392"/>
+        <c:crossAx val="228517376"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
     <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -11824,51 +11844,51 @@
   </a:themeElements>
   <a:objectDefaults>
     <a:lnDef>
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>567</Words>
   <Characters>3235</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>