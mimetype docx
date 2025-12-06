--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -1714,51 +1714,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>sonra</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2836" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="293D4842" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00A8239A" w:rsidP="008536F9">
+          <w:p w14:paraId="293D4842" w14:textId="77777777" w:rsidR="005A4A6F" w:rsidRDefault="00424ECE" w:rsidP="008536F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidR="005A4A6F">
                 <w:rPr>
                   <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:t>mahirfisunoglu@cag.edu.tr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
@@ -6104,54 +6104,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6806" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="05108385" w14:textId="42FF4026" w:rsidR="003F7E03" w:rsidRDefault="008015F7" w:rsidP="003F7E03">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Makroiktisatta</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> toplam talep ve toplam arz kavramları ve bunların elemanları</w:t>
             </w:r>
             <w:r w:rsidR="00632501">
-              <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-              <w:t>Para ve Maliye politikaları ile iktisadi istikrarın sağlanması</w:t>
+              <w:t>, Para ve Maliye politikaları ile iktisadi istikrarın sağlanması</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
           </w:tcPr>
           <w:p w14:paraId="659227DB" w14:textId="44593772" w:rsidR="003F7E03" w:rsidRDefault="002A3DD4" w:rsidP="003F7E03">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Ders kitabı</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6549,51 +6546,50 @@
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="10533" w:type="dxa"/>
                   <w:gridSpan w:val="8"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="7E158031" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:bookmarkStart w:id="0" w:name="_GoBack" w:colFirst="0" w:colLast="0"/>
                   <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Ders</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
@@ -8363,103 +8359,103 @@
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2826" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="476EA3C0" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="476EA3C0" w14:textId="5A5CC344" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="00424ECE">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">                      25</w:t>
+                    <w:t xml:space="preserve">                      15</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="7A8CD922" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="7A8CD922" w14:textId="36A9456A" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="00424ECE">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>25</w:t>
+                    <w:t>15</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="3B23323E" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3899" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
                 <w:p w14:paraId="3BD994B7" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
@@ -8573,104 +8569,104 @@
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2826" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="7F62DB84" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="7F62DB84" w14:textId="286A18AA" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="00424ECE">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>30</w:t>
+                    <w:t>25</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
                 </w:tcPr>
-                <w:p w14:paraId="0E8C659F" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="0E8C659F" w14:textId="53ECC37A" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="00424ECE">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>30</w:t>
+                    <w:t>25</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="00C89391" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8183" w:type="dxa"/>
                   <w:gridSpan w:val="7"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
                 <w:p w14:paraId="504B582D" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8759,115 +8755,117 @@
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>Kredisi</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w14:paraId="5F9275FA" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="5F9275FA" w14:textId="14038C51" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>111</w:t>
+                    <w:t>96</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="10C4E8F7" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="10C4E8F7" w14:textId="2364F91C" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>111/30=3,5</w:t>
+                    <w:t>96/30=3,2</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="6D2A09D8" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
+                <w:p w14:paraId="6D2A09D8" w14:textId="1293BF40" w:rsidR="003F7E03" w:rsidRDefault="00424ECE" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
-                    <w:t>4</w:t>
-                  </w:r>
+                    <w:t>3</w:t>
+                  </w:r>
+                  <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                  <w:bookmarkEnd w:id="0"/>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="003F7E03" w14:paraId="4BA37DDE" w14:textId="77777777" w:rsidTr="008536F9">
               <w:trPr>
                 <w:trHeight w:val="316"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="8183" w:type="dxa"/>
                   <w:gridSpan w:val="7"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="29D1CAF7" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="right"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
@@ -8880,51 +8878,50 @@
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2350" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
                 <w:p w14:paraId="70641C6D" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:bookmarkEnd w:id="0"/>
           </w:tbl>
           <w:p w14:paraId="5A207E0C" w14:textId="77777777" w:rsidR="003F7E03" w:rsidRDefault="003F7E03" w:rsidP="003F7E03">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="5592"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5E0118CB" w14:textId="77777777" w:rsidR="000502BD" w:rsidRDefault="000502BD"/>
     <w:p w14:paraId="18614BD8" w14:textId="10AA860B" w:rsidR="001632BD" w:rsidRDefault="001632BD">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -9032,50 +9029,51 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F4187C"/>
     <w:rsid w:val="00006DC5"/>
     <w:rsid w:val="000502BD"/>
     <w:rsid w:val="00055D4C"/>
     <w:rsid w:val="001632BD"/>
     <w:rsid w:val="00170A56"/>
     <w:rsid w:val="001A4BDB"/>
     <w:rsid w:val="00251AC6"/>
     <w:rsid w:val="002A3DD4"/>
     <w:rsid w:val="002D07EA"/>
     <w:rsid w:val="002D5173"/>
     <w:rsid w:val="003F355C"/>
     <w:rsid w:val="003F7E03"/>
     <w:rsid w:val="00403AB0"/>
+    <w:rsid w:val="00424ECE"/>
     <w:rsid w:val="00443B44"/>
     <w:rsid w:val="00547EC8"/>
     <w:rsid w:val="005619A0"/>
     <w:rsid w:val="005A4A6F"/>
     <w:rsid w:val="00632501"/>
     <w:rsid w:val="006652D3"/>
     <w:rsid w:val="006B1A43"/>
     <w:rsid w:val="006C3153"/>
     <w:rsid w:val="006F1984"/>
     <w:rsid w:val="007A5846"/>
     <w:rsid w:val="007C2AA6"/>
     <w:rsid w:val="007D2D57"/>
     <w:rsid w:val="008015F7"/>
     <w:rsid w:val="00845BBB"/>
     <w:rsid w:val="008D171E"/>
     <w:rsid w:val="00964EC5"/>
     <w:rsid w:val="009F01DC"/>
     <w:rsid w:val="009F5C45"/>
     <w:rsid w:val="00A630A1"/>
     <w:rsid w:val="00A8239A"/>
     <w:rsid w:val="00AC51C1"/>
     <w:rsid w:val="00AF3611"/>
     <w:rsid w:val="00B900BD"/>
     <w:rsid w:val="00BF16E6"/>
     <w:rsid w:val="00C800B9"/>
@@ -9878,65 +9876,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>621</Words>
-  <Characters>3541</Characters>
+  <Words>620</Words>
+  <Characters>3540</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4154</CharactersWithSpaces>
+  <CharactersWithSpaces>4152</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mahir Fusunoglu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>