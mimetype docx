--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -1,6859 +1,8374 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10980" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10967" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="897"/>
-[...23 lines deleted...]
-        <w:gridCol w:w="1449"/>
+        <w:gridCol w:w="618"/>
+        <w:gridCol w:w="276"/>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1838"/>
+        <w:gridCol w:w="1233"/>
+        <w:gridCol w:w="439"/>
+        <w:gridCol w:w="280"/>
+        <w:gridCol w:w="47"/>
+        <w:gridCol w:w="797"/>
+        <w:gridCol w:w="577"/>
+        <w:gridCol w:w="332"/>
+        <w:gridCol w:w="978"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="331"/>
+        <w:gridCol w:w="743"/>
+        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE2D26" w:rsidRPr="00183415" w14:paraId="33C2E04A" w14:textId="77777777" w:rsidTr="00EB3ABB">
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
         <w:trPr>
-          <w:trHeight w:val="550"/>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="1469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10980" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="4BACC6"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0341C366" w14:textId="77777777" w:rsidR="00CE2D26" w:rsidRPr="00183415" w:rsidRDefault="00CE2D26" w:rsidP="00EB3ABB">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DERS İZLENCESİ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IIBF Fakültesi/ Uluslararası Bankacılık ve Finans Bölümü </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="351"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Dersin Kodu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00183415">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Dersin Adı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00183415">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Kredisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="B8CCE4" w:themeColor="accent1" w:themeTint="66"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Değeri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>IRE228</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5543" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D660E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uluslararası Ekonomik Örgütler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2112" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3-0-3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ön koşul Dersler:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yok</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin dili:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3790" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İngilizce</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:i/>
-[...4 lines deleted...]
-              <w:t>FACULTY OF ECONOMICS AND  ADMINISTRATIVE SCIENCES</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders İşleme Tarzı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Yüz yüze</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2D26" w:rsidRPr="00183415" w14:paraId="4867A98E" w14:textId="77777777" w:rsidTr="00EB3ABB">
-[...2 lines deleted...]
-            <w:tcW w:w="1995" w:type="dxa"/>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Türü ve Düzeyi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="00C04654" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Seçimlik</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04654">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bahar</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04654">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dönemi/Lisans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2. Sene Dersi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="003F32EA">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5121" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Öğretim Üyesinin Unvanı, Adı ve Soyadı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="562346E5" w14:textId="46E29954" w:rsidR="00CE2D26" w:rsidRPr="00183415" w:rsidRDefault="00501AF5" w:rsidP="00EB3ABB">
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00183415">
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2340" w:type="dxa"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Görüşme Saati</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2444" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...20 lines deleted...]
-              <w:t>AKTS</w:t>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İletişim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2D26" w14:paraId="588F214D" w14:textId="77777777" w:rsidTr="00EB3ABB">
-[...2 lines deleted...]
-            <w:tcW w:w="1995" w:type="dxa"/>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="003F32EA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5121" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dr. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Öğr.Üyesi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cansu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ünver-Erbaş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IIBS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ofis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>: B55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-              <w:r w:rsidRPr="006D660E">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="00183415" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Çarşamba </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.15-12.35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="00183415" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Çarşamba  10</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.00-12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2444" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidRPr="00575EB6">
                 <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:sz w:val="20"/>
+                  <w:sz w:val="18"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
-                <w:t>IRE</w:t>
+                <w:t>cansu.u.e@cag.edu.tr</w:t>
               </w:r>
-            </w:smartTag>
-[...18 lines deleted...]
-            <w:pPr>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin koordinatörü</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dr. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Öğr.Üyesi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cansu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ünver-Erbaş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="00710D44" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E228 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dersi bir dönemlik seçmeli bir derstir.  Bu dersin amacı, öğrencilere uluslararası örgütlerin nasıl işlediğine dair bir anlayış kazandırmaktır. Dersler teorik kavramları tanıtacak, kapsamlı bir </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>literatür</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> taraması yapacak ve uluslararası kuruluşların çalışmasını destekleyen fikirleri keşfedecektir. Ders özellikle bu örgütleri analiz etmek için realist, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>enternasyonalist</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ve evrenselci yaklaşımlar arasındaki çağdaş tartışmalara odaklanacaktır. Bu bakış açıları, uluslararası kuruluşların hem ulusal hem de uluslararası düzeyde ekonomik istikrarı teşvik etmedeki rolünü incelemek için kullanılacaktır.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Öğrenme Çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Bu dersi başarıyla tamamlayan öğrenci;</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İlişkiler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="584"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7514" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Program çıktıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Net katkı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidTr="00EC1E7B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="006D660E" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mevcut küresel yönetişim sisteminde uluslararası örgütleri tanımlayabilir, bu örgütlerin rolünü analitik olarak değerlendirebilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1,2,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00926711">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,4,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidTr="00EC1E7B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="006D660E" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Farklı uluslararası kuruluş türlerini tanımlayabilir, birbirleriyle kıyaslayabilir ve her birinin temel özelliklerini tartışabilir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2,3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00926711">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3,5,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidTr="00EC1E7B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="006D660E" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uluslararası ekonomik organizasyonları incelemek için kullanılan farklı teori ve kavramları tartışabilir, bu örgütler hakkında geniş kapsamlı araştırma yapabilir ve bazı çıkarımlarda bulunabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5,6,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5,4,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00926711">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidTr="00EC1E7B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="006D660E" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uluslararası ekonomik kuruluşların ana organlarının ve uzman kuruluşlarının yapısını ve faaliyetlerini tanımlayabilir, bu örgütlerin avantaj ve dezavantajlı yönlerini tartışabilir</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5,7,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00926711">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidTr="00EC1E7B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="006D660E" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Finansal istikrarsızlık dönemlerinde IMF, DTÖ ve NATO'nun rollerini inceleyebilir, analitik yaklaşımla değerlendirme yapabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5,6,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5,5,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00926711">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidTr="00EC1E7B">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="006D660E" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Avrupa Birliği'nin (AB) rolünü uluslararası ekonomik örgütlerin bir vaka çalışması olarak tartışabilir, BREXIT gibi örnek bir vakayı değerlendirebilir ve olası Avrupa Birliğine yeni üye girişi veya çıkışa üzerine senaryoları tartışabilir. AB’ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>nin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> olumlu ve olası olumsuz yönlerini hem AB içindeki etkilerini hem AB dışındaki etkisini değerlendirebilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00926711">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidTr="00EC1E7B">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="618" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:textDirection w:val="btLr"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="006D660E" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Avrupa merkez bankasının rolünü ve döviz kriziyle başa çıkmadaki rolünü kavrayabilir, değerlendirebilir ve kritiğini yapabilir.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2,7,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="003F32EA" w:rsidRPr="00926711" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00926711">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5,4,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin içeriği</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9356" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu ders, küresel ekonominin daha geniş bağlamında uluslararası kuruluşların kurumsal yapılarını, politik süreçlerini ve etkilerini araştırır. Araştırılması gereken temel sorular şunları içerir: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Devletler neden uluslararası örgütler kurarlar? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. Uluslararası örgütler dünya ekonomisinde ne gibi roller oynamaktadır? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. Uluslararası örgütler nasıl ve neden gelişir? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Uluslararası ekonomik kuruluşlar, hem ülkeler içinde hem de ülkeler arasında finansal istikrarı etkileyen finansal krizler veya siyasi istikrarsızlık örnekleri sırasında ne gibi roller oynamaktadır? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="333333"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bu sorular, Birleşmiş Milletler, Kuzey Atlantik Antlaşması Örgütü (NATO), Avrupa Birliği gibi bölgesel örgütler ve Uluslararası Para Fonu (IMF), Dünya Ticaret Örgütü (WTO) ve Avrupa Merkez Bankası gibi </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">uluslararası finans kuruluşları </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>dahil</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> olmak üzere çeşitli kuruluşların faaliyetlerinin incelenmesi yoluyla ele alınacaktır.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ders içerikleri </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Haftalık Ders Planı</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hafta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Konu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hazırlık</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Öğretim Yöntem ve Teknikleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="006D660E" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Giriş</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yazılı ve Sözlü Anlatım</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="006D660E" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D660E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2160" w:type="dxa"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uluslararası Örgütlenme ve Küreselleşme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1706E79C" w14:textId="77777777" w:rsidR="00CE2D26" w:rsidRPr="006D660E" w:rsidRDefault="00CE2D26" w:rsidP="00EB3ABB">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Güncel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>haberler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>önceden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>verilmiş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>görevler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yazılı ve Sözlü Anlatım, öğrencinin güncel örneklerle hazırlıklı derse katılımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="006D660E" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D660E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="20"/>
-[...28 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Uluslararası Örgütlenme ve Küreselleşme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Güncel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>haberler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>önceden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>verilmiş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>görevler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yazılı ve Sözlü anlatım, öğrencinin güncel örneklerle hazırlıklı derse katılımı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="006D660E" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IMF ve finansal krizler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Güncel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>haberler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>önceden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>verilmiş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>görevler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yazılı ve Sözlü Anlatım, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>online</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tartışma platformu (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="006D660E" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IMF ve finansal krizler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Güncel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>haberler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>önceden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>verilmiş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>görevler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yazılı ve Sözlü Anlatım, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>YouTube</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> kısa film</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...154 lines deleted...]
-            <w:tcW w:w="3685" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2801 lines deleted...]
-          <w:p w14:paraId="346B0AB5" w14:textId="3DD3E392" w:rsidR="00CE2D26" w:rsidRPr="006D660E" w:rsidRDefault="00D019B4" w:rsidP="00EB3ABB">
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="006D660E" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Çok taraflı ticaret sistemi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2422" w:type="dxa"/>
-[...29 lines deleted...]
-            <w:tcW w:w="3093" w:type="dxa"/>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="006D660E">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">, Interaktif </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Güncel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>haberler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>önceden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>verilmiş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>görevler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yazılı ve Sözlü Anlatım, öğrencinin ön araştırma ile derse katılımı, öğrencinin mikroekonomi bilgisini kıyaslama amaçlı tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2D26" w:rsidRPr="00183415" w14:paraId="4FFED8E0" w14:textId="77777777" w:rsidTr="00D019B4">
-[...22 lines deleted...]
-                <w:szCs w:val="20"/>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="000D7010">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4568" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0ED37DCB" w14:textId="4AAD96FC" w:rsidR="00CE2D26" w:rsidRPr="006D660E" w:rsidRDefault="00D019B4" w:rsidP="00EB3ABB">
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="006D660E" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...36 lines deleted...]
-            <w:tcW w:w="3093" w:type="dxa"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bretton Woods </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sistemi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="000D7010">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="006D660E" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vize</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sınavı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="006D660E" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vize</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Sınavı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="006D660E">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">, Interaktif </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Güncel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>haberler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>önceden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>verilmiş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>görevler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yazılı ve Sözlü Anlatım, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TUİK’ten</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> indirilen gerçek verilerle hesaplama yapma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2D26" w:rsidRPr="000633BD" w14:paraId="17AB8697" w14:textId="77777777" w:rsidTr="00D019B4">
-[...35 lines deleted...]
-          <w:p w14:paraId="7AC28DE4" w14:textId="3F2C8D52" w:rsidR="00CE2D26" w:rsidRPr="006D660E" w:rsidRDefault="00CE2D26" w:rsidP="00EB3ABB">
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="006D660E" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bretton Woods </w:t>
+              <w:t>Uluslararası</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00D019B4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Sistemi</w:t>
+              <w:t>ticaret</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...33 lines deleted...]
-            <w:tcW w:w="3093" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Pamuk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ticareti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Durumu</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-              <w:t>Presentation &amp; Discussion</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Güncel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>haberler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>önceden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>verilmiş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>görevler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yazılı ve Sözlü Anlatım, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>online</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tartışma platformu (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2D26" w:rsidRPr="000633BD" w14:paraId="76BC4E0E" w14:textId="77777777" w:rsidTr="00D019B4">
-[...54 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="003D715B" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:r>
+              <w:t>Avrupa Merkez Bankası ve Euro krizindeki etkisi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Sistemi</w:t>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...33 lines deleted...]
-            <w:tcW w:w="3093" w:type="dxa"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Güncel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>haberler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>önceden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>verilmiş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>görevler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yazılı ve Sözlü Anlatım, Öğrenci grupları ile münazara</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:r>
+              <w:t>Daha az bilinen uluslararası ekonomik organizasyonlar ve dünya ekonomisindeki yerleri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...18 lines deleted...]
-              <w:t>Presentation &amp; Discussion</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ders</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Kitabı</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Güncel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>haberler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>önceden</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>verilmiş</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>görevler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Yazılı ve Sözlü Anlatım, Genel tekrar, soru ve cevap oturumu, tartışma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2D26" w:rsidRPr="000633BD" w14:paraId="7C40477A" w14:textId="77777777" w:rsidTr="00D019B4">
-[...111 lines deleted...]
-            <w:tcW w:w="3093" w:type="dxa"/>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-              <w:t>Presentation &amp; Discussion</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2D26" w:rsidRPr="000633BD" w14:paraId="20AA4872" w14:textId="77777777" w:rsidTr="00D019B4">
-[...88 lines deleted...]
-            <w:tcW w:w="3093" w:type="dxa"/>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="894" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4554" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Final </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sınavı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2744" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...18 lines deleted...]
-              <w:t>Presentation &amp; Discussion</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="008F06D3" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F06D3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE2D26" w:rsidRPr="000633BD" w14:paraId="353D0771" w14:textId="77777777" w:rsidTr="00D019B4">
-[...109 lines deleted...]
-              <w:t>Presentation &amp; Discussion</w:t>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders İçin Kaynaklar</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070130D" w:rsidRPr="000633BD" w14:paraId="6C7A32C3" w14:textId="77777777" w:rsidTr="00D019B4">
-[...318 lines deleted...]
-          <w:p w14:paraId="3A770FA9" w14:textId="77777777" w:rsidR="0070130D" w:rsidRPr="00295EEB" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders Kitabı:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...7 lines deleted...]
-                <w:rStyle w:val="Strong"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
                 <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-                <w:b w:val="0"/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Kelly-Kate S. Pease</w:t>
-[...14 lines deleted...]
-                <w:bCs/>
+              <w:t>Kelly</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-Kate S. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rStyle w:val="Gl"/>
+                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Pease</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2016. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>International Organizations</w:t>
             </w:r>
-            <w:r w:rsidRPr="00295EEB">
-[...10 lines deleted...]
-          <w:p w14:paraId="04A094D9" w14:textId="77777777" w:rsidR="0070130D" w:rsidRPr="00295EEB" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Boston: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Allyn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Bacon.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gordonsville, VA: Palgrave Macmillan.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F7B0321" w14:textId="77777777" w:rsidR="0070130D" w:rsidRPr="00295EEB" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00295EEB">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>International Economic Organizations and the Third World 1st Edition</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D33C89A" w14:textId="77777777" w:rsidR="0070130D" w:rsidRPr="00295EEB" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00295EEB">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>by </w:t>
             </w:r>
-            <w:hyperlink r:id="rId5" w:history="1">
-              <w:r w:rsidRPr="00295EEB">
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidRPr="003F32EA">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:bCs/>
+                  <w:b w:val="0"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:t>Marc Williams</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00295EEB">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56A39DF3" w14:textId="77777777" w:rsidR="0070130D" w:rsidRPr="00295EEB" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+          <w:p w:rsidR="008530FE" w:rsidRPr="003F32EA" w:rsidRDefault="008530FE" w:rsidP="008530FE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="1"/>
+                <w:numId w:val="2"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00295EEB">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="003F32EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">International Economic Organizations (IMF and World Bank) </w:t>
             </w:r>
-            <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00295EEB">
+            <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="003F32EA">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
-                  <w:bCs/>
+                  <w:b w:val="0"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
-                <w:t>Manuela Moschella</w:t>
+                <w:t xml:space="preserve">Manuela </w:t>
               </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidRPr="003F32EA">
+                <w:rPr>
+                  <w:rStyle w:val="Kpr"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:b w:val="0"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:t>Moschella</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="5DEF6398" w14:textId="77777777" w:rsidR="0070130D" w:rsidRPr="006D660E" w:rsidRDefault="0070130D" w:rsidP="0070130D">
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="008530FE" w:rsidRPr="005371ED" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070130D" w14:paraId="733F0155" w14:textId="77777777" w:rsidTr="00EB3ABB">
-[...45 lines deleted...]
-          <w:p w14:paraId="5FF5B8E3" w14:textId="77777777" w:rsidR="0070130D" w:rsidRPr="00C558C7" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00161BD6">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Önerilen Kaynaklar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="7518" w:type="dxa"/>
+            <w:gridSpan w:val="13"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="00C558C7" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="00C558C7">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>www.un.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="70C2C9C8" w14:textId="77777777" w:rsidR="0070130D" w:rsidRPr="00C558C7" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+          <w:p w:rsidR="008530FE" w:rsidRPr="00C558C7" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00C558C7">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>www.nato.int</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7BC3FE61" w14:textId="77777777" w:rsidR="0070130D" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+          <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00233200">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>www.imf.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="2902D1D7" w14:textId="77777777" w:rsidR="0070130D" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+          <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="00233200">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>www.worldbank.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="6C38EFA8" w14:textId="77777777" w:rsidR="0070130D" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+          <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="006028F0">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>http://web.worldbank.org/WBSITE/EXTERNAL/EXTABOUTUS/PARTNERS/WBEU/0,,contentMDK:20270314~menuPK:647978~pagePK:64137114~piPK:64136911~theSitePK:380823,00.html</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="5F4EF5F8" w14:textId="77777777" w:rsidR="0070130D" w:rsidRPr="00C558C7" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+          <w:p w:rsidR="008530FE" w:rsidRPr="00C558C7" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00233200">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Kpr"/>
                   <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>www.wto.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070130D" w14:paraId="78F6C246" w14:textId="77777777" w:rsidTr="00EB3ABB">
-[...2 lines deleted...]
-            <w:tcW w:w="2690" w:type="dxa"/>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Dersin Ölçme ve Değerlendirmesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Etkinlikler</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Katkı </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>tlar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ara Sınav</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1233" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>60%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4722" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10967" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Tablosu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>İçerik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sayı</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00183415">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Saat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>To</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>plam</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ders Süresi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070130D" w14:paraId="1E883AC8" w14:textId="77777777" w:rsidTr="00EB3ABB">
-[...2 lines deleted...]
-            <w:tcW w:w="2690" w:type="dxa"/>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Sınıf dışı çalışma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1"/>
-[...2 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00183415">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...15 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="1984"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Online değerlendirme (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Socrative</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">The journal of “International Organization” </w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070130D" w14:paraId="62E07FEB" w14:textId="77777777" w:rsidTr="00EB3ABB">
-[...2 lines deleted...]
-            <w:tcW w:w="2690" w:type="dxa"/>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ara Sınav (Ara Sınav </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>süresi+Ara</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sınav hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...16 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070130D" w:rsidRPr="00183415" w14:paraId="3FCFB4D5" w14:textId="77777777" w:rsidTr="00EB3ABB">
-[...6 lines deleted...]
-          <w:p w14:paraId="59984BD0" w14:textId="77777777" w:rsidR="0070130D" w:rsidRPr="00183415" w:rsidRDefault="0070130D" w:rsidP="0070130D">
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4682" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Final</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Sınavı (Final Sınavı Süresi +Final Sınavı Hazırlığı)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1563" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...7 lines deleted...]
-              <w:jc w:val="center"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00183415">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3021" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...4 lines deleted...]
-            </w:r>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:bCs/>
-[...953 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2178" w:type="dxa"/>
-[...137 lines deleted...]
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...30 lines deleted...]
-              <w:t>88</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0070130D" w:rsidRPr="00183415" w14:paraId="491F9FA8" w14:textId="77777777" w:rsidTr="00EB3ABB">
-[...64 lines deleted...]
-            <w:vMerge/>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="2178" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>To</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>plam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>To</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>plam</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / 30:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/30=6,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="9266" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AKTS Kredisi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B4DBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-          </w:p>
-[...397 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="062DED6F" w14:textId="77777777" w:rsidR="00CE2D26" w:rsidRDefault="00CE2D26" w:rsidP="00CE2D26"/>
-[...2 lines deleted...]
-    <w:sectPr w:rsidR="00CE2D26" w:rsidSect="00CE2D26">
+    <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B4DBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="GridTable4Accent1"/>
+        <w:tblW w:w="10857" w:type="dxa"/>
+        <w:tblInd w:w="-902" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5410"/>
+        <w:gridCol w:w="5447"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="10857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="E1EBF7" w:themeFill="text2" w:themeFillTint="1A"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Geçmiş Dönem Başarıları</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidTr="00A576CA">
+        <w:trPr>
+          <w:cnfStyle w:val="010000000000" w:firstRow="0" w:lastRow="1" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="3263"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="003F32EA" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00926711">
+              <w:rPr>
+                <w:noProof/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="420119AC" wp14:editId="3F42C0F0">
+                  <wp:extent cx="3298190" cy="1924050"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="512801470" name="Grafik 1"/>
+                  <wp:cNvGraphicFramePr/>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+                      <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="000100000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="1" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5447" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="709FDB" w:themeColor="text2" w:themeTint="80"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="00A576CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008530FE" w:rsidRPr="001B4DBF" w:rsidRDefault="008530FE" w:rsidP="008530FE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="008530FE"/>
+    <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="008530FE"/>
+    <w:p w:rsidR="008530FE" w:rsidRDefault="008530FE" w:rsidP="008530FE"/>
+    <w:p w:rsidR="00E66CB5" w:rsidRDefault="00E66CB5"/>
+    <w:sectPr w:rsidR="00E66CB5" w:rsidSect="005A2B8A">
+      <w:headerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="899" w:right="1417" w:bottom="360" w:left="1417" w:header="283" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos">
-    <w:charset w:val="00"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-    <w:charset w:val="00"/>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="A2"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="A2"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A3554C" w:rsidRDefault="003F32EA" w:rsidP="00A3554C">
+    <w:pPr>
+      <w:pStyle w:val="stbilgi"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00911FE6">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:noProof/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5A8C0CC6" wp14:editId="49D2EEA8">
+          <wp:extent cx="2160000" cy="651484"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2108763563" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="265174489" name="Resim 1" descr="yazı tipi, metin, logo, grafik içeren bir resim&#10;&#10;Yapay zeka tarafından oluşturulmuş içerik yanlış olabilir."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2160000" cy="651484"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="43E569C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6CB4AF86"/>
     <w:lvl w:ilvl="0" w:tplc="E0E415E6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6900,1445 +8415,1692 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="443040702">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="55752680"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="12E2B2CE"/>
+    <w:lvl w:ilvl="0" w:tplc="041F000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041F0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041F001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041F000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041F0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041F001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041F000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041F0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041F001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="125"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00CE2D26"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D019B4"/>
+    <w:rsidRoot w:val="008530FE"/>
+    <w:rsid w:val="002F27D9"/>
+    <w:rsid w:val="003F32EA"/>
+    <w:rsid w:val="008530FE"/>
+    <w:rsid w:val="00E66CB5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...3 lines deleted...]
-  <w15:docId w15:val="{032DB80F-3877-4528-BD2A-124AA490665E}"/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="header" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE2D26"/>
+    <w:rsid w:val="008530FE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-      <w:lang w:val="tr-TR" w:eastAsia="tr-TR"/>
-      <w14:ligatures w14:val="none"/>
+      <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...196 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...4 lines deleted...]
-    <w:rsid w:val="00CE2D26"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="008530FE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="008530FE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="008530FE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...281 lines deleted...]
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Kpr">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00CE2D26"/>
+    <w:rsid w:val="008530FE"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="1573A6"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008530FE"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008530FE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008530FE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00CE2D26"/>
+    <w:rsid w:val="008530FE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-    <w:name w:val="footer"/>
+  <w:style w:type="character" w:styleId="Gl">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="008530FE"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="333333"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="tr-TR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="header" w:uiPriority="0"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008530FE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="VarsaylanParagrafYazTipi">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormalTablo">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="ListeYok">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="GridTable4Accent1">
+    <w:name w:val="Grid Table 4 Accent 1"/>
+    <w:basedOn w:val="NormalTablo"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="008530FE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95B3D7" w:themeColor="accent1" w:themeTint="99"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="stbilgi">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
-    <w:rsid w:val="00CE2D26"/>
+    <w:link w:val="stbilgiChar"/>
+    <w:rsid w:val="008530FE"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="stbilgiChar">
+    <w:name w:val="Üstbilgi Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="stbilgi"/>
+    <w:rsid w:val="008530FE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times" w:hAnsi="Times" w:cs="Times"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="tr-TR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...3 lines deleted...]
-    <w:rsid w:val="00CE2D26"/>
+  <w:style w:type="character" w:styleId="Kpr">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="008530FE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times" w:eastAsia="Times New Roman" w:hAnsi="Times" w:cs="Times"/>
-[...4 lines deleted...]
-      <w14:ligatures w14:val="none"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="1573A6"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
+  <w:style w:type="paragraph" w:styleId="ListeParagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="008530FE"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalonMetni">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalonMetniChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008530FE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalonMetniChar">
+    <w:name w:val="Balon Metni Char"/>
+    <w:basedOn w:val="VarsaylanParagrafYazTipi"/>
+    <w:link w:val="BalonMetni"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008530FE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="tr-TR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="008530FE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Gl">
     <w:name w:val="Strong"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE2D26"/>
+    <w:rsid w:val="008530FE"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="333333"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nato.int" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.un.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wto.org" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unitn.it/en/drsis/11847/manuela-moschella" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://web.worldbank.org/WBSITE/EXTERNAL/EXTABOUTUS/PARTNERS/WBEU/0,,contentMDK:20270314~menuPK:647978~pagePK:64137114~piPK:64136911~theSitePK:380823,00.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amazon.com/Marc-Williams/e/B001KIISG4/ref=dp_byline_cont_book_1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.worldbank.org" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imf.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.unitn.it/en/drsis/11847/manuela-moschella" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://web.worldbank.org/WBSITE/EXTERNAL/EXTABOUTUS/PARTNERS/WBEU/0,,contentMDK:20270314~menuPK:647978~pagePK:64137114~piPK:64136911~theSitePK:380823,00.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amazon.com/Marc-Williams/e/B001KIISG4/ref=dp_byline_cont_book_1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.worldbank.org" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cansu.u.e@cag.edu.tr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imf.org" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nato.int" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.un.org" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.wto.org" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Excel__al__ma_Sayfas_1.xlsx"/></Relationships>
+</file>
+
+<file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <c:date1904 val="0"/>
+  <c:lang val="tr-TR"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1000">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2024-2025</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1000" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> Bahar Dönemi</a:t>
+            </a:r>
+            <a:endParaRPr lang="tr-TR" sz="1000">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1000">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>IRE228 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="tr-TR" sz="1000" b="0" i="0" u="none" strike="noStrike" baseline="0">
+                <a:effectLst/>
+              </a:rPr>
+              <a:t>Uluslararası Ekonomik Örgütler</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1000">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.17867590454195534"/>
+          <c:y val="3.3081780619006788E-2"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:barChart>
+        <c:barDir val="col"/>
+        <c:grouping val="clustered"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>Sayfa1!$B$1</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Öğrenci Sayısı</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:solidFill>
+              <a:schemeClr val="accent1"/>
+            </a:solidFill>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:invertIfNegative val="0"/>
+          <c:trendline>
+            <c:spPr>
+              <a:ln w="19050" cap="rnd">
+                <a:solidFill>
+                  <a:schemeClr val="accent1"/>
+                </a:solidFill>
+                <a:prstDash val="sysDot"/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:trendlineType val="exp"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:trendline>
+            <c:trendlineType val="poly"/>
+            <c:order val="2"/>
+            <c:dispRSqr val="0"/>
+            <c:dispEq val="0"/>
+          </c:trendline>
+          <c:cat>
+            <c:strRef>
+              <c:f>Sayfa1!$A$2:$A$11</c:f>
+              <c:strCache>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>NA</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>FF</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>FD</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>DD</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>DC</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>CC</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>CB</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>BB</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>BA</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>AA</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>Sayfa1!$B$2:$B$11</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="10"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>3</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-E4FC-4670-B907-12A5C88433AA}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:gapWidth val="219"/>
+        <c:overlap val="-27"/>
+        <c:axId val="323065344"/>
+        <c:axId val="338945152"/>
+      </c:barChart>
+      <c:catAx>
+        <c:axId val="323065344"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:schemeClr val="tx1">
+                <a:lumMod val="15000"/>
+                <a:lumOff val="85000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="338945152"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="338945152"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:schemeClr val="tx1">
+                  <a:lumMod val="15000"/>
+                  <a:lumOff val="85000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="none"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="tr-TR"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="323065344"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="between"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+    <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+      <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
+        <c16r3:dataDisplayOptions16>
+          <c16r3:dispNaAsBlank val="1"/>
+        </c16r3:dataDisplayOptions16>
+      </c:ext>
+    </c:extLst>
+  </c:chart>
+  <c:spPr>
+    <a:noFill/>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:noFill/>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="tr-TR"/>
+    </a:p>
+  </c:txPr>
+  <c:externalData r:id="rId1">
+    <c:autoUpdate val="0"/>
+  </c:externalData>
+</c:chartSpace>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Ofis Teması">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Ofis">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Ofis">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Ofis">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4637</Characters>
+  <Pages>4</Pages>
+  <Words>1028</Words>
+  <Characters>5866</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>305</Lines>
-  <Paragraphs>190</Paragraphs>
+  <Lines>48</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5279</CharactersWithSpaces>
+  <CharactersWithSpaces>6881</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Cansu Unver Erbas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...6 lines deleted...]
-</file>